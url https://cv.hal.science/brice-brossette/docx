--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -187,1849 +187,1849 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (5)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring Reading Time: Comparing Logged and Self-Reported Data in Relation to Reading Skills</w:t>
+                <w:t xml:space="preserve">On the relation between single word and multiple word processing during learning to read</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Brossette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurie Persia-Leibnitz</w:t>
+                <w:t xml:space="preserve">Elise Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mee-Jin Chalbos</w:t>
+                <w:t xml:space="preserve">Jonathan Grainger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Prugnières</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Ducrot</w:t>
+                <w:t xml:space="preserve">Bernard Lété</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24nd Meeting of the European Society for Cognitive Psychology (ESCoP)</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Poster de conférence</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Child Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 255, pp.106223. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jecp.2025.106223⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05466756v1</w:t>
+                <w:t xml:space="preserve">hal-05024564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between home literacy practices and reading fluency in French primary school students: Do visuospatial attentional abilities play a mediating role?</w:t>
+                <w:t xml:space="preserve">Print exposure and reading development in the French educational context: A systematic review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Brossette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdessadek El Ahmadi</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Chloé Prugnières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mee-Jin Chalbos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes Ziegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Society for the Scientific Study of Reading : Thirty-first Annual Meeting.</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Poster de conférence</w:t>
+              <w:t xml:space="preserve">International Journal of Educational Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 134, pp.102838. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijer.2025.102838⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04632322v1</w:t>
+                <w:t xml:space="preserve">hal-05321288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How word-level processing constraint the development of sentence-level processing in developing readers?</w:t>
+                <w:t xml:space="preserve">Exploring the role of visual similarity in parafoveal processing: Insights from the Flanking Letter Lexical Decision task</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Brossette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lété</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">63rd Annual Meeting of the Psychonomic Society</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04998320v1</w:t>
+              <w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/17470218241308376⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04998262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Searching beyond the looking glass with sandwich priming</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Children in French overseas departments are at a 3-fold increased risk of developing reading problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Ducrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Persia-Leibnitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Vernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Brossette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Prugnières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APS Annual Convention</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04998289v1</w:t>
+              <w:t xml:space="preserve">International Journal of Educational Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 115, pp.103277. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijedudev.2025.103277⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05043884v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The hierarchical organization of written language comprehension</w:t>
+                <w:t xml:space="preserve">Phonological Decoding and Morpho-Orthographic Decomposition: Complementary Routes During Learning to Read</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Brossette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élise Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Beyersmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Cavalli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Grainger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">62nd Annual Meeting of the Psychonomic Society</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03808785v1</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Child Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 242, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.31234/osf.io/qeynj⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04421017v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the relations between letter, word, and sentence-level processing during reading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Brossette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Grainger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Lété</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Dufau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12, pp.17735. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-22587-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03834579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Searching beyond the looking glass with sandwich priming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Brossette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Massol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Lété</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 84 (4), pp.1178-1192. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3758/s13414-021-02405-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04998245v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Profils déficitaires et procédure de dépistage chez les adolescents francophones présentant une dyslexie développementale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Leloup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Brèthes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Brossette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Cavalli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 175, pp.650-662</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04998225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measuring Reading Time: Comparing Logged and Self-Reported Data in Relation to Reading Skills</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Brossette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Persia-Leibnitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mee-Jin Chalbos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Prugnières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Ducrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05201995v1</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24nd Meeting of the European Society for Cognitive Psychology (ESCoP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Sheffield - UK, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05466756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Print Exposure and Reading Development in the French Educational Context: A Systematic Review</w:t>
+                <w:t xml:space="preserve">Relationship between home literacy practices and reading fluency in French primary school students: Do visuospatial attentional abilities play a mediating role?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Brossette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdessadek El Ahmadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Ducrot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Society for the Scientific Study of Reading : Thirty-first Annual Meeting.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Copenhague, Denmark</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04632322v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How word-level processing constraint the development of sentence-level processing in developing readers?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Brossette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Grainger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Prugnières</w:t>
+                <w:t xml:space="preserve">Bernard Lété</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">63rd Annual Meeting of the Psychonomic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Boston (Massachusetts), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04998320v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The hierarchical organization of written language comprehension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Brossette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard C Lété</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mee-Jin Chalbos</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-05201947v1</w:t>
+                <w:t xml:space="preserve">Jonathan Grainger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Dufau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">62nd Annual Meeting of the Psychonomic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Virtual, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03808785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Searching beyond the looking glass with sandwich priming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Brossette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Massol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Lété</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">APS Annual Convention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Virtual Convention, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04998289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (8)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the role of visual similarity in parafoveal processing: Insights from the Flanking Letter Lexical Decision task</w:t>
+                <w:t xml:space="preserve">Measuring Reading Time: Comparing Logged and Self-Reported Data in Relation to Reading Skills</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Brossette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...47 lines deleted...]
-                <w:t xml:space="preserve">hal-04998262v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Persia-Leibnitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mee-Jin Chalbos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Prugnières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Ducrot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05201995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Children in French overseas departments are at a 3-fold increased risk of developing reading problems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurie Persia-Leibnitz</w:t>
+                <w:t xml:space="preserve">Print Exposure and Reading Development in the French Educational Context: A Systematic Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Brossette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Prugnières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mee-Jin Chalbos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes C Ziegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...682 lines deleted...]
-            </w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Leloup</w:t>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-04998225v1</w:t>
+                <w:t xml:space="preserve">hal-05201947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2099,51 +2099,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Camelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Caudrelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eddy Cavalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier IA-EDU @ CORIA-TALN 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ismail BADACHE, Jun 2025, Marseille, France</w:t>
@@ -2198,77 +2198,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Brossette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Prugnières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mee Jin Chalbos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes C Ziegler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17ème colloque international du RIPSYDEVE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, RIPSYDEVE (Réseau Interuniversitaire de Psychologie du Développement et de l’Éducation), Jun 2025, Nancy, France</w:t>
@@ -2323,77 +2323,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Brossette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mee Jin Chalbos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Prugnières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Di Meglio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Ducrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème colloque international du RIPSYDEVE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, RIPSYDEVE (Réseau Interuniversitaire de Psychologie du Développement et de l’Éducation), Jun 2024, Reims, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2440,90 +2440,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phonological Decoding and Morpho-Orthographic Decomposition: Complementary Routes toward Reading Acquisition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Brossette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eddy Cavalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Grainger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Beyersmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22nd Meeting of the European Society for Cognitive Psychology (ESCoP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Society for Cognitive Psychology (ESCoP), Aug 2022, Lille, France</w:t>
@@ -2578,64 +2578,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Brossette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Royce Anders</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Grainger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Lété</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Society for the Scientific Study of Reading : Twenty-Eighth Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Virtual conference, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2853,51 +2853,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="69F8755A"/>
+    <w:nsid w:val="ACA966E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3084,51 +3084,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/brice-brossette" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7068-3164" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466756v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Brossette" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Persia-Leibnitz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mee-Jin Chalbos" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Prugni&#232;res" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ducrot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632322v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vernet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessadek El Ahmadi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998320v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Lef&#232;vre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Grainger" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard L&#233;t&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998289v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Massol" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808785v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard C L&#233;t&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dufau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05201995v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05201947v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes C Ziegler" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998262v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17470218241308376" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043884v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijedudev.2025.103277" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024564v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jecp.2025.106223" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05321288v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Ziegler" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijer.2025.102838" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421017v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Lef&#232;vre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Beyersmann" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Cavalli" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31234/osf.io/qeynj" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834579v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-22587-1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998245v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-021-02405-y" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998225v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Leloup" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Br&#232;thes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125805v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Labb&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Camelin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Caudrelier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05201933v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mee Jin Chalbos" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04635337v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Di Meglio" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.35643.84003" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998416v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998380v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Royce Anders" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04264426v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023LYO20036" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/brice-brossette" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7068-3164" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024564v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Brossette" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Lef&#232;vre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Grainger" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard L&#233;t&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jecp.2025.106223" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05321288v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vernet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Prugni&#232;res" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mee-Jin Chalbos" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Ziegler" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijer.2025.102838" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998262v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17470218241308376" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043884v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ducrot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Persia-Leibnitz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijedudev.2025.103277" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04421017v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Lef&#232;vre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Beyersmann" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Cavalli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31234/osf.io/qeynj" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834579v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dufau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-22587-1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998245v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Massol" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-021-02405-y" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998225v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Leloup" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Br&#232;thes" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466756v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632322v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessadek El Ahmadi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998320v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808785v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard C L&#233;t&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998289v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05201995v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05201947v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes C Ziegler" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125805v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Labb&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Camelin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Caudrelier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05201933v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mee Jin Chalbos" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04635337v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Di Meglio" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.35643.84003" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998416v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998380v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Royce Anders" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04264426v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023LYO20036" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>