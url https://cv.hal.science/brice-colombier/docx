--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -577,412 +577,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04885122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integer Syndrome Decoding in the Presence of Noise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vlad Dragoi</w:t>
+                <w:t xml:space="preserve">Cross-layer analysis of clock glitch fault injection while fetching variable-length instructions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ihab Alshaer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gijs Burghoorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Deleuze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Beroulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cryptography and Communications - Discrete Structures, Boolean Functions and Sequences </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12095-024-00712-3⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cryptographic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (2), pp.325-342. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13389-024-00352-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04687281v1</w:t>
+                <w:t xml:space="preserve">hal-04557324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-layer analysis of clock glitch fault injection while fetching variable-length instructions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gijs Burghoorn</w:t>
+                <w:t xml:space="preserve">Switching Off your Device Does Not Protect Against Fault Attacks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Grandamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Antoine Tissot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilian Bossuet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Max Dutertre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Colombier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Beroulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cryptographic Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13389-024-00352-6⟩</w:t>
+              <w:t xml:space="preserve">IACR Transactions on Cryptographic Hardware and Embedded Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2024 (4), pp.425-450. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46586/tches.v2024.i4.425-450⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04557324v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04642748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Switching Off your Device Does Not Protect Against Fault Attacks</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Max Dutertre</w:t>
+                <w:t xml:space="preserve">Integer Syndrome Decoding in the Presence of Noise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vlad Dragoi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Louis Cayrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Grosso</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IACR Transactions on Cryptographic Hardware and Embedded Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 2024 (4), pp.425-450. </w:t>
+              <w:t xml:space="preserve">Cryptography and Communications - Discrete Structures, Boolean Functions and Sequences </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (5), pp.1103-1134. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46586/tches.v2024.i4.425-450⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12095-024-00712-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04642748v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04687281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient Adaptive Multi-Level Privilege Partitioning With RTrustSoC</w:t>
               </w:r>
@@ -1102,103 +1102,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cross-Layer Inference Methodology for Microarchitecture-aware Fault Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ihab Alshaer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Colombier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ihab Alshaer</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Christophe Deleuze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Maistri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Beroulle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microelectronics Reliability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 139, </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1590,222 +1590,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ujm-01575582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Secured Logic to IP Protection</w:t>
+                <w:t xml:space="preserve">Comments on “A PUF-FSM Binding Scheme for FPGA IP Protection and Pay-per-Device Licensing”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Bossuet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Hely</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microprocessors and Microsystems: Embedded Hardware Design </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 47 (Part A), pp.44-54. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Information Forensics and Security</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (11), pp.2624-2625. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.micpro.2016.02.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TIFS.2016.2553454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01280195v1</w:t>
+                <w:t xml:space="preserve">hal-01377112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comments on “A PUF-FSM Binding Scheme for FPGA IP Protection and Pay-per-Device Licensing”</w:t>
+                <w:t xml:space="preserve">From Secured Logic to IP Protection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Bossuet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hely</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Information Forensics and Security</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 11 (11), pp.2624-2625. </w:t>
+              <w:t xml:space="preserve">Microprocessors and Microsystems: Embedded Hardware Design </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 47 (Part A), pp.44-54. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TIFS.2016.2553454⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.micpro.2016.02.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01377112v1</w:t>
+                <w:t xml:space="preserve">hal-01280195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Survey of hardware protection of design data for integrated circuits and intellectual properties</w:t>
               </w:r>
@@ -2682,334 +2682,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04419064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Punctured Syndrome Decoding Problem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Grosso</w:t>
+                <w:t xml:space="preserve">A Side-Channel Attack against Classic McEliece when loading the Goppa Polynomial.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boly Seck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Louis Cayrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vlad-Florin Dragoi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Idy Diop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgan Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COSADE 2023 - Constructive side-channel analysis and secure design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-29497-6_9⟩</w:t>
+              <w:t xml:space="preserve">Progress in Cryptology - AFRICACRYPT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Sousse, Tunisia, Tunisia. pp.105-125, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-37679-5_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04059995v1</w:t>
+                <w:t xml:space="preserve">hal-04138792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Side-Channel Attack against Classic McEliece when loading the Goppa Polynomial.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Boly Seck</w:t>
+                <w:t xml:space="preserve">Punctured Syndrome Decoding Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Grosso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Louis Cayrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Colombier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vlad-Florin Drăgoi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Cryptology - AFRICACRYPT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Sousse, Tunisia, Tunisia. pp.105-125, </w:t>
+              <w:t xml:space="preserve">COSADE 2023 - Constructive side-channel analysis and secure design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2023, Munich (Allemagne), Germany. pp.170-192, </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-37679-5_5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-29497-6_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04138792v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04059995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Key-Recovery by Side-Channel Information on the Matrix-Vector Product in Code-Based Cryptosystems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boly Seck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Louis Cayrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Idy Diop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vlad-Florin Dragoi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3073,90 +3073,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microarchitectural Insights into Unexplained Behaviors under Clock Glitch Fault Injection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ihab Alshaer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Colombier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ihab Alshaer</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Christophe Deleuze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Beroulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Maistri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3188,1195 +3188,1195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04273995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-spot Laser Fault Injection Setup: New Possibilities for Fault Injection Attacks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Integer Syndrome Decoding in the Presence of Noise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vlad Dragoi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Louis Cayrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Grosso</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th Smart Card Research and Advanced Application Conference - CARDIS 2021</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-97348-3_9⟩</w:t>
+              <w:t xml:space="preserve">IEEE Information Theory Workshop (ITW 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Nov 2022, Mumbai, India. pp.482-487, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ITW54588.2022.9965806⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03353863v1</w:t>
+                <w:t xml:space="preserve">hal-04002499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integer Syndrome Decoding in the Presence of Noise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vlad Dragoi</w:t>
+                <w:t xml:space="preserve">Variable-Length Instruction Set: Feature or Bug?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ihab Alshaer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Vincent Grosso</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Deleuze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Beroulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Maistri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Information Theory Workshop (ITW 2022)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">25th Euromicro Conference on Digital System Design (DSD 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Maspalomas, Spain</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04002499v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03775870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variable-Length Instruction Set: Feature or Bug?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multi-spot Laser Fault Injection Setup: New Possibilities for Fault Injection Attacks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Grandamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Vernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chanavat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilian Bossuet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th Euromicro Conference on Digital System Design (DSD 2022)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">20th Smart Card Research and Advanced Application Conference - CARDIS 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Lübeck, Germany. pp.151-166, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-97348-3_9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03775870v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03353863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Online Performance Evaluation of Deep Learning Networks for Profiled Side-Channel Analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Message-Recovery Laser Fault Injection Attack on the Classic McEliece Cryptosystem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Louis Cayrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Colombier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vlad-Florin Drăgoi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Robissout</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Brice Colombier</w:t>
+                <w:t xml:space="preserve">Alexandre Menu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Bossuet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amaury Habrard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Constructive Side-Channel Analysis and Secure Design (COSADE)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-68773-1_10⟩</w:t>
+              <w:t xml:space="preserve">Advances in Cryptology - EUROCRYPT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Zagreb, Croatia. pp.438-467, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-77886-6_15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02937872v1</w:t>
+                <w:t xml:space="preserve">hal-03270234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Message-Recovery Laser Fault Injection Attack on the Classic McEliece Cryptosystem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Louis Cayrel</w:t>
+                <w:t xml:space="preserve">Microarchitecture-aware Fault Models: Experimental Evidence and Cross-Layer Inference Methodology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ihab Alshaer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Lilian Bossuet</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Deleuze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Beroulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Maistri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Cryptology - EUROCRYPT</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Conference on Design &amp; Technology of Integrated System in Nanoscale Era (DTIS 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Apulia (virtual), Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03270234v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03272932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microarchitecture-aware Fault Models: Experimental Evidence and Cross-Layer Inference Methodology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ihab Alshaer</w:t>
+                <w:t xml:space="preserve">Online Performance Evaluation of Deep Learning Networks for Profiled Side-Channel Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Robissout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Zaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Paolo Maistri</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilian Bossuet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Habrard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Design &amp; Technology of Integrated System in Nanoscale Era (DTIS 2021)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Workshop on Constructive Side-Channel Analysis and Secure Design (COSADE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2020, Lugano ( virtual ), Switzerland. pp.200-218, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-68773-1_10⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03272932v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02937872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single-bit Laser Fault Model in NOR Flash Memories</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Max Dutertre</w:t>
+                <w:t xml:space="preserve">Backtracking Search for Optimal Parameters of a PLL-based True Random Number Generator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Rigaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Brice Colombier</w:t>
+                <w:t xml:space="preserve">Nathalie Bochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Alain Moellic</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Florent Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilian Bossuet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 Workshop on Fault Detection and Tolerance in Cryptography (FDTC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2020, Milan, Italy. pp.41-48, </w:t>
+              <w:t xml:space="preserve">2020 Design, Automation &amp; Test in Europe Conference &amp; Exhibition (DATE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2020, Grenoble, France. pp.1-6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/FDTC51366.2020.00013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.23919/DATE48585.2020.9116307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03034855v1</w:t>
+                <w:t xml:space="preserve">hal-02937862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Backtracking Search for Optimal Parameters of a PLL-based True Random Number Generator</w:t>
+                <w:t xml:space="preserve">Apprentissage profond pour les attaques par analyse de canaux auxiliaires des implémentations de fonctions cryptographiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Florent Bernard</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Robissout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Zaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Bossuet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Habrard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 Design, Automation &amp; Test in Europe Conference &amp; Exhibition (DATE)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Ecole d’hiver Francophone sur les Technologies de Conception des Systèmes embarqués Hétérogènes, FETCH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, Montréal, Canada</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02937862v1</w:t>
+                <w:t xml:space="preserve">hal-02937837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprentissage profond pour les attaques par analyse de canaux auxiliaires des implémentations de fonctions cryptographiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Single-bit Laser Fault Model in NOR Flash Memories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Menu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Max Dutertre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Rigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Moellic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole d’hiver Francophone sur les Technologies de Conception des Systèmes embarqués Hétérogènes, FETCH</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2020 Workshop on Fault Detection and Tolerance in Cryptography (FDTC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Milan, Italy. pp.41-48, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/FDTC51366.2020.00013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02937837v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03034855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improved Deep-Learning Side-Channel Attacks using Normalization layers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Robissout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Zaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4470,51 +4470,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ugo Mureddu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Bossuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4587,90 +4587,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laser-induced Single-bit Faults in Flash Memory: Instructions Corruption on a 32-bit Microcontroller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Menu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Max Dutertre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Moëllic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Rigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 IEEE International Symposium on Hardware Oriented Security and Trust (HOST)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, McLean, United States. pp.1-10, </w:t>
@@ -4702,774 +4702,774 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02344050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complete activation scheme for FPGA-oriented IP cores design protection</w:t>
+                <w:t xml:space="preserve">Centrality Indicators for Efficient and Scalable Logic Masking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Bossuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hely</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th International Conference on Field-Programmable Logic and Applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Computer Society Annual Symposium on VLSI (ISVLSI 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Jul 2017, Bochum, Germany. pp.98-103, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISVLSI.2017.26⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-01588947v1</w:t>
+                <w:t xml:space="preserve">ujm-01570080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Centrality Indicators for Efficient and Scalable Logic Masking</w:t>
+                <w:t xml:space="preserve">A comprehensive hardware/software infrastructure for IP cores design protection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Colombier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ugo Mureddu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Bossuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hely</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Computer Society Annual Symposium on VLSI (ISVLSI 2017)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE International Conference on Field-Programmable Technology, ICFPT 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Melbourne, Australia</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-01570080v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01632978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comprehensive hardware/software infrastructure for IP cores design protection</w:t>
+                <w:t xml:space="preserve">Centrality Indicators for Efficient and Scalable Logic Masking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Colombier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ugo Mureddu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Bossuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Hely</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Field-Programmable Technology, ICFPT 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, Melbourne, Australia</w:t>
+              <w:t xml:space="preserve">In International CryptArchi Workshop 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Smolenice, Slovakia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01632978v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01586818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Centrality Indicators for Efficient and Scalable Logic Masking</w:t>
+                <w:t xml:space="preserve">Complete activation scheme for IP design protection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ugo Mureddu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Laban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oto Petura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Bossuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">In International CryptArchi Workshop 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Smolenice, Slovakia</w:t>
+              <w:t xml:space="preserve">IEEE International Symposium on Hardware Oriented Security and Trust (HOST)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, MCLEAN, VIRGINIA, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01586818v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-01575569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complete activation scheme for IP design protection</w:t>
+                <w:t xml:space="preserve">Complete activation scheme for FPGA-oriented IP cores design protection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ugo Mureddu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Laban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oto Petura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Bossuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Symposium on Hardware Oriented Security and Trust (HOST)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, MCLEAN, VIRGINIA, United States</w:t>
+              <w:t xml:space="preserve">27th International Conference on Field-Programmable Logic and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-01575569v1</w:t>
+                <w:t xml:space="preserve">ujm-01588947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Key Reconciliation Protocols: an Alternative for Lightweight Authentication of Integrated Circuits</w:t>
+                <w:t xml:space="preserve">Key Reconcilication Protocol Application to Error Correction in Silicon PUF Responses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Bossuet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Viktor Fischer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International CryptArchi Workshop </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, La Grande-Motte, France</w:t>
+              <w:t xml:space="preserve">Workshop on Trustworthy Manufacturing and Utilization of Secure Devices, TRUDEVICE 2016 (Workshop of Date 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Dresden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01382983v1</w:t>
+                <w:t xml:space="preserve">hal-01382981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Key Reconcilication Protocol Application to Error Correction in Silicon PUF Responses</w:t>
+                <w:t xml:space="preserve">Key Reconciliation Protocols: an Alternative for Lightweight Authentication of Integrated Circuits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Bossuet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Hely</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktor Fischer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Trustworthy Manufacturing and Utilization of Secure Devices, TRUDEVICE 2016 (Workshop of Date 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2016, Dresden, Germany</w:t>
+              <w:t xml:space="preserve">International CryptArchi Workshop </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, La Grande-Motte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01382981v1</w:t>
+                <w:t xml:space="preserve">hal-01382983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reversible Denial-of-Service by Locking Gates Insertion for IP Cores Design Protection</w:t>
               </w:r>
@@ -6492,51 +6492,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8C1581F0"/>
+    <w:nsid w:val="6419AC03"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6723,51 +6723,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/brice-colombier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6028-3028" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/235435686" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283096v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vallet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Cayrel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Colombier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vlad-Florin Dr&#259;goi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grosso" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62056/AHMPGYL7S" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835914v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vlad Dragoi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46586/tches.v2025.i1.367-391" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885122v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Augustin Berthet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Paillet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Tavernier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Bossuet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62056/ay73zl7s" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687281v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12095-024-00712-3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557324v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ihab Alshaer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gijs Burghoorn" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Deleuze" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Beroulle" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13389-024-00352-6" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642748v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Grandamme" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Tissot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Max Dutertre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46586/tches.v2024.i4.425-450" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630451v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Milan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lagadec" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Andres Lara-Nino" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSI.2024.3413364" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848691v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Maistri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2022.114841" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03726286v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIFS.2022.3198277" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926304v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vlad-Florin Dragoi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Bucerzan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Hoara" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15837/ijccc.2020.5.3920" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01575582v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Fischer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hely" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIFS.2017.2689726" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280195v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micpro.2016.02.010" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377112v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIFS.2016.2553454" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01180551v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-cdt.2014.0028" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499913v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Abi Ghanem" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Courrier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.82331/ERTS.2026.31" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266332v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ortega" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072821v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266351v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05120223v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lomet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Salvador" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sentieys" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IOLTS65288.2025.11117043" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101492v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419064v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AsianHOST59942.2023.10409311" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059995v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-29497-6_9" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04138792v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boly Seck" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idy Diop" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Barbier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-37679-5_5" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059124v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalen Couzon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-29371-9_11" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273995v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353863v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vernay" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chanavat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-97348-3_9" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002499v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITW54588.2022.9965806" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775870v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937872v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Robissout" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Zaid" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Habrard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-68773-1_10" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270234v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Menu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-77886-6_15" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272932v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03034855v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Rigaud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Moellic" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FDTC51366.2020.00013" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937862v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bochard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bernard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/DATE48585.2020.9116307" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937837v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937847v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118620v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Mureddu" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISVLSI.2019.00016" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02344050v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Mo&#235;llic" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HST.2019.8741030" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01588947v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Laban" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oto Petura" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01570080v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISVLSI.2017.26" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632978v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586818v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01575569v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382983v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382981v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01180564v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382965v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01164036v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FCCM.2015.17" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382976v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865355v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Richmond" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471082v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/book/10.1002/9781394351879" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394351879.ch7" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02426141v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David H&#233;ly" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/us/book/9783319503783#aboutBook" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-50380-6_2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01570115v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/us/book/9783319503783" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02109304v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017LYSES038" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/brice-colombier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6028-3028" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/235435686" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05283096v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vallet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Cayrel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Colombier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vlad-Florin Dr&#259;goi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grosso" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62056/AHMPGYL7S" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835914v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vlad Dragoi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46586/tches.v2025.i1.367-391" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885122v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Augustin Berthet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Paillet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Tavernier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Bossuet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62056/ay73zl7s" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557324v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ihab Alshaer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gijs Burghoorn" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Deleuze" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Beroulle" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13389-024-00352-6" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642748v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Grandamme" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Tissot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Max Dutertre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46586/tches.v2024.i4.425-450" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687281v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12095-024-00712-3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630451v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Milan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lagadec" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Andres Lara-Nino" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCSI.2024.3413364" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848691v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Maistri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2022.114841" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03726286v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIFS.2022.3198277" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02926304v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vlad-Florin Dragoi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Bucerzan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Hoara" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15837/ijccc.2020.5.3920" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01575582v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktor Fischer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hely" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIFS.2017.2689726" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377112v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIFS.2016.2553454" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280195v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micpro.2016.02.010" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01180551v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/iet-cdt.2014.0028" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499913v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Abi Ghanem" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Courrier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.82331/ERTS.2026.31" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266332v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ortega" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072821v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266351v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05120223v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lomet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Salvador" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sentieys" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IOLTS65288.2025.11117043" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101492v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419064v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AsianHOST59942.2023.10409311" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04138792v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boly Seck" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idy Diop" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Barbier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-37679-5_5" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059995v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-29497-6_9" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04059124v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalen Couzon" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-29371-9_11" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273995v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002499v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITW54588.2022.9965806" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775870v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353863v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vernay" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chanavat" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-97348-3_9" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270234v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Menu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-77886-6_15" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272932v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937872v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Robissout" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Zaid" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Habrard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-68773-1_10" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937862v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bochard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bernard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/DATE48585.2020.9116307" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937837v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03034855v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Rigaud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Moellic" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FDTC51366.2020.00013" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02937847v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118620v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Mureddu" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISVLSI.2019.00016" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02344050v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Mo&#235;llic" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HST.2019.8741030" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01570080v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISVLSI.2017.26" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632978v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586818v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01575569v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Laban" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oto Petura" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01588947v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382981v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382983v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01180564v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382965v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01164036v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/FCCM.2015.17" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382976v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865355v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Richmond" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471082v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/book/10.1002/9781394351879" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394351879.ch7" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02426141v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David H&#233;ly" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/us/book/9783319503783#aboutBook" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-50380-6_2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01570115v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/us/book/9783319503783" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02109304v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017LYSES038" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>