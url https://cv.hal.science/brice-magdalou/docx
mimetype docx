--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -191,239 +191,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05314505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'économie comportementale à travers trois exemples</w:t>
+                <w:t xml:space="preserve">Is body weight better distributed among men than among women? A robust normative analysis for France, the UK and the US</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitri Dubois</w:t>
+                <w:t xml:space="preserve">Fatiha Bennia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Magdalou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Willinger</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Moyes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Lettre de l'InSHS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scandinavian Journal of Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 124 (1), pp.69-103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/sjoe.12443⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03737848v1</w:t>
+                <w:t xml:space="preserve">hal-03135484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is body weight better distributed among men than among women? A robust normative analysis for France, the UK and the US</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Gravel</w:t>
+                <w:t xml:space="preserve">L'économie comportementale à travers trois exemples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Magdalou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrick Moyes</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Willinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scandinavian Journal of Economics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La Lettre de l'InSHS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 78, pp.27-29</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03135484v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03737848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A model of social welfare improving transfers</w:t>
               </w:r>
@@ -478,77 +478,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ranking distributions of an ordinal variable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Magdalou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Moyes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Economic Theory</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 71 (1), pp.33-80. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
@@ -634,51 +634,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Masclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Claire Villeval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Willinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Review of Behavioral Economics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 103-143, 7 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
@@ -790,77 +790,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inequality measurement with an ordinal and continuous variable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Magdalou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Moyes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Social Choice and Welfare</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 52 (3), pp.453-475. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1167,51 +1167,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The absence of deprivation as a measure of social well-being: An empirical investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Moyes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Magdalou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1340,51 +1340,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deprivation, wellfare and inequality.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Moyes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Magdalou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1435,51 +1435,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Privation et mesure du bien-être social.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Magdalou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Moyes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Economique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 58, pp.745-756</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1864,51 +1864,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deprivation, welfare and inequality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Moyes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Magdalou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1978,51 +1978,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The absence of deprivation as a measure of social well-being: An empirical investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Moyes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Magdalou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2222,77 +2222,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hammond’s Equity Principle and the Measurement of Ordinal Inequalities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Magdalou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Moyes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2362,51 +2362,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Masclet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Claire Villeval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Willinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2424,90 +2424,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparing Distributions of Body Mass Index Categories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatiha Bennia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Magdalou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Moyes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2525,77 +2525,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ranking Distributions of an Ordinal Attribute</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Magdalou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Moyes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2782,51 +2782,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05314505v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Aymeric" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Magdalou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10888-025-09695-4" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03737848v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Dubois" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Willinger" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03135484v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Bennia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gravel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Moyes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sjoe.12443" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03287960v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02383191v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00199-019-01241-4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02498354v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Di Falco" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Masclet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Claire Villeval" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1561/105.00000119" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02528284v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfe.201.0051" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01945306v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00355-018-1159-8" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01802703v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00355-018-1121-9" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01684635v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Bazen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Joutard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JEM-170439" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935847v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Jaoul-Grammare" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/23646335" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796056v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935826v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Nock" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jet.2011.06.017" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293356v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00156472v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Magdalou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02108590v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02108386v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02108899v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01184420v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc M. Willinger" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389600v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796060v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783034v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975452v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01430838v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01315697v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01174989v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01082996v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05314505v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Aymeric" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Magdalou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10888-025-09695-4" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03135484v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Bennia" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gravel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Moyes" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sjoe.12443" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03737848v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Dubois" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Willinger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03287960v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02383191v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00199-019-01241-4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02498354v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Di Falco" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Masclet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Claire Villeval" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1561/105.00000119" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02528284v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfe.201.0051" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01945306v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00355-018-1159-8" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01802703v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00355-018-1121-9" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01684635v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Bazen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Joutard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JEM-170439" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935847v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Jaoul-Grammare" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/23646335" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796056v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01935826v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Nock" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jet.2011.06.017" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00293356v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00156472v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Magdalou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02108590v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02108386v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02108899v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01184420v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc M. Willinger" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389600v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796060v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783034v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975452v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01430838v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01315697v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01174989v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01082996v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>