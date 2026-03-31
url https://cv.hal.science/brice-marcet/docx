--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -1956,291 +1956,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00848893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of microRNA in normal and pathological respiratory epithelia.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lisa Giovannini-Chami</w:t>
+                <w:t xml:space="preserve">MicroRNA control biosynthesis of motile cilia in vertebrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Kodjabachian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Grandvaux</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">C. Coraux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Barbry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Marcet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Cell Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-1-61779-117-8_12⟩</w:t>
+              <w:t xml:space="preserve">Médecine/Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 27 (6-7), pp.671-673. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/medsci/2011276022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00626130v1</w:t>
+                <w:t xml:space="preserve">hal-00630192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MicroRNA control biosynthesis of motile cilia in vertebrates</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Impact of microRNA in normal and pathological respiratory epithelia.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Giovannini-Chami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Grandvaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure-Emmanuelle Zaragosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Robbe-Sermesant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Marcet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine/Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/medsci/2011276022⟩</w:t>
+              <w:t xml:space="preserve">Nature Cell Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 741 (6), pp.171-91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-61779-117-8_12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00630192v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00626130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of vertebrate multiciliogenesis by miR-449 through direct repression of the Delta/Notch pathway.</w:t>
               </w:r>
@@ -3464,51 +3464,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8BDAF7A1"/>
+    <w:nsid w:val="F50257AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3695,51 +3695,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/brice-marcet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04169595v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Cavard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Redman" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mercey" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Abelanet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Plaisant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1873-3468.14630" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03264909v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Barbry" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Marcet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Caballero" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1164/rccm.202012-4434ED" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628140v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Ruiz Garcia" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Deprez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Lebrigand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Cavard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Paquet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.177428" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064869v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego R Revinski" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Emmanuelle Zaragosi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Boutin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Thom&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-06768-z" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02531825v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Popa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Chevalier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1873-3468.12595" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044331v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445218v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mercey" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kodjabachian" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barbry" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Marcet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21541248.2016.1151099.Epub2016May4" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044339v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kodjabachian" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21541248.2016.1151099" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044385v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cibois" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Luxardi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Chevalier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Thome" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.118679" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044322v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Adamiok" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms9386" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432231v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cibois" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Luxardi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chevalier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Thome" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432243v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Adamiok" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.R Revinsky" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.E. Zaragosi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724315v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Giovannini-Chami" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chim&#232;ne Moreilhon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius I Illie" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/09031936.00070511" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848893v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Coraux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2011276022" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626130v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Grandvaux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Robbe-Sermesant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-61779-117-8_12" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00630192v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coraux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848890v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncb2241" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-VSXL1J99-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625788v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/cc.10.17.17011" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00419057v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pottier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Maurin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Chevalier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Puiss&#233;gur" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0006718" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00419138v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cardinaud" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moreilhon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Robbe-Sermesant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Lebrigand" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/leu.2009.125" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095158v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Matarazzo" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Clot-Faybesse" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Guiraudie-Capraz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Atanasova" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095123v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Clos-Faybesse" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guiraudie-Capraz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Devauchelle" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672506v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boriana Atanasova" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00143535v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chappe" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delmas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Verrier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00143529v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Becq" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Norez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/brice-marcet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04169595v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Cavard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Redman" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mercey" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Abelanet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Plaisant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1873-3468.14630" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03264909v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Barbry" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Marcet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Caballero" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1164/rccm.202012-4434ED" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628140v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Ruiz Garcia" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Deprez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Lebrigand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Cavard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Paquet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.177428" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064869v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego R Revinski" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Emmanuelle Zaragosi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Boutin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Thom&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-06768-z" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02531825v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Popa" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Chevalier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1873-3468.12595" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044331v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445218v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mercey" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kodjabachian" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Barbry" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Marcet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21541248.2016.1151099.Epub2016May4" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044339v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kodjabachian" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21541248.2016.1151099" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044385v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cibois" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Luxardi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Chevalier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Thome" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.118679" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03044322v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Adamiok" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms9386" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432231v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cibois" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Luxardi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chevalier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Thome" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01432243v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Adamiok" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.R Revinsky" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.E. Zaragosi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724315v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Giovannini-Chami" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chim&#232;ne Moreilhon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius I Illie" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1183/09031936.00070511" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848893v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Coraux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2011276022" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00630192v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coraux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626130v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Grandvaux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Robbe-Sermesant" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-61779-117-8_12" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848890v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncb2241" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-VSXL1J99-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625788v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/cc.10.17.17011" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00419057v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pottier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Maurin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Chevalier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Puiss&#233;gur" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0006718" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00419138v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cardinaud" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moreilhon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Robbe-Sermesant" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Lebrigand" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/leu.2009.125" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095158v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Matarazzo" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Clot-Faybesse" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Guiraudie-Capraz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Atanasova" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095123v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Clos-Faybesse" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guiraudie-Capraz" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Devauchelle" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02672506v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boriana Atanasova" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00143535v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chappe" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delmas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Verrier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00143529v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Becq" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Norez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>