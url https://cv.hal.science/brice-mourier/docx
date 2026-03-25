--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -818,295 +818,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04788102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal trajectories of artificial radiocaesium 137Cs in French rivers over the nuclear era reconstructed from sediment cores</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contribution of different land use catchments on the microplastic pollution in detention basin sediments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoé Iannuzzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Winiarski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Eyrolle</w:t>
+                <w:t xml:space="preserve">Gislain Lipeme-Kouyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Alexis Chaboche</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Patrick Boyer</w:t>
+                <w:t xml:space="preserve">Philippe Polomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-024-64505-7⟩</w:t>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 348, pp.123882. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2024.123882⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04624428v1</w:t>
+                <w:t xml:space="preserve">hal-04544161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of different land use catchments on the microplastic pollution in detention basin sediments</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thierry Winiarski</w:t>
+                <w:t xml:space="preserve">Temporal trajectories of artificial radiocaesium 137Cs in French rivers over the nuclear era reconstructed from sediment cores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Eyrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alexis Chaboche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gislain Lipeme-Kouyi</w:t>
+                <w:t xml:space="preserve">Valerie Nicoulaud Gouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Polomé</w:t>
+                <w:t xml:space="preserve">Patrick Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 348, pp.123882. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (14213), pp.1-16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envpol.2024.123882⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-024-64505-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04544161v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04624428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrasting platinum trajectories in three major French rivers using dated sediment cores (1910–2021): From geochemical baseline to emerging source signals</w:t>
               </w:r>
@@ -1354,559 +1354,559 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04493052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined Chemical and Ecotoxicological Measurements for River Sediment Management in an On-Land Deposit Scenario</w:t>
+                <w:t xml:space="preserve">Evaluating subsurface flow connectivity in a pine-covered hillslope with stemflow infiltration and ground-penetrating radar surveys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Bedell</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">André-Marie Dendievel</w:t>
+                <w:t xml:space="preserve">Simone Di Prima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Gosset</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gersende Fernandes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Marras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filippo Giadrossich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryan Stewart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives of Environmental Contamination and Toxicology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00244-023-00997-0⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 620, Part B, pp.129527. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2023.129527⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04107957v1</w:t>
+                <w:t xml:space="preserve">hal-04115765v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating subsurface flow connectivity in a pine-covered hillslope with stemflow infiltration and ground-penetrating radar surveys</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Combined Chemical and Ecotoxicological Measurements for River Sediment Management in an On-Land Deposit Scenario</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filippo Giadrossich</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Bedell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ryan Stewart</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Antoine Gosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hydrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 620, Part B, pp.129527. </w:t>
+              <w:t xml:space="preserve">Archives of Environmental Contamination and Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 84, pp.436-452. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2023.129527⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00244-023-00997-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04115765v2</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04107957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental and land use controls of microplastic pollution along the gravel-bed Ain River (France) and its “Plastic Valley”</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparison of grain size distribution measurements of sand-silt mixtures using laser diffraction systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mermillod-Blondin Florian</w:t>
+                <w:t xml:space="preserve">Jessica Laible</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mourier Brice</w:t>
+                <w:t xml:space="preserve">Benoît Camenen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Le Coz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Pierrefeu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.watres.2022.119518⟩</w:t>
+              <w:t xml:space="preserve">Journal of Soils and Sediments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (5), pp.2310-2325. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11368-023-03470-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03943052v1</w:t>
+                <w:t xml:space="preserve">hal-04303103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combined usage of geophysical methods in continental water bodies, their benefits and challenging issues: A special focus on sediment deposits in dam reservoirs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Weit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Fretaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Winiarski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Geophysics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 213, pp.105036. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jappgeo.2023.105036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04502266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dike fields as drivers and witnesses of twentieth-century hydrosedimentary changes in a highly engineered river (Rhône River, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Seignemartin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1937,210 +1937,210 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geomorphology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 431, pp.108689. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2023.108689⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04061255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of grain size distribution measurements of sand-silt mixtures using laser diffraction systems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Benoît Camenen</w:t>
+                <w:t xml:space="preserve">Environmental and land use controls of microplastic pollution along the gravel-bed Ain River (France) and its “Plastic Valley”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André-Marie Dendievel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Wazne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Vallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Le Coz</w:t>
+                <w:t xml:space="preserve">Mermillod-Blondin Florian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Pierrefeu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Brice Mourier</w:t>
+                <w:t xml:space="preserve">Mourier Brice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Soils and Sediments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 23 (5), pp.2310-2325. </w:t>
+              <w:t xml:space="preserve">Water Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 230, pp.119518. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11368-023-03470-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.watres.2022.119518⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04303103v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03943052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Legacy‐micropollutant contamination levels in major river basins based on findings from the Rhône Sediment Observatory</w:t>
               </w:r>
@@ -2965,51 +2965,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Dabrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Morereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3322,177 +3322,181 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02615076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal pollution trajectories and mixture risk assessed by combining dated cores and subsurface sediments along a major European river (Rhône River, France)</w:t>
+                <w:t xml:space="preserve">Dataset of natural metal background levels inferred from pre-industrial palaeochannel sediment cores along the Rhône River (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Dabrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Coynel</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Barra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bégorre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environment International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envint.2020.106032⟩</w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 32, pp.106256. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2020.106256⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02971683v1</w:t>
+                <w:t xml:space="preserve">hal-03111880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Legacy sediments in a European context: The example of infrastructure-induced sediments on the Rhône River</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophia Vauclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3524,214 +3528,210 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Winiarski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anthropocene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 31, pp.100248. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ancene.2020.100248⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03025402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dataset of natural metal background levels inferred from pre-industrial palaeochannel sediment cores along the Rhône River (France)</w:t>
+                <w:t xml:space="preserve">Metal pollution trajectories and mixture risk assessed by combining dated cores and subsurface sediments along a major European river (Rhône River, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Dabrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Céline Bégorre</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Delile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Coynel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 32, pp.106256. </w:t>
+              <w:t xml:space="preserve">Environment International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 144, pp.106032. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2020.106256⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envint.2020.106032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03111880v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02971683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sedimentary phosphorus accumulation and distribution in the continuum of three cascade dams (Creuse River, France)</w:t>
               </w:r>
@@ -3990,51 +3990,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trajectories of technogenic tritium in the Rhône River (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Morereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Claval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4239,299 +4239,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02504266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sedimentological and geochemical data in bed sediments from a tropical river-estuary system impacted by a developing megacity, Ho Chi Minh City - Vietnam</w:t>
+                <w:t xml:space="preserve">Cumulative effects of channel correction and regulation on floodplain terrestrialisation patterns and connectivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Noncent</w:t>
+                <w:t xml:space="preserve">A. Tena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Strady</w:t>
+                <w:t xml:space="preserve">H. Piégay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Némery</w:t>
+                <w:t xml:space="preserve">G. Seignemartin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nguyen Thành-Nho</w:t>
+                <w:t xml:space="preserve">A. Barra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Hervé</w:t>
+                <w:t xml:space="preserve">J.F. Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 31, pp.261-269. </w:t>
+              <w:t xml:space="preserve">Geomorphology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 354, pp.107034. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2020.105938⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2020.107034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02889560v1</w:t>
+                <w:t xml:space="preserve">hal-02485108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cumulative effects of channel correction and regulation on floodplain terrestrialisation patterns and connectivity</w:t>
+                <w:t xml:space="preserve">Sedimentological and geochemical data in bed sediments from a tropical river-estuary system impacted by a developing megacity, Ho Chi Minh City - Vietnam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Tena</w:t>
+                <w:t xml:space="preserve">David Noncent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Piégay</w:t>
+                <w:t xml:space="preserve">Emilie Strady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Seignemartin</w:t>
+                <w:t xml:space="preserve">Julien Némery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Barra</w:t>
+                <w:t xml:space="preserve">Nguyen Thành-Nho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.F. Berger</w:t>
+                <w:t xml:space="preserve">Denis Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geomorphology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 354, pp.107034. </w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 31, pp.261-269. </w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2020.107034⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2020.105938⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02485108v1</w:t>
+                <w:t xml:space="preserve">hal-02889560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Where has the pollution gone? A survey of organic contaminants in Ho Chi Minh city / Saigon River (Vietnam) bed sediments</w:t>
               </w:r>
@@ -5138,609 +5138,621 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02553057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Key parameters influencing metallic element mobility associated with sediments in a daily-managed reservoir</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Distribution spatiale et mobilité du phosphore sédimentaire dans une retenue hydroélectrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Rapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Rabiet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Fremion</w:t>
+                <w:t xml:space="preserve">Malagorzata Grybos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Courtin-Nomade</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Amal Annouri</w:t>
+                <w:t xml:space="preserve">Alexis Fay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Francaise des Sciences de l'Eau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02149581v1</w:t>
+                <w:t xml:space="preserve">hal-02006869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distribution spatiale et mobilité du phosphore sédimentaire dans une retenue hydroélectrique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marion Rabiet</w:t>
+                <w:t xml:space="preserve">Key parameters influencing metallic element mobility associated with sediments in a daily-managed reservoir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Fremion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Courtin-Nomade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Lenain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malagorzata Grybos</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alexis Fay</w:t>
+                <w:t xml:space="preserve">Amal Annouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Francaise des Sciences de l'Eau</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 605-606, pp.666-676. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2017.06.236⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02006869v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02149581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of dams on sediment continuity: A study case of a natural metallic contamination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Frémion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bordas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Lenain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tim Kestens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 547, pp.282-294. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2016.01.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03030563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Declining Dioxin Concentrations in the Rhone River Basin, France, Attest to the Effectiveness of Emissions Controls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter C. van Metre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Babut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara J. Mahler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 49 (21), pp.12723-12730. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.est.5b03416⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01328503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tracing the origin of suspended sediment in a large Mediterranean river by combining continuous river monitoring and measurement of artificial and natural radionuclides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Zebracki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Eyrolle-Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5762,1507 +5774,1507 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 502, pp.122-132. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2014.08.082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01085335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Historical records, sources, and spatial trends of PCBs along the Rhône River (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Desmet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter C. van Metre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara J. Mahler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 476-477, pp.568-576. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2014.01.026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00944281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influences on the establishment and dominance of vegetation in stormwater infiltration basins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Bedell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Provot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Winiarski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 68 (12), pp.2576-2583. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2166/wst.2013.526⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00942568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Holocene changes in climate and land use drove shifts in the diversity of testate amoebae in a subalpine pond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">France Oris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariusz Lamentowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Genries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Blarquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Paleolimnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 49 (4), pp.633-646. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10933-013-9680-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00873168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial and temporal trends in PCBs in sediment along the lower Rhône River, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Desmet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara J. Mahler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.C. van Metre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 433, pp.189-197. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2012.06.044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00724511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectrocolorimetric interpretation of sedimentary dynamics: The new &amp;quot;Q7/4 diagram</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marc Desmet</w:t>
+                <w:t xml:space="preserve">Chemical extractions and predicted free ion activities fail to estimate metal transfer from soil to field land snails.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W. Balsam</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yoann Copard</w:t>
+                <w:t xml:space="preserve">Clémentine Fritsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Dhivert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gimbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Coeurdassier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth-Science Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.earscirev.2011.07.002⟩</w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 85 (6), pp.1057-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2011.07.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00615505v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00682800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical extractions and predicted free ion activities fail to estimate metal transfer from soil to field land snails.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Gimbert</w:t>
+                <w:t xml:space="preserve">Spectrocolorimetric interpretation of sedimentary dynamics: The new &amp;quot;Q7/4 diagram</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Debret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Coeurdassier</w:t>
+                <w:t xml:space="preserve">David Sebag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Desmet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Balsam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Copard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2011.07.035⟩</w:t>
+              <w:t xml:space="preserve">Earth-Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 109 (1-2), pp.1-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.earscirev.2011.07.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00682800v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00615505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soil evolution and subalpine ecosystem changes in the French Alps inferred from geochemical analysis of lacustrine sediments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Carcaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Williamson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Paleolimnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 44 (2), p.571-587. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10933-010-9438-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00721287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trees in the subalpine belt since 11 700 cal. BP: origin, expansion and alteration of the modern forest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Blarquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Carcaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Bremond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Radakovitch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Holocene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 20 (1), pp.139-146. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/0959683609348857⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01061557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial variability of fire history in subalpine forests: From natural to cultural regimes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Carcaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam A Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Blarquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Genries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecoscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 16 (1), pp.1-12. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2980/16-1-3189⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01982876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soil distribution in valleys according to stream order</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mérot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CATENA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 72 (3), pp.395-404. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.catena.2007.07.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00729908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distinguishing subalpine soil types using extractible Al and Fe fractions and REE geochemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Carcaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Chauvel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoderma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 145, pp.107-120. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.geoderma.2008.03.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00286052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7272,426 +7284,426 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des tendances de contaminations historiques multi-métalliques dans les archives sédimentaires de la Saône (années 1940 - actuel)</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of PFAS levels in sediment involved in ecological restoration efforts along the Rhône river’s alluvial margins.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steve Peuble</w:t>
+                <w:t xml:space="preserve">Yoann Laffont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Moiroud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Mora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nedjma Salhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05180486v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05179837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of methodologies for the evaluation of microplastics in rivers: application on the Rhône River continuum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Coquery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gateuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soline Lelay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Darmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05181635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of PFAS levels in sediment involved in ecological restoration efforts along the Rhône river’s alluvial margins.</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyse des tendances de contaminations historiques multi-métalliques dans les archives sédimentaires de la Saône (années 1940 - actuel)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nedjma Salhi</w:t>
+                <w:t xml:space="preserve">Augustine Ecorse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Dhivert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André-Marie Dendievel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Coynel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Peuble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05179837v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05180486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interdisciplinarité et pratiques de science ouverte dans l'OHM Vallée du Rhône</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7733,388 +7745,388 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier PC3 PEPR OneWater</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Lyon 1, Nov 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05370866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La crise des PFAS : un défi pour la manière de produire, de diffuser et de mobiliser les connaissances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Martinais</w:t>
+                <w:t xml:space="preserve">Towards the understanding microplastic transport in saturated systems: modelling and laboratory experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lizeth Cardoza-Pedroza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lassabatere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Volatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toutes et tous actrices et acteurs de la connaissance sur les perfluorés (PFAS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, OHM vallée du Rhône, OMEP vallée de la chimie, Mar 2025, Lyon, France</w:t>
+              <w:t xml:space="preserve">IS Rivers Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05012760v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05245525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards the understanding microplastic transport in saturated systems: modelling and laboratory experiments</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Microplastiques dans les sédiments fluviaux : une importante hétérogénéité à l’échelle de la bande de sédimentation active</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Dhivert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Croiset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Bouzid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Pruvost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grosbois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IS Rivers Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t>
+              <w:t xml:space="preserve">Rencontres 2025 du GDR Plastiques Environnement Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR Plastiques Environnement Santé, Jul 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05245525v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05082022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microplastiques dans les sédiments fluviaux : une importante hétérogénéité à l’échelle de la bande de sédimentation active</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La crise des PFAS : un défi pour la manière de produire, de diffuser et de mobiliser les connaissances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Martinais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres 2025 du GDR Plastiques Environnement Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR Plastiques Environnement Santé, Jul 2025, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Toutes et tous actrices et acteurs de la connaissance sur les perfluorés (PFAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, OHM vallée du Rhône, OMEP vallée de la chimie, Mar 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05082022v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05012760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring damming and restoration long-term effects on side channel biodiversity using macrofossils in river sediment cores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8156,1982 +8168,1982 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">I.S. RIVERS 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GRAIE, Jun 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05203780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Per- and polyfluoroalkyl substances trends recorded in sedimentary archives upstream and downstream of the Lyon metropolis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Dhivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Marchand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05180403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manual versus Automated Beerkan run for characterizing the hydraulic properties of sandy soil in Senegal's Sahel</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Faye Waly</w:t>
+                <w:t xml:space="preserve">Sources et flux de microplastiques à l'échelle d'un bassin versant urbain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoé Iannuzzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Orange</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rémy Bayard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Polomé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gislain Lipeme Kouyi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2024</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées doctorales en hydrologie urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Bouguenais, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04865156v1</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04867968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sources et flux de microplastiques à l'échelle d'un bassin versant urbain</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Brice Mourier</w:t>
+                <w:t xml:space="preserve">Manual versus Automated Beerkan run for characterizing the hydraulic properties of sandy soil in Senegal's Sahel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lassabatere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deniz Yilmaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faye Waly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Bayard</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Didier Orange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanane Aroui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées doctorales en hydrologie urbaine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU General Assembly 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Vienna, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-11976⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04867968v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04865156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les sédiments fluviaux comme réservoir de microplastiques : exemple du Rhône en amont et aval de Lyon</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Retour vers le futur ? Rhônergia et Aqua Domitia, des aménagements lourds relégitimés sur le fleuve Rhône au nom de la transition énergétique et climatique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Barthélémy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Morandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19e congrès français de sédimentologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ASF2024, Nov 2024, Lille, France</w:t>
+              <w:t xml:space="preserve">Séminaire international du Labex DRIIHM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LabEx DRIIHM, Jun 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04783118v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04610491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retour vers le futur ? Rhônergia et Aqua Domitia, des aménagements lourds relégitimés sur le fleuve Rhône au nom de la transition énergétique et climatique</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Les sédiments fluviaux comme réservoir de microplastiques : exemple du Rhône en amont et aval de Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Dhivert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Winiarski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Gasperi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Delor-Jestin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Tassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire international du Labex DRIIHM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LabEx DRIIHM, Jun 2024, Montpellier, France</w:t>
+              <w:t xml:space="preserve">19e congrès français de sédimentologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ASF2024, Nov 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04610491v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04783118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison de méthodologies d’évaluation des microplastiques dans les rivières sur le continuum du Rhône</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">PlasticUnderground</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Krause</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lizeth Cardoza-Pedroza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lassabatere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Volatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’échange (micro)plastiques dans les hydrosystèmes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, EUR H2O'Lyon, Nov 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">, H2O Lyon, Nov 2024, Villaurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04868860v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04880057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PlasticUnderground</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Comparaison de la dégradation du polyéthylène entre microplastiques urbains et particules vieillies artificiellement par photo-oxydation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Okba Mostefaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoé Iannuzzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Massardier-Nageotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’échange (micro)plastiques dans les hydrosystèmes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, H2O Lyon, Nov 2024, Villaurbanne, France</w:t>
+              <w:t xml:space="preserve">Rencontres 2024 du GDR Plastiques Environnement Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04880057v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04845183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison de la dégradation du polyéthylène entre microplastiques urbains et particules vieillies artificiellement par photo-oxydation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Zoé Iannuzzi</w:t>
+                <w:t xml:space="preserve">Comparaison de méthodologies d’évaluation des microplastiques dans les rivières sur le continuum du Rhône</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Coquery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourier Brice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Massardier-Nageotte</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Diego Lopez</w:t>
+                <w:t xml:space="preserve">Guiraud Nathan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lelay Soline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Labille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres 2024 du GDR Plastiques Environnement Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Marseille, France</w:t>
+              <w:t xml:space="preserve">Journée d’échange (micro)plastiques dans les hydrosystèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EUR H2O'Lyon, Nov 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04845183v1</w:t>
+                <w:t xml:space="preserve">hal-04868860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déterminisme hydrologique des microplastiques en milieu urbain</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zoé Iannuzzi</w:t>
+                <w:t xml:space="preserve">L’OHM Vallée du Rhône :​ Un collectif scientifique interdisciplinaire sur le fleuve Rhône et dans le temps long</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gislain Lipeme Kouyi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres 2024 du GDR Plastiques Environnement Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Marseille, France</w:t>
+              <w:t xml:space="preserve">Séminaire scientifique annuel de l'OHM Vallée du Rhône</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Graie, Dec 2024, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04867817v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05045956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’OHM Vallée du Rhône :​ Un collectif scientifique interdisciplinaire sur le fleuve Rhône et dans le temps long</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carole Barthélémy</w:t>
+                <w:t xml:space="preserve">Déterminisme hydrologique des microplastiques en milieu urbain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoé Iannuzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Bayard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Polomé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gislain Lipeme Kouyi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire scientifique annuel de l'OHM Vallée du Rhône</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Graie, Dec 2024, Villeurbanne, France</w:t>
+              <w:t xml:space="preserve">Rencontres 2024 du GDR Plastiques Environnement Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05045956v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04867817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of combined microplastic and metallic contamination in surface sediment and water along a historically industrialised gravel-bed river (Severn River, UK)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lee Haverson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liam Kelleher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Kukkola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19e congrès français de sédimentologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ASF, Nov 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04867829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une méthodologie harmonisée de mesure des concentrations et des flux de microplastiques en rivière</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Soline Lelay</w:t>
+                <w:t xml:space="preserve">Contributions historiques de la métropole lyonnaise aux contaminations en microplastiques des sédiments du Rhône</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Dhivert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pruvost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Winiarski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Gasperi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Delor-Jestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. Journées du GDR Plastiques, Environnement, Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR Plastiques Environnement Santé, Jun 2024, Marseille, France</w:t>
+              <w:t xml:space="preserve">Journées du GDR Polymères, Santé, Environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR Polymères, Santé, Environnement, Jun 2024, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04622307v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04533236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contributions historiques de la métropole lyonnaise aux contaminations en microplastiques des sédiments du Rhône</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florence Delor-Jestin</w:t>
+                <w:t xml:space="preserve">Vers une méthodologie harmonisée de mesure des concentrations et des flux de microplastiques en rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Coquery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Darmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gateuille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soline Lelay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées du GDR Polymères, Santé, Environnement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR Polymères, Santé, Environnement, Jun 2024, Marseille, France</w:t>
+              <w:t xml:space="preserve">1. Journées du GDR Plastiques, Environnement, Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR Plastiques Environnement Santé, Jun 2024, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04533236v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04622307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding micro and nano-plastics transport across the vadose zone: integrating laboratory experiments and modeling to unravel transport processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lizeth Cardoza-Pedroza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lizeth Cardoza-Pedroza</w:t>
+                <w:t xml:space="preserve">Laurent Lassabatere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Volatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’échange (micro)plastiques dans les hydrosystèmes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, H2O Lyon, Nov 2024, Villaurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04879891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scories métalliques et sédiments fluviaux : premiers résultats du projet Rhone Poll Arch et perspectives futures</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Maxence Ramon</w:t>
+                <w:t xml:space="preserve">An estimation of the microplastic flux during a major sediment management operation on the Upper Rhône River (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soline Lelay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Routhiau Roxane</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thierry Fretaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Dhivert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire scientifique Flux polluants écotoxicologie et écosystèmes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Goldschmidt2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Lyon, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7185/gold2023.20016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04868266v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04865194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An estimation of the microplastic flux during a major sediment management operation on the Upper Rhône River (France)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Brice Mourier</w:t>
+                <w:t xml:space="preserve">Scories métalliques et sédiments fluviaux : premiers résultats du projet Rhone Poll Arch et perspectives futures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Fretaud</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Younouss Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Ramon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Routhiau Roxane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Frioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Goldschmidt2023</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Séminaire scientifique Flux polluants écotoxicologie et écosystèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ZABR; GRAIE, Oct 2023, Villeurbanne, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04865194v1</w:t>
+                <w:t xml:space="preserve">hal-04868266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation des microplastiques présents dans les sédiments des bassins de retenue des eaux pluviales.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Iannuzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Bayard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gislain Lipeme Kouyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10146,699 +10158,699 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Novatech 2023 :11e Conférence internationale sur l'eau dans la ville</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04176789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Plastic Underground: Are Microplastics in the Subsurface a Ticking Time Bomb for Soil and Groundwater Ecosystems?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Krause</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uwe Schneidewind</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Wazne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Kukkola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iseult Lynch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Vienne, Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-4405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04868525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification des sources anthropiques à l’origine des microplastiques et des particules de pneu en milieu urbain</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zoé Iannuzzi</w:t>
+                <w:t xml:space="preserve">Observatoire Hommes-Milieux Vallée du Rhône</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Morandi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4ième rencontre du GDR Polymères et Océans</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">Séminaire scientifique annuel de l'OHM Vallée du Rhône</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Graie, OHM Vallée du Rhône, Dec 2023, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04139742v1</w:t>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04879255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rhone PollArch – Décrypter la pollution liée aux énergies fossiles du Rhône à partir des archives sédimentaires et socio-historiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Ramon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Routhiau Roxane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Frioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire scientifique annuel de l'OHM Vallée du Rhône</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Graie, OHM Vallée du Rhône, Dec 2023, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04879299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observatoire Hommes-Milieux Vallée du Rhône</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carole Barthélémy</w:t>
+                <w:t xml:space="preserve">Identification des sources anthropiques à l’origine des microplastiques et des particules de pneu en milieu urbain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoé Iannuzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Bayard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gislain Lipeme Kouyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Polomé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire scientifique annuel de l'OHM Vallée du Rhône</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Graie, OHM Vallée du Rhône, Dec 2023, Villeurbanne, France</w:t>
+              <w:t xml:space="preserve">4ième rencontre du GDR Polymères et Océans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04879255v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04139742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of hillslope connectivity on Aleppo pine plantation by artificial stemflow experiments and preferential flow pathways detection using time-lapse ground penetrating radar surveys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Marras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gersende Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Giadrossich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryan Stewart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Majdi Abou Najm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU general assembly 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Vienne (Austria), Austria. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu23-2830⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId345" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04856341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enjeux de connaissances et mobilisations sur les risques liés aux pollutions industrielles (PFAS)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10854,73 +10866,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire scientifique annuel de l'OHM Vallée du Rhône</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Graie, OHM Vallée du Rhône, Dec 2023, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04340810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A combined retrospective and spatial analysis of PFAS in river sediments demonstrates changes in both levels and patterns over the last 40 years (Rhône River, France).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10929,280 +10941,280 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Winiarski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Budzinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Labadie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Goldschmidt2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Lyon, France. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7185/gold2023.19552⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId349" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04865204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microplastiques et Loire : Premières connaissances sur le bassin ligérien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Gasperi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Croiset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ngoc Nam Phuong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Dhivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Grosbois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Transfert des micropolluants dans les eaux de surface Bassin versant de la Loire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Distanciel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03790696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évolution longitudinale de la contamination en microplastiques dans les sédiments de la retenue de Villerest (Loire, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phuong Ngoc Nam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Dhivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11230,73 +11242,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque annuel de la Zone atelier Loire. Enjeux environnementaux et sociétaux des hydrosystèmes : 20 ans de recherche sur le bv Loire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03790667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation de la contamination des grands bassins fluviaux du monde à partir des flux spécifiques particulaires de micropolluants hérités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11355,1152 +11367,1152 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence internationale IS.RIVERS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03837440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Source activation or fluvial transport – dynamic controls on spatial patterns and temporal dynamics of plastic pollution in river corridors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jennifer Drummond</w:t>
+                <w:t xml:space="preserve">What are the key factors influencing sediment quality along Western European rivers?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André-Marie Dendievel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Ayrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Coynel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">I.S. Rivers 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Graie, Jul 2022, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04868444v1</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04865191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What are the key factors influencing sediment quality along Western European rivers?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Apport de la géophysique pour la caractérisation des dépôts sédimentaires dans les retenues de barrage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Weit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Winiarski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fretaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">I.S. Rivers 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Graie, Jul 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">Colloque TSMR – CFBR « Transport sédimentaire : rivières &amp; barrages réservoirs »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04865191v1</w:t>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04879493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apport de la géophysique pour la caractérisation des dépôts sédimentaires dans les retenues de barrage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Source activation or fluvial transport – dynamic controls on spatial patterns and temporal dynamics of plastic pollution in river corridors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Krause</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Weit</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Holly Nel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uwe Schneidewind</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Kukkola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Drummond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque TSMR – CFBR « Transport sédimentaire : rivières &amp; barrages réservoirs »</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Vienne, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu22-1528⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04879493v1</w:t>
+                <w:t xml:space="preserve">hal-04868444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human activities and wetland environment deciphered by using macrofossils in urban and peri-urban contexts from the Roman Period to nowadays</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">INTERPOL - Workshop de restitution. Vers une comparaison internationale de la pollution des sédiments fluviaux : Facteurs clés influençant les concentrations de métaux le long de sept rivières d'Europe occidentale (1945-2020)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th EAA Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Association of Archaeologists (EAA), Aug 2022, Budapest, Hungary. pp.Session 230-3, 307</w:t>
+              <w:t xml:space="preserve">I.S. Rivers 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GRAIE, Jul 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04865901v1</w:t>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03950561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trajectories of legacy and emerging metal contaminants in French river sediments</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Yoann Copard</w:t>
+                <w:t xml:space="preserve">Human activities and wetland environment deciphered by using macrofossils in urban and peri-urban contexts from the Roman Period to nowadays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André-Marie Dendievel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Gaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pruvost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Bossy</w:t>
+                <w:t xml:space="preserve">Philippe Dessaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Monin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Goldschmidt2022</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">28th EAA Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association of Archaeologists (EAA), Aug 2022, Budapest, Hungary. pp.Session 230-3, 307</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04865203v1</w:t>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04865901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">INTERPOL - Workshop de restitution. Vers une comparaison internationale de la pollution des sédiments fluviaux : Facteurs clés influençant les concentrations de métaux le long de sept rivières d'Europe occidentale (1945-2020)</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Trajectories of legacy and emerging metal contaminants in French river sediments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Gardes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Coynel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Debret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Copard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Bossy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">I.S. Rivers 2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Goldschmidt2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Geochemical Society and the European Association of Geochemistry, Jul 2022, Honolulu, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46427/gold2022.11839⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03950561v1</w:t>
+                <w:t xml:space="preserve">hal-04865203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Progress towards an international comparison of river sediment pollution: Key factors influencing metal concentrations along seven Western European Rivers (1945-2020)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interest of geophysical methods to determine the evolution and the spatial distribution of sedimentary deposits upstream of run-of-the-river dams (Upper Rhône, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Weit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Winiarski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fretaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Peteuil</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geoscience Union 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">I. S. Rivers 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04652670v1</w:t>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interest of geophysical methods to determine the evolution and the spatial distribution of sedimentary deposits upstream of run-of-the-river dams (Upper Rhône, France)</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Une lecture du statut économique des grands bassins fluviaux par l'évaluation de leur niveau de contamination aux micropolluants hérités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Delile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André-Marie Dendievel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anice Yari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Miege</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">I. S. Rivers 2022</w:t>
+              <w:t xml:space="preserve">Workshop INTERPOL- Inter-comparaison de la pollution des grands fleuves français. Conférence internationale IS.RIVERS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04878345v1</w:t>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03837433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PCR Transrégional : Trajectoire(s) du socio-hydrosystème Saône-Rhône au paléoanthropocène</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Rémi Landois</w:t>
+                <w:t xml:space="preserve">Progress towards an international comparison of river sediment pollution: Key factors influencing metal concentrations along seven Western European Rivers (1945-2020)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André-Marie Dendievel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grosbois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Ayrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Coynel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées régionales de l’archéologie de Bourgogne-Franche-Comté</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SRA Bourgogne-Franche-Comté, MSHE C.N. Ledoux, Dec 2022, Besançon, France</w:t>
+              <w:t xml:space="preserve">European Geoscience Union 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05511455v1</w:t>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04652670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels sont les stocks et les bilans des flux de matières en suspension et de contaminants dans le Rhône ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -12516,565 +12528,565 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Technique de l’Observatoire des Sédiments du Rhône. 12 années de recherche pour la connaissance et la gestion hydro-sédimentaire du Rhône</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Graie; Observatoire des Sédiments du Rhône, Nov 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03870166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une lecture du statut économique des grands bassins fluviaux par l'évaluation de leur niveau de contamination aux micropolluants hérités</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cecile Miege</w:t>
+                <w:t xml:space="preserve">PCR Transrégional : Trajectoire(s) du socio-hydrosystème Saône-Rhône au paléoanthropocène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Sordoillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Jouffroy-Bapicot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Girardclos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Landois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop INTERPOL- Inter-comparaison de la pollution des grands fleuves français. Conférence internationale IS.RIVERS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">Journées régionales de l’archéologie de Bourgogne-Franche-Comté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SRA Bourgogne-Franche-Comté, MSHE C.N. Ledoux, Dec 2022, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03837433v1</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05511455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Source vs transport controls of spatial patterns and temporal dynamics of plastic pollution in river corridors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Krause</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Holly Nel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uwe Schneidewind</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Kukkola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Drummond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Aquatic Sciences Meeting – JASM 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Consortium of Aquatic Science Societies (CASS), May 2022, Grand Rapids, Michigan, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04863125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les marges alluviales endiguées du Rhône : Trajectoires d’atterrissement, états des lieux hydro-sédimentaire et sanitaire, perspectives opérationnelles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Riquier</w:t>
+                <w:t xml:space="preserve">Evolution amont-aval de la contamination en microplastiques dans un barrage : importance de la granulométrie fine dans la rétention des microplastiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ngoc Nam Phuong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Dhivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hervé Piégay</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grosbois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Gasperi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aménagements et biodiversité des cours d’eau</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Hydrotechnique de France; ENGEES, Nov 2022, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">3ième journée du GDR Polymères et Océans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03846178v1</w:t>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03709746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution amont-aval de la contamination en microplastiques dans un barrage : importance de la granulométrie fine dans la rétention des microplastiques</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elie Dhivert</w:t>
+                <w:t xml:space="preserve">Les marges alluviales endiguées du Rhône : Trajectoires d’atterrissement, états des lieux hydro-sédimentaire et sanitaire, perspectives opérationnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Seignemartin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Riquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Johnny Gasperi</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Winiarski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ième journée du GDR Polymères et Océans</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Brest, France</w:t>
+              <w:t xml:space="preserve">Aménagements et biodiversité des cours d’eau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Hydrotechnique de France; ENGEES, Nov 2022, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03709746v1</w:t>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03846178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing microplastic transport pathways and potential sources along gravel-bed rivers: Focus on the Ain River</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13083,132 +13095,132 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Wazne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Vallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Mermillod-Blondin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Micro 2022 - Online Atlas Edition: Plastic Pollution from MACRO to nano</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Virtual conference (Lanzarote), Spain. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.7217421⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId386" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04865686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution de la pollution métallique et du risque écotoxicologique le long du Rhône depuis 1960 : approche combinée à partir de données de suivi particulaire et d’archives sédimentaires datées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13267,73 +13279,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03837402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamiques spatiales et temporelles des flux spécifiques de micropolluants dans le bassin du Rhône, comparaison avec des grands fleuves du monde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13355,110 +13367,110 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Miege</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Le Coz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03587864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution de la pollution métallique et du risque écotoxicologique le long du Rhône depuis 1960 : approche combinée à partir du suivi particulaire et d'archives sédimentaires datées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13517,237 +13529,237 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03587902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pollution du Rhône par les PCB : histoire d’une crise sédimentée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium of LabEx DRIIHM 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04613791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HISTORHONA - Reconstruction des tendances temporelles de contamination dans le Haut-Rhône : proposition d’une approche historique pour mieux interpréter les enregistrements historiques sédimentaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Coquery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Frioux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire scientifique annuel de l'OHM Vallée du Rhône</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Graie, OHM Vallée du Rhône, Feb 2021, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04880385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatio-temporal assessment of polymetallic pollution and associated ecotoxicological risk along the Rhône River for the last 60 years (1960-2018)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13806,73 +13818,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CONTASED 2021 (2020 CoV postponed), 2nd International Conference on Contaminated Sediments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Bern (CH), Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04861930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstruction of long-term water quality trends using sediment databases: insights from a multi-criteria analysis performed on the four main French River Basins (1945 - 2018)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13931,73 +13943,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CONTASED 2021 (2020 CoV postponed)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Berne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03837336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelles dynamiques hydro-écologiques dans les annexes hydrauliques des grands fleuves à l'Anthropocène ? Première approche pluridisciplinaire des sédiments stockés dans la lône de Limony (vallée du Rhône, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -14052,73 +14064,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternaire 12</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, Paris-Aubervilliers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04861871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of depositional environments on the contamination record of fluvial sediments: a case study from the Rhône River (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophia Vauclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -14167,92 +14179,92 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, Online, Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-21755⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04878317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of PCB trajectories along French river corridors between 1945 and 2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -14301,92 +14313,92 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Labadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, Vienne, Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-2205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02569277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the infrastructure-induced legacy sediments on 3 bypassed areas along the Rhône River (France).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophia Vauclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -14395,442 +14407,442 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alvaro Tena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Seignemartin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sednet 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, DubrovniK, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04878291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évolution de l'anthropisation des eaux du Rhône au cours des dernières décennies : La mémoire des sédiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Eyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Morereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Giner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire scientifique annuel de l'OHM Vallée du Rhône</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Graie, OHM Vallée du Rhône, May 2019, Villeurbanne, France. pp.94-99</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05339080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pourquoi le fleuve est-il un objet d’étude pluridisciplinaire et pertinent pour améliorer notre gestion de la ressource en eau ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence internationale universitaire francophone - Le défi de l’interdisciplinarité dans l’enseignement supérieur et la recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Téhéran, Jun 2019, Téhéran, Iran</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04880311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gestion et valorisation des carottes sédimentaires à but scientifique en France : vers un système intégré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Pignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ancelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Augustin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Bernardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Q11 AFEQ-CNF-INQUA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01887390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions between regulation works, overbank sediment structures and contamination along the Rhône River channel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Winiarski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -14839,538 +14851,538 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alvaro Tena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Seignemartin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Meeting of Sedimentology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02024631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire des sols et histoires des hommes dans les Alpes : utilisation d’empreintes pédologiques dans les archives naturelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Couchoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">. MEMSOL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, MEMSOL, Académie d’Agriculture de France, 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01877052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire des sols et histoires des hommes dans les Alpes : utilisation d’empreintes pédologiques dans les archives naturelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Couchoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Jérôme Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">“Empreinte des climats et des hommes dans les sols et paléosols – Mémoires de nos jardins”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02613132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation des stocks et de la dynamique sédimentaire dans les lacs de barrages naturels et artificiels en fonction de leurs usages et de leurs contextes géomorphologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Chapron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Chassiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaëlle Simonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Guyrad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th ASF Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02495646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origine des matières organiques particulaires des sédiments du Rhône et de la Durance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Copard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Cerubini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Di-Giovanni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Debret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15389,996 +15401,996 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire scientifique annuel de l'OHM Vallée du Rhône</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Graie, OHM Vallée du Rhône, May 2014, Lyon, France. pp.69-78</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05333040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Historique, zones contributrices et dynamique des polluants à l’échelle du fleuve - Le cas des PCB</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NULL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01787347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominant vegetation and influence by type of urban environment on its establishment in several stormwater infiltration basins of east Lyon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Bedell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Provot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Winiarski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Novatech 2013 - 8ème Conférence internationale sur les techniques et stratégies durables pour la gestion des eaux urbaines par temps de pluie / 8th International Conference on planning and technologies for sustainable management of Water in the City</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03303506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Historique, zones contributrices et dynamique des polluants à l’échelle du fleuve - Le cas des PCB</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NULL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01825796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using the stream order to model the internal structure and function of the wetlands within a catchment from the headwater to the sea.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Mérot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Mérot</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Christian Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Montreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2009, Vienne (AUT), Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00730105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche interdisciplinaire de la dynamique et de la réactivité de la matière organique : traçage par résonance paramagnétique électronique (RPE) basée sur une banque de NOMs de référence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Pépin-Donat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marcel Dorioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Quétin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rôle et fonction des matières organiques dans l'environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2007, Lyon, France. pp.6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00198984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enregistrement de l'histoire de sols alpins dans des archives sédimentaires lacustres par l'utilisation de méthodes géochimiques extractions sélectives et terres rares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Carcaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Faivre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journèes nationales d'étude des sols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2007, Angers, France. pp.309-310</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00202051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche interdisciplinaire de la dynamique et de la réactivité de la matière organique : traçage par résonance paramagnétique électronique (RPE) basée sur une banque de NOMs de référence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Pépin-Donat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Lombard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marcel Dorioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Quétin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8e colloque national de l'International Humic Substances Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre National du Machinisme Agricole, du Génie Rural, des Eaux et Forêts (CEMAGREF). FRA., Nov 2007, lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00200024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Holocene Soil and Landscape Dynamics Reconstructed by Sediment Analysis in the French Alps.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Genries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Carcaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Faivre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th World Congress of Soil Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2006, Philadelphie, United States. pp.452</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00200443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alpine soil evolution during the Holocene reconstructed by sediment record: evidence of long-term processes and effect of disturbances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Carcaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Faivre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Modelling of pedogenesis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2006, Orléans, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02815741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16388,173 +16400,173 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding microplastic transport in saturated systems: modelling and laboratory experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lizeth Cardoza-Pedroza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lizeth Cardoza-Pedroza</w:t>
+                <w:t xml:space="preserve">Laurent Lassabatere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Volatier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plastiques Environnement Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05245513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do the same river engineering works cause the same hydrosedimentary changes? A comparative approach on four bypassed reaches of the Rhône River.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Seignemartin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Riquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16595,410 +16607,410 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Lyon, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05170114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potentials of Spectrophotometry Techniques to quantify Micro-and Nano plastic in Soil Columns Transport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lizeth Cardoza-Pedroza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Volatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lassabatere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée École Doctoral de Chimie 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05245532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding micro and nano-plastics transport across the vadose zone: integrating laboratory experiments and modeling to unravel transport processes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurence Volatier</w:t>
+                <w:t xml:space="preserve">Impact des aménagements et des crues sur la dynamique d’accumulation sédimentaire dans les annexes fluviales : l’exemple de la Saône</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustine Écorse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Winiarski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Bedell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Syposium Birmingham 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Birmingham, United Kingdom. 2024</w:t>
+              <w:t xml:space="preserve">19ème Congrès Français de Sédimentologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId448" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04879948v1</w:t>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04854117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact des aménagements et des crues sur la dynamique d’accumulation sédimentaire dans les annexes fluviales : l’exemple de la Saône</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">André-Marie Dendievel</w:t>
+                <w:t xml:space="preserve">Understanding micro and nano-plastics transport across the vadose zone: integrating laboratory experiments and modeling to unravel transport processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lizeth Cardoza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Lassabatere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Volatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Bedell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19ème Congrès Français de Sédimentologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Lille, France</w:t>
+              <w:t xml:space="preserve">Syposium Birmingham 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Birmingham, United Kingdom. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId450" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04854117v1</w:t>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04879948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trajectoires de contamination en platine dans des carottes sédimentaires (1930-2021) de trois fleuves français : de la ligne de base géochimique aux signaux de sources émergentes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Chastanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -17020,137 +17032,137 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gardes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jörg Schäfer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melina Abdou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RST2023 - 28e édition de la Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04879950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First pollen record from the Late Holocene forest environment in the Lesser Caucasus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Joannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17182,1380 +17194,1380 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INQUA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Roma, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04168488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation du flux de microplastiques pendant une opération de gestion sédimentaire sur le Haut-Rhône</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of pollutions and dams on hydrosystems: exploring human-environment interactions within the context of global change and engineered rivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elie Dhivert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4ième rencontre du GDR Polymères et Océans</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">Microplastics Workshop 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Ascona, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId456" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04879103v1</w:t>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04880584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of pollutions and dams on hydrosystems: exploring human-environment interactions within the context of global change and engineered rivers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Estimation du flux de microplastiques pendant une opération de gestion sédimentaire sur le Haut-Rhône</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soline Lelay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fretaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Dhivert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microplastics Workshop 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Ascona, Switzerland</w:t>
+              <w:t xml:space="preserve">4ième rencontre du GDR Polymères et Océans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId457" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04880584v1</w:t>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04879103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of microplastics accumulated in sediments of stormwater detention basins, in relation to the land use patterns in the contributing catchment.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoe Iannuzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gislain Lipeme-Kouyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Polome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Bayard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Goldschmidt2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Lyon, France. European Association of Geochemistry, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7185/gold2023.19577⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04865197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MP_Database.v1.1 : première base de données permettant l’intercomparaison des contaminations en microplastiques dans les dépôts sédimentaires à différentes échelles spatiales et temporelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Dhivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Andanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Anquetil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haroutioun Askanian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Ayrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ième rencontre du GDR Polymères et Océans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Rennes, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04134224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of hydraulic forcing on fluvial sedimentary environments; hydrosedimentary modeling approach coupled with in situ studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Noclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Kieffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Le Coz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Troudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">I.S. River 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03721211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archiving and spatial variability of miscroplastics in rivers sediments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pruvost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Dhivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tassin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Winiarski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">I.S. River 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03685975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of chemical contamination levels in major river basins based on legacy particulate micropollutant yield</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Masson</w:t>
+                <w:t xml:space="preserve">Spatio-temporal terrestrialization patterns within the dike fields of a highly engineered river</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Seignemartin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Piégay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Mourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Riquier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bianca Räpple</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">I.S. River 2022</w:t>
+              <w:t xml:space="preserve">4th international conference I.S. Rivers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId470" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04854041v1</w:t>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03720560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydro-sedimentological factors impacting the distribution and abundance of microplastics in fluvial ecosystems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Manon Vallier</w:t>
+                <w:t xml:space="preserve">Assessment of chemical contamination levels in major river basins based on legacy particulate micropollutant yield</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurent Simon</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anice Yari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Miege</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">I.S. River 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId471" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04854014v1</w:t>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04854041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatio-temporal terrestrialization patterns within the dike fields of a highly engineered river</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hervé Piégay</w:t>
+                <w:t xml:space="preserve">Hydro-sedimentological factors impacting the distribution and abundance of microplastics in fluvial ecosystems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Wazne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Vallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bianca Räpple</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th international conference I.S. Rivers</w:t>
+              <w:t xml:space="preserve">I.S. River 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId472" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03720560v1</w:t>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04854014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthropisation of the Rhône River during the last century: case of main pollutants measured in sediment cores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Morereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Bégorre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Dabrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Eyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium of LabEx DRIIHM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Lyon, France. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02954093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Historical records of suspended particulate matter origin in the Rhône River (France) using the non-reactive geochemical signature of particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Begorre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Dabrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Begorre</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">F. Eyrolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Grisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Goldschmidt 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Barcelone, Spain. pp.1, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02610084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the legacy sediments in the Péage-de-Roussillon bypass (Rhône River, France) by a combined geophysical and coring approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophia Vauclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -18564,476 +18576,476 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Winiarski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Seignemartin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème Conférence Internationale IsRivers - Recherches et actions au service des fleuves et grandes rivières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02043105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origin and historical inputs of suspended particulate matter (SPM) from the Rhône tributaries: use of the non-reactive geochemical signature of particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Begorre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Dabrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Grisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Dherret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Vienna, Austria. pp.1, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02607692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From core referencing to data re-use: two French national initiatives to reinforce paleodata stewardship (National Cyber Core Repository and LTER France Retro-Observatory)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Pignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Stéphan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.L. Develle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th PAGES Open Science Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Zaragoza, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01616109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Holocene soil and landscape dynamics reconstructed by sediment analysis in the french alps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Genries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Carcaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Faivre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18. World Congress of Soil Science July 9-15, 2006 - Philadelphia, Pennsylvania, USA.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2006, Philadelphia, United States. 1 p., 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02816974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -19043,160 +19055,160 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Observatoire des Sédiments du Rhône. 12 années de recherche pour la connaissance et la gestion hydro-sédimentaire du fleuve. Bilans et perspectives scientifiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Radakovitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Belletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Camenen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">pp.1-72, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58165/osr-g471⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (ouvrage de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId490" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03869998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -19206,537 +19218,537 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les PCB dans le Rhône</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Babut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId493" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christelle Lopes</w:t>
+            <w:hyperlink r:id="rId495" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Persat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Desmet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PCB, environnement et santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Tec &amp; Doc, Lavoisier, 2016, 978-2-7430-2005-7</w:t>
+              <w:t xml:space="preserve">, Lavoisier, pp.473-498, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId492" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02094395v1</w:t>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02602392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les PCB dans le Rhône</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Babut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId496" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">C. Lopes</w:t>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Persat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Desmet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Claude Amiard; Thierry Meunier; Marc Babut. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PCB, environnement et santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Lavoisier, pp.473-498, 2016</w:t>
+              <w:t xml:space="preserve">, Tec &amp; Doc, Lavoisier, 2016, 978-2-7430-2005-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId495" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02602392v1</w:t>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02094395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId499" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les PCB dans le Rhône</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Babut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Persat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Desmet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Lopes Galasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PCB, environnement et santé. 2016 Coordonnateurs : AMIARD Jean-Claude, MEUNIER Thierry, BABUT Marc. ISBN 978-2-7430-2005-7. Partie 4 : Études de cas, Chapitre 13, pp.475-498</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId499" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04309529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organic geochemistry of soils and sediments : A key to describe the Anthropocene?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Deline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Emilie Chalmin, Etienne Dambrine, Bernard David, Pierre Faivre, Jérôme Poulenard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sols et matières organiques : mémoires et héritages, Collection Edytem n°18</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, n°18, Edytem, pp. 9-18, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01876556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -19746,51 +19758,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polychlorinated Biphenyls (PCB) indicators in sediments from the main French Rivers from 1945 to 2018 (Garonne, Loire, Rhône, Seine)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -19832,70 +19844,70 @@
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Ayrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, https://doi.pangaea.de/10.1594/PANGAEA.904277. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1594/PANGAEA.904277⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02623661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -19905,65 +19917,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dike Fields as Drivers and Witnesses of 20th Century Hydrosedimentary Changes in Highly Engineered Rivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Seignemartin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20001,51 +20013,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04061245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -20055,842 +20067,842 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MicroPlasticRivers : développement d’une méthodologie harmonisée de mesure des concentrations et des flux de micro-plastiques sur le continuum Rhône-Méditerranée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Coquery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gateuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Darmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport final, INRAE - RiverLy. 2025, pp.54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05328444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conséquences des aménagements du Rhône sur la sédimentation fine dans les tronçons non court-circuités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Dhivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Seignemartin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pruvost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Donze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] ENTPE. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04652867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle du forçage hydraulique sur la sédimentation des fines dans les bras secondaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Noclin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Le Coz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Camenen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Kieffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] ENTPE; INRAE. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04652887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyses des polluants organiques persistants (POP) dans deux carottes du Rhône Moyen et caractérisation des microplastiques dans deux carottes prélevées en amont et aval de l’agglomération lyonnaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Seignemartin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Dhivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pruvost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] ENTPE. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04653283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstruction des tendances temporelles de contamination dans le Haut-Rhône : proposition d’une approche historique pour mieux interpréter les enregistrements historiques sédimentaires (HistoRhonA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Coquery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Frioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE; Université Lyon 2; ENTPE. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04760788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation des stocks de sédiments fins au sein des retenues inhérentes aux barrages avant et après l’APAVER de mai 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Winiarski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Weit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Fretaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Laplace</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] ENTPE. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03750524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carottages et géophysique des annexes fluviatiles de Donzère et Baix-le-Logis-Neuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Seignemartin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Winiarski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Donze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] ENTPE; CNRS. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03750743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilan de l’exploitation des archives sédimentaires le long des grands fleuves pour analyser l’évolution des contaminations chimiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André-Marie Dendievel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -20899,279 +20911,279 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">OFB. 2022, 46p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03949310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport annuel de PCR inter-régional : Trajectoire(s) de l’hydrosystème Saône-Rhône au paléoanthropocène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Edouard Cossart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId520" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Fressard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId521" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Chaize</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Christol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ministère de la Culture (France). 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId518" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04374937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feuille de route pour l'échantillonnage et analyse des archives sédimentaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Dhivert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Winiarski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ENTPE; Coopérative Coopétic-Recherche. 2022, 6p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03933360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tendances temporelles des contaminations, historique des flux et estimation des stocks (approches MES vs carottes)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -21193,608 +21205,608 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aymeric Dabrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Barra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] ENTPE; INRAE; CNRS. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03293125v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évolution morphologique des marges alluviales et évaluation des stocks de sédiments grossiers à Baix-Le-Logis-Neuf et Beaucaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Seignemartin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Belletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId524" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hossein Ghaffarian Roohparvar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Winiarski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] CNRS; ENTPE. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03290964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Description des carottes du RCC de Pierre-Bénite. OSR4 | Action II.3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Winiarski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] ENTPE. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03749258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programme OSR4 2015-2017. Action II.2 : Géophysique aquatique - Etude de faisabilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Winiarski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] CNRS UMR 5023 - ENTPE LEHNA-IPE; EGEOS. 2017, 28 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId526" w:history="1">
+            <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03700791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programme OSR4 2015-2017. Action II.2 : Traitement et analyse des radargrammes – Donzère-Mondragon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Winiarski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] CNRS UMR 5023 - ENTPE LEHNA-IPE; Société EGEOS. 2017, 88 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03700730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Description des carottes du RCC de Donzère-Mondragon. OSR4 | Action II.3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Winiarski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Roux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] ENTPE. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId528" w:history="1">
+            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03749251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId529" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programme OSR4 2015-2017. Action II.2 : Traitement et analyse des radargrammes – Pierre-Bénite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Winiarski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21819,409 +21831,409 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Arnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] CNRS UMR 5023 - ENTPE LEHNA-IPE; CNRS UMR 5600 - EVS; Société EGEOS. 2017, 102 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId529" w:history="1">
+            <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02074967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId530" w:history="1">
+            <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transfert de composés per- et poly-fluorés du sédiment au poisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Babut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId531" w:history="1">
+            <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Desmet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.J.D. Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Labadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] irstea. 2016, pp.75</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId532" w:history="1">
-              <w:r>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId530" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02603445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId534" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique hydro-sédimentaire des annexes fuviatiles et caractérisation de leur capacité d'archivage. OSR2 | Action 4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Bedell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Desmet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId535" w:history="1">
+            <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ovidiu Ursache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] ENTPE; Université de Tours; USGS. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId534" w:history="1">
+            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03750094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId536" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Essais d’écotoxicité et préconisation de gestion de sédiments déposés à terre. OSR2 | Action 4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Perrodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Bedell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId537" w:history="1">
+            <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Rognard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Inglot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] ENTPE. 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId538" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03750099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -22231,185 +22243,185 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution de l'approche sédimentologique à la reconstitution de l'histoire des sols. Définition de traceurs pédologiques et application sur des sédiments lacustres de montagne (Maurienne, Savoie, France).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de la Terre. Université de Savoie, 2008. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId539" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00367597v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution de l’approche sédimentologique à la reconstitution de l' histoire des sols. Définition de traceurs pédologiques et application sur des sédiments lacustres de montagne (Maurienne, Savoie, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Mourier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de la Terre. Université de Savoie, 2008. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId541" w:history="1">
+            <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02815428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId542"/>
+      <w:footerReference w:type="default" r:id="rId544"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -22477,51 +22489,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D6EE3718"/>
+    <w:nsid w:val="A553276E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22708,51 +22720,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/brice-mourier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8881-7346" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862774v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Okba Mostefaoui" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Iannuzzi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Lopez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mignot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gislain Lipeme Kouyi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2024.137087" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109751v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Wazne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Simon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Krause" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Vallier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Marie Dendievel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2025.123433" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05171698v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Carmen Casado-Martinez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago De Oliveira" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lebouil" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t J.D. Ferrari" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2025.109676" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380409v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Arnaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Mourier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Morandi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pi&#233;gay" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.314" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788102v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Riquier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Winiarski" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.177246" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624428v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Eyrolle" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexis Chaboche" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lepage" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Nicoulaud Gouin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Boyer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-64505-7" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04544161v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gislain Lipeme-Kouyi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Polom&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.123882" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769113v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Chastanet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Debret" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gardes" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Sch&#228;fer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Abdou" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.172937" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04493052v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dhivert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pruvost" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Winiarski" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Gasperi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delor-Jestin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.123702" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107957v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Bedell" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gosset" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00244-023-00997-0" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115765v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Di Prima" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gersende Fernandes" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Marras" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Giadrossich" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Stewart" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2023.129527" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943052v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mermillod-Blondin Florian" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourier Brice" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2022.119518" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502266v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Weit" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mourier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Fretaud" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jappgeo.2023.105036" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061255v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Seignemartin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2023.108689" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04303103v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Laible" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Camenen" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Le Coz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pierrefeu" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-023-03470-6" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589353v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Delile" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;&#8208;marie Dendievel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anice Yari" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Masson" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Miege" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.14511" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701428v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Joannin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Capit" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ollivier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bellier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Brossier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2022.104713" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-03794252v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Nam Phuong" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grosbois" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2022.119187" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03816201v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C B&#233;gorre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Dabrin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Mourier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Eyrolle" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2022.108445" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341608v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Grosbois" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Evrard" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Coynel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.149778" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070723v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Vauclin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Noclin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.142900" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256295v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line B&#233;gorre" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Dabrin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Morereau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2021.112775" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147392v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marchand" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s V&#233;nisseau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2021.129889" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02615076v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Evrard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labadie" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-12-1153-2020" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02971683v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2020.106032" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025402v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ancene.2020.100248" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111880v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Barra" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.106256" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02504813v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rapin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Rabiet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malgorzata Grybos" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Deluchat" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-019-07184-6" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399197v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Tena" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-019-02449-6" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928805v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Claval" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cossonnet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ambrosi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvrad.2020.106370" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02504266v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Copard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Patault" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2020.104513" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889560v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Noncent" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Strady" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien N&#233;mery" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Th&#224;nh-Nho" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Herv&#233;" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.105938" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485108v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tena" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Pi&#233;gay" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Seignemartin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barra" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Berger" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2020.107034" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02018741v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Babut" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Desmet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Simonnet-Laprade" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2018.11.008" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282820v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Labadie" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Raux" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2019.07.079" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02018917v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877838v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36904/tsm/201911033" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553057v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Liber" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bichon" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrodin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.07.340" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02149581v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Fremion" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Courtin-Nomade" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lenain" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Annouri" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.06.236" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02006869v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malagorzata Grybos" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Fay" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030563v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Fr&#233;mion" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bordas" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Kestens" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2016.01.023" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-04ZWC6SF-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01328503v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter C. van Metre" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara J. Mahler" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Roux" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.5b03416" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01085335v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Zebracki" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Eyrolle-Boyer" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2014.08.082" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00944281v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2014.01.026" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00942568v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Provot" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2013.526" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00873168v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Oris" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariusz Lamentowicz" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Genries" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blarquez" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10933-013-9680-3" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-SH25D8RM-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00724511v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.C. van Metre" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2012.06.044" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00615505v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sebag" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Balsam" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2011.07.002" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682800v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Fritsch" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Dhivert" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gimbert" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Coeurdassier" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2011.07.035" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00721287v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Carcaillet" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Williamson" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10933-010-9438-0" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-LDW5V1H3-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061557v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bremond" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Radakovitch" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683609348857" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982876v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam A Ali" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2980/16-1-3189" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729908v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Walter" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. M&#233;rot" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2007.07.012" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9B0LHWPB-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00286052v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chauvel" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2008.03.001" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KL4X8WR4-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180486v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustine Ecorse" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Peuble" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181635v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gateuille" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Giraud" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Lelay" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Darmon" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179837v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Laffont" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moiroud" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Henry" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mora" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedjma Salhi" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370866v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05012760v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Martinais" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245525v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizeth Cardoza-Pedroza" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lassabatere" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Volatier" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05082022v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Croiset" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bouzid" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203780v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180403v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865156v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deniz Yilmaz" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faye Waly" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Orange" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Aroui" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-11976" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867968v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Bayard" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04783118v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tassin" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610491v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868860v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guiraud Nathan" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lelay Soline" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Labille" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880057v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845183v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Massardier-Nageotte" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867817v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045956v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867829v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Haverson" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Kelleher" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Kukkola" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04622307v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04533236v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pruvost" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Delor-Jestin" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879891v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868266v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younouss Diallo" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Ramon" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Routhiau Roxane" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Frioux" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865194v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fretaud" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2023.20016" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176789v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868525v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Schneidewind" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iseult Lynch" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-4405" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04139742v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879299v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Diallo" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ramon" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879255v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856341v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majdi Abou Najm" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-2830" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04340810v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865204v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Budzinski" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2023.19552" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-03790696v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Nam Phuong" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-03790667v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Ngoc Nam" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837440v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868444v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Nel" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Drummond" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-1528" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865191v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879493v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Weit" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865901v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaillot" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dessaint" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Monin" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865203v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bossy" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46427/gold2022.11839" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950561v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652670v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878345v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Peteuil" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511455v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Berger" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Sordoillet" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jouffroy-Bapicot" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Girardclos" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Landois" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870166v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837433v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863125v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846178v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709746v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865686v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mermillod-Blondin" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7217421" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837402v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587864v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587902v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613791v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880385v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861930v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837336v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861871v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878317v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-21755" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02569277v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-2205" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04878291v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Berger" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339080v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Eyrolle" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mourier" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Giner" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880311v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887390v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pignol" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arnaud" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ancelin" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augustin" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bernardet" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024631v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01877052v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrette" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Couchoud" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613132v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-J&#233;r&#244;me Rey" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02495646v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chapron" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Chassiot" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Simonneau" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guyrad" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Foucher" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333040v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cerubini" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Di-Giovanni" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787347v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03303506v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Bedell" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825796v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730105v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Montreuil" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198984v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte P&#233;pin-Donat" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lombard" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marcel Dorioz" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Qu&#233;tin" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00202051v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Faivre" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200024v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200443v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815741v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Carcaillet" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245513v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170114v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245532v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879948v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizeth Cardoza" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854117v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustine &#201;corse" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879950v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melina Abdou" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168488v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ollivier" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04879103v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880584v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865197v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoe Iannuzzi" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Polome" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2023.19577" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04134224v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Andanson" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Anquetil" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haroutioun Askanian" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03721211v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Kieffer" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Troudet" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03685975v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854041v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854014v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720560v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca R&#228;pple" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954093v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Eyrolle" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610084v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Begorre" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Grisot" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043105v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607692v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Masson" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dherret" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616109v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre St&#233;phan" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Develle" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sabatier" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816974v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869998v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Belletti" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Camenen" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58165/osr-g471" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094395v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Persat" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lopes" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602392v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Persat" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Desmet" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lopes" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309529v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lopes Galasso" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01876556v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Deline" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02623661v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1594/PANGAEA.904277" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061245v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05328444v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652867v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Donze" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652887v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653283v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760788v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03750524v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Laplace" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03750743v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949310v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374937v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Edouard Cossart" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fressard" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Chaize" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Christol" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933360v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293125v2" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290964v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Ghaffarian Roohparvar" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749258v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700791v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700730v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749251v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074967v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603445v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bertin" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.J.D. Ferrari" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Labadie" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03750094v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidiu Ursache" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03750099v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Rognard" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Inglot" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00367597v2" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02815428v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/brice-mourier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8881-7346" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862774v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Okba Mostefaoui" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Iannuzzi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Lopez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mignot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gislain Lipeme Kouyi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2024.137087" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109751v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Wazne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Simon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Krause" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Vallier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-Marie Dendievel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2025.123433" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05171698v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Carmen Casado-Martinez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago De Oliveira" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lebouil" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t J.D. Ferrari" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2025.109676" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380409v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Arnaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Mourier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Morandi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pi&#233;gay" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.314" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788102v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Riquier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Winiarski" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.177246" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04544161v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gislain Lipeme-Kouyi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Polom&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.123882" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624428v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Eyrolle" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexis Chaboche" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lepage" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Nicoulaud Gouin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Boyer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-64505-7" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769113v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Chastanet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Debret" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gardes" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Sch&#228;fer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Abdou" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.172937" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04493052v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dhivert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pruvost" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Winiarski" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Gasperi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delor-Jestin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.123702" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115765v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Di Prima" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gersende Fernandes" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Marras" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Giadrossich" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Stewart" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2023.129527" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107957v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Bedell" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gosset" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00244-023-00997-0" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04303103v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Laible" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Camenen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Le Coz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pierrefeu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-023-03470-6" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04502266v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Weit" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Mourier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Fretaud" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jappgeo.2023.105036" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061255v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Seignemartin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2023.108689" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943052v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mermillod-Blondin Florian" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourier Brice" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2022.119518" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589353v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Delile" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;&#8208;marie Dendievel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anice Yari" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Masson" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Miege" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.14511" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701428v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Joannin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Capit" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ollivier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bellier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Brossier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2022.104713" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-03794252v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Nam Phuong" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grosbois" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2022.119187" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03816201v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C B&#233;gorre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Dabrin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Mourier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Eyrolle" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2022.108445" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341608v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Grosbois" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Evrard" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Coynel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.149778" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070723v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophia Vauclin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Noclin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.142900" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256295v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line B&#233;gorre" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Dabrin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Morereau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2021.112775" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147392v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marchand" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s V&#233;nisseau" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2021.129889" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02615076v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Evrard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labadie" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-12-1153-2020" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111880v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Barra" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.106256" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025402v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ancene.2020.100248" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02971683v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2020.106032" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02504813v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rapin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Rabiet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malgorzata Grybos" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Deluchat" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-019-07184-6" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399197v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Tena" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11368-019-02449-6" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928805v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Claval" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cossonnet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ambrosi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvrad.2020.106370" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02504266v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Copard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Patault" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2020.104513" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485108v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tena" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Pi&#233;gay" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Seignemartin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barra" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Berger" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2020.107034" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889560v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Noncent" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Strady" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien N&#233;mery" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Th&#224;nh-Nho" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Herv&#233;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.105938" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02018741v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Babut" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Desmet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Simonnet-Laprade" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2018.11.008" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282820v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Labadie" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Raux" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2019.07.079" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02018917v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877838v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36904/tsm/201911033" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553057v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Liber" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bichon" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrodin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.07.340" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02006869v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malagorzata Grybos" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Fay" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02149581v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Fremion" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Courtin-Nomade" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lenain" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Annouri" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.06.236" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-60N3WCXQ-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030563v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Fr&#233;mion" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bordas" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Kestens" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2016.01.023" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-04ZWC6SF-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01328503v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter C. van Metre" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara J. Mahler" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Roux" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.5b03416" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01085335v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Zebracki" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Eyrolle-Boyer" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2014.08.082" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00944281v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2014.01.026" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00942568v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Provot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2013.526" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00873168v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Oris" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariusz Lamentowicz" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Genries" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blarquez" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10933-013-9680-3" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-SH25D8RM-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00724511v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.C. van Metre" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2012.06.044" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682800v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Fritsch" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Dhivert" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gimbert" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Coeurdassier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2011.07.035" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00615505v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sebag" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Balsam" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2011.07.002" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00721287v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Carcaillet" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Williamson" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10933-010-9438-0" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-LDW5V1H3-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061557v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bremond" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Radakovitch" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683609348857" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982876v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam A Ali" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2980/16-1-3189" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00729908v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Walter" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. M&#233;rot" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2007.07.012" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9B0LHWPB-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00286052v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chauvel" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2008.03.001" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KL4X8WR4-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05179837v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Laffont" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moiroud" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Henry" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mora" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedjma Salhi" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181635v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gateuille" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Giraud" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Lelay" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Darmon" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180486v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustine Ecorse" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Peuble" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370866v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245525v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizeth Cardoza-Pedroza" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lassabatere" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Volatier" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-05082022v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Croiset" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bouzid" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Pruvost" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05012760v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Martinais" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203780v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05180403v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867968v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Bayard" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865156v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deniz Yilmaz" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faye Waly" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Orange" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Aroui" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-11976" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610491v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04783118v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tassin" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880057v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845183v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Massardier-Nageotte" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868860v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guiraud Nathan" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lelay Soline" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Labille" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045956v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867817v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867829v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Haverson" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Kelleher" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Kukkola" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04533236v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pruvost" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Delor-Jestin" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04622307v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879891v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865194v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fretaud" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2023.20016" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868266v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younouss Diallo" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Ramon" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Routhiau Roxane" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Frioux" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176789v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868525v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Schneidewind" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iseult Lynch" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-4405" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879255v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879299v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Diallo" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ramon" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04139742v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856341v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majdi Abou Najm" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-2830" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04340810v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865204v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Budzinski" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2023.19552" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-03790696v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Nam Phuong" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-03790667v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong Ngoc Nam" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837440v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865191v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879493v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Weit" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04868444v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Nel" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Drummond" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-1528" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950561v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865901v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaillot" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dessaint" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Monin" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865203v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bossy" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46427/gold2022.11839" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878345v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Peteuil" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837433v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652670v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870166v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511455v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Berger" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Sordoillet" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jouffroy-Bapicot" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Girardclos" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Landois" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863125v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709746v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846178v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865686v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Mermillod-Blondin" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7217421" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837402v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587864v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587902v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613791v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880385v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861930v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837336v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861871v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878317v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-21755" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02569277v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-2205" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04878291v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Berger" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339080v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Eyrolle" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mourier" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Giner" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880311v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01887390v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pignol" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arnaud" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ancelin" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augustin" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bernardet" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02024631v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01877052v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrette" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Couchoud" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613132v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-J&#233;r&#244;me Rey" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02495646v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Chapron" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Chassiot" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Simonneau" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guyrad" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Foucher" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333040v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cerubini" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Di-Giovanni" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787347v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03303506v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Bedell" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825796v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00730105v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Montreuil" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198984v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte P&#233;pin-Donat" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lombard" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marcel Dorioz" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Qu&#233;tin" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00202051v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Faivre" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200024v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00200443v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815741v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Carcaillet" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245513v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170114v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245532v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854117v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustine &#201;corse" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879948v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizeth Cardoza" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879950v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melina Abdou" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168488v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ollivier" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880584v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04879103v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865197v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoe Iannuzzi" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Polome" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2023.19577" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04134224v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Andanson" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Anquetil" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haroutioun Askanian" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03721211v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Kieffer" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Troudet" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03685975v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720560v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca R&#228;pple" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854041v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854014v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954093v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Eyrolle" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610084v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Begorre" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Grisot" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043105v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607692v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Masson" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dherret" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616109v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre St&#233;phan" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Develle" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sabatier" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816974v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869998v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Belletti" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Camenen" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58165/osr-g471" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602392v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Persat" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Desmet" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lopes" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094395v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Persat" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lopes" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309529v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Lopes Galasso" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01876556v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Deline" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02623661v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1594/PANGAEA.904277" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061245v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05328444v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652867v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Donze" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652887v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653283v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760788v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03750524v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Laplace" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03750743v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03949310v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374937v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Edouard Cossart" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fressard" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Chaize" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Christol" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933360v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293125v2" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290964v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Ghaffarian Roohparvar" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749258v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700791v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700730v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03749251v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074967v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603445v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bertin" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.J.D. Ferrari" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Labadie" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03750094v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidiu Ursache" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03750099v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Rognard" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Inglot" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00367597v2" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02815428v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>