--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -502,1667 +502,1667 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05532280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of Ankle-GO to Assess and Predict Return to Sport After Lateral Ankle Reconstruction for Chronic Ankle Instability</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gauthier Rauline</w:t>
+                <w:t xml:space="preserve">Targeting visual-sensory and cognitive impairments following lateral ankle sprains: a practical framework for functional assessment across the return-to-sport continuum—Part 1. Sensory reweighting and cognitive impairments: what are we really talking about and why clinicians should consider central alterations in return to sport criteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Picot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Maricot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Fourchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alli Gokeler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Tassignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Orthopaedic Journal of Sports Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/23259671251322903⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Sports and Active Living</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fspor.2025.1668224⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05003252v1</w:t>
+                <w:t xml:space="preserve">hal-05349932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeting visual-sensory and cognitive impairments following lateral ankle sprains: a practical framework for functional assessment across the return-to-sport continuum. Part 2: from theory to practice: recommendations for optimizing return to sport after lateral ankle sprains using cognitive and visual-sensory assessments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Indicators of Return to Sports at Preinjury Levels Following Surgery for Chronic Ankle Instability: Comparison of ALR-RSI, AOFAS, and Karlsson Scores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Fares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Picot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Bruno Tassignon</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronny Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadi Nader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Bohu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Sports and Active Living</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fspor.2025.1702858⟩</w:t>
+              <w:t xml:space="preserve">Orthopaedic Journal of Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/23259671241302078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05414894v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04888936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determinants of return to performance and recovery time in elite alpine skiers after ACL surgery</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florian Monjo</w:t>
+                <w:t xml:space="preserve">Use of Ankle-GO to Assess and Predict Return to Sport After Lateral Ankle Reconstruction for Chronic Ankle Instability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kinan Freiha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad K Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénie Valentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Rauline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Knee Surgery, Sports Traumatology, Arthroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ksa.70220⟩</w:t>
+              <w:t xml:space="preserve">Orthopaedic Journal of Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/23259671251322903⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05414898v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05003252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement et validation du premier score objectif de retour au sport après entorse de cheville : l’Ankle-GO™ score</w:t>
+                <w:t xml:space="preserve">Targeting visual-sensory and cognitive impairments following lateral ankle sprains: a practical framework for functional assessment across the return-to-sport continuum. Part 2: from theory to practice: recommendations for optimizing return to sport after lateral ankle sprains using cognitive and visual-sensory assessments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Picot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ronny Lopes</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Maricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Fourchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alli Gokeler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Tassignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kinésithérapie, la Revue</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.kine.2024.12.120⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Sports and Active Living</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fspor.2025.1702858⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04934787v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05414894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ankle scientific knowledge is not translated into physiotherapy practice: a thematic analysis of French-speaking physiotherapists clinical behaviors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Determinants of return to performance and recovery time in elite alpine skiers after ACL surgery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Bernat-Salles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Bulle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Tourillon</w:t>
+                <w:t xml:space="preserve">Bertrand Sonnery-Cottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eamonn Delahunt</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Brice Picot</w:t>
+                <w:t xml:space="preserve">Jean‐marie Fayard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Massamba M’baye</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Florian Monjo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Athletic Training</w:t>
+              <w:t xml:space="preserve">Knee Surgery, Sports Traumatology, Arthroscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4085/1062-6050-0575.23⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ksa.70220⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04940636v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05414898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indicators of Return to Sports at Preinjury Levels Following Surgery for Chronic Ankle Instability: Comparison of ALR-RSI, AOFAS, and Karlsson Scores</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Développement et validation du premier score objectif de retour au sport après entorse de cheville : l’Ankle-GO™ score</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Picot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronny Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Fourchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hardy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Orthopaedic Journal of Sports Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/23259671241302078⟩</w:t>
+              <w:t xml:space="preserve">Kinésithérapie, la Revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.kine.2024.12.120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04888936v1</w:t>
+                <w:t xml:space="preserve">hal-04934787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancing Ankle Research and Practice: Insights From the 2024 International Ankle Symposium</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ankle scientific knowledge is not translated into physiotherapy practice: a thematic analysis of French-speaking physiotherapists clinical behaviors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Tourillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eamonn Delahunt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Fourchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Picot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massamba M’baye</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Brice Picot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Athletic Training</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 60 (8), pp.622-623. </w:t>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4085/1062-6050-1004.25⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4085/1062-6050-0575.23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05349934v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04940636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Postural control, proprioceptive acuity, and proprioceptive weighting in chronic ankle instability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Telma Sagnard</w:t>
+                <w:t xml:space="preserve">Advancing Ankle Research and Practice: Insights From the 2024 International Ankle Symposium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Fourchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Tourillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massamba M’baye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Picot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2025.03.006⟩</w:t>
+              <w:t xml:space="preserve">Journal of Athletic Training</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 60 (8), pp.622-623. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4085/1062-6050-1004.25⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04994684v1</w:t>
+                <w:t xml:space="preserve">hal-05349934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeting visual-sensory and cognitive impairments following lateral ankle sprains: a practical framework for functional assessment across the return-to-sport continuum—Part 1. Sensory reweighting and cognitive impairments: what are we really talking about and why clinicians should consider central alterations in return to sport criteria</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Postural control, proprioceptive acuity, and proprioceptive weighting in chronic ankle instability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Telma Sagnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Picot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Sports and Active Living</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 7, </w:t>
+              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fspor.2025.1668224⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2025.03.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05349932v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04994684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low Ankle-GO Score While Returning to Sport After Lateral Ankle Sprain Leads to a 9-fold Increased Risk of Recurrence: A Two-year Prospective Cohort Study</w:t>
+                <w:t xml:space="preserve">Ankle-GO score is associated with the probability of becoming coper after lateral ankle sprain: a 1-year prospective cohort study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Picot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Fourchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Rauline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinan Freiha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Wikstrom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sports medicine - Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40798-024-00693-w⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, bjsports-2024-108361. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bjsports-2024-108361⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04934856v1</w:t>
+                <w:t xml:space="preserve">hal-04732239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impaired Symmetry in Single-Leg Vertical Jump and Drop Jump Performance 7 Months After ACL Reconstruction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Quentin Giacomazzo</w:t>
+                <w:t xml:space="preserve">Influence of exercise-induced hamstrings fatigue on proprioceptive reweighting strategies and postural performance in bipedal stance in recreational athletes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Telma Sagnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Picot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Benoit Pairot de Fontenay</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Orthopaedic Journal of Sports Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/23259671241263794⟩</w:t>
+              <w:t xml:space="preserve">Human Movement Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 98, pp.103298. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.humov.2024.103298⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04934832v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04752387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ankle-GO score is associated with the probability of becoming coper after lateral ankle sprain: a 1-year prospective cohort study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impaired Symmetry in Single-Leg Vertical Jump and Drop Jump Performance 7 Months After ACL Reconstruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Giacomazzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Picot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Kinan Freiha</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Chamu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Samozino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erik Wikstrom</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benoit Pairot de Fontenay</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Sports Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, bjsports-2024-108361. </w:t>
+              <w:t xml:space="preserve">Orthopaedic Journal of Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (8), </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/bjsports-2024-108361⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/23259671241263794⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04732239v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04934832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of exercise-induced hamstrings fatigue on proprioceptive reweighting strategies and postural performance in bipedal stance in recreational athletes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Low Ankle-GO Score While Returning to Sport After Lateral Ankle Sprain Leads to a 9-fold Increased Risk of Recurrence: A Two-year Prospective Cohort Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Picot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Fourchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronny Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Rauline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kinan Freiha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Movement Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 98, pp.103298. </w:t>
+              <w:t xml:space="preserve">Sports medicine - Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10, </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.humov.2024.103298⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40798-024-00693-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04752387v1</w:t>
+                <w:t xml:space="preserve">hal-04934856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lack of Proprioceptive Strategy Modulation Leads to At-Risk Biomechanics for Anterior Cruciate Ligament in Healthy Athletes</w:t>
               </w:r>
@@ -2187,51 +2187,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Lempereur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rémy-Néris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2291,77 +2291,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proprioceptive Reweighting and Postural Control are Impaired Among Elite Athletes Following Anterior Cruciate Ligament Reconstruction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Attalin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Telma Sagnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Laboute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rémy-Néris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2540,702 +2540,702 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04934844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and Validation of the Ankle-GO Score for Discriminating and Predicting Return-to-Sport Outcomes After Lateral Ankle Sprain</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anterior Cruciate Ligament Rehabilitation for the 10- to 18-Year-Old Adolescent Athlete: Practice Guidelines Based on International Delphi Consensus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicky van Melick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martijn Dietvorst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maaike I a M van Oort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remco L A Claessens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rob P A Janssen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sports Health: A Multidisciplinary Approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/19417381231183647⟩</w:t>
+              <w:t xml:space="preserve">Orthopaedic Journal of Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/23259671231172454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04880769v1</w:t>
+                <w:t xml:space="preserve">hal-04940651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anterior Cruciate Ligament Rehabilitation for the 10- to 18-Year-Old Adolescent Athlete: Practice Guidelines Based on International Delphi Consensus</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Development and Validation of the Ankle-GO Score for Discriminating and Predicting Return-to-Sport Outcomes After Lateral Ankle Sprain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Picot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronny Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Rauline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Fourchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Hardy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Orthopaedic Journal of Sports Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 11 (7), </w:t>
+              <w:t xml:space="preserve">Sports Health: A Multidisciplinary Approach</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16 (1), pp.47 - 57. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/23259671231172454⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/19417381231183647⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04940651v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04880769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validity and reliability of video analysis to evaluate ankle proprioceptive reintegration during postural control</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Females exhibit lower limb biomechanics associated with an increased risk of ACL injury during a handball-specific side stepping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeanne Dury</w:t>
+                <w:t xml:space="preserve">B. Picot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Néron</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">E. Falcoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Rémy-Néris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Guegan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lempereur</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2021.10.022⟩</w:t>
+              <w:t xml:space="preserve">Science &amp; Sports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 37 (4), pp.276-285. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scispo.2021.09.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03556856v1</w:t>
+                <w:t xml:space="preserve">hal-05338990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Females exhibit lower limb biomechanics associated with an increased risk of ACL injury during a handball-specific side stepping</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Lempereur</w:t>
+                <w:t xml:space="preserve">Proprioceptive postural control strategies differ among non-injured athletes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Picot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rémy-Néris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science &amp; Sports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scispo.2021.09.002⟩</w:t>
+              <w:t xml:space="preserve">Neuroscience Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 769, pp.136366. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neulet.2021.136366⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05338990v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03556830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proprioceptive postural control strategies differ among non-injured athletes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Validity and reliability of video analysis to evaluate ankle proprioceptive reintegration during postural control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Picot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Dury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Néron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Samozino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 769, pp.136366. </w:t>
+              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 91, pp.155-160. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neulet.2021.136366⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2021.10.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03556830v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03556856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of dynamic postural control of the lower limb in a population of high-level healthy handball players. Effect of laterality and evolution during the season</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delanaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Samozino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Terrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3567,51 +3567,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532278v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Hardy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tassery" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Allaire" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad K Moussa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fourchet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/03635465251410554" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465855v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Saliba" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Grimaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fontanier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Picot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Khiami" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jeo2.70644" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532280v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kinan Freiha" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronny Lopes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Valentin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Rauline" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ksa.70296" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003252v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23259671251322903" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414894v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Maricot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alli Gokeler" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tassignon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2025.1702858" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414898v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Bernat-Salles" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Bulle" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Sonnery-Cottet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;marie Fayard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Monjo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ksa.70220" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934787v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.kine.2024.12.120" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940636v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tourillon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eamonn Delahunt" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massamba M&#8217;baye" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4085/1062-6050-0575.23" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888936v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Fares" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Nader" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Bohu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23259671241302078" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349934v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4085/1062-6050-1004.25" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994684v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Telma Sagnard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Forestier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2025.03.006" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349932v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2025.1668224" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934856v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40798-024-00693-w" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934832v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Giacomazzo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chamu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Samozino" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Pairot de Fontenay" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23259671241263794" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732239v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Wikstrom" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bjsports-2024-108361" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752387v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2024.103298" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940689v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lempereur" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Morel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier R&#233;my-N&#233;ris" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000003378" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783039v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Attalin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Laboute" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26603/001c.124802" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934844v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Haidar" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jeo2.12073" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880769v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19417381231183647" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940651v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicky van Melick" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martijn Dietvorst" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maaike I a M van Oort" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remco L A Claessens" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob P A Janssen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23259671231172454" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556856v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Dury" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume N&#233;ron" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2021.10.022" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05338990v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Picot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Falcoz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. R&#233;my-N&#233;ris" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guegan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lempereur" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2021.09.002" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556830v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2021.136366" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05338174v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Delanaud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Terrier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.kine.2021.02.011" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04095618v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022BRES0058" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532278v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Hardy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tassery" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Allaire" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad K Moussa" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fourchet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/03635465251410554" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465855v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Saliba" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Grimaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fontanier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Picot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Khiami" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jeo2.70644" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532280v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kinan Freiha" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronny Lopes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Valentin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Rauline" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ksa.70296" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349932v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Maricot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alli Gokeler" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tassignon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2025.1668224" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888936v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Fares" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Nader" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Bohu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23259671241302078" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003252v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23259671251322903" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414894v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2025.1702858" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414898v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Bernat-Salles" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Bulle" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Sonnery-Cottet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;marie Fayard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Monjo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ksa.70220" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934787v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.kine.2024.12.120" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940636v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tourillon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eamonn Delahunt" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massamba M&#8217;baye" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4085/1062-6050-0575.23" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349934v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4085/1062-6050-1004.25" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994684v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Telma Sagnard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Forestier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2025.03.006" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732239v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Wikstrom" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bjsports-2024-108361" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752387v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2024.103298" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934832v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Giacomazzo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chamu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Samozino" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Pairot de Fontenay" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23259671241263794" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934856v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40798-024-00693-w" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940689v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lempereur" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Morel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier R&#233;my-N&#233;ris" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000003378" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783039v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Attalin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Laboute" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26603/001c.124802" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934844v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Haidar" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jeo2.12073" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940651v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicky van Melick" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martijn Dietvorst" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maaike I a M van Oort" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remco L A Claessens" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob P A Janssen" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23259671231172454" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880769v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19417381231183647" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05338990v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Picot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Falcoz" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. R&#233;my-N&#233;ris" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guegan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lempereur" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2021.09.002" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556830v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2021.136366" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556856v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Dury" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume N&#233;ron" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2021.10.022" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05338174v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Delanaud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Terrier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.kine.2021.02.011" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04095618v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022BRES0058" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>