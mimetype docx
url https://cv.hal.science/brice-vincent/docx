--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:106.66666666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Brice Vincent </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Royal bronzes of Angkor, an art of the divine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baptiste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Zéphir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orientations -Hong Kong-</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 56 (2), pp.87-93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inventaire des indications de direction cardinale du Cambodge ancien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Clouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Soutif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Ecole française d'Extrême-Orient</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110, pp.289-336</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04992980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary research on the Royal Palace bronze workshop of Angkor Thom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Polkinghorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Preah Nokor - Journal of Angkor Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1, pp.49-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03626398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An integrated palaeoenvironmental record of Early Modern occupancy and land use within Angkor Thom, Angkor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tegan Hall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Penny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Polkinghorne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 251, pp.106710. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2020.106710⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03138427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of bronze workshops using p-XRF and ICP-MS in Angkor Thom, Cambodia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Little</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microscopy and Microanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 27 (S1), pp.2554-2555. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1431927621009089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Siksācakr : Journal of Cambodia Reasearch</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15-16, pp.5-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cuivre et ses alliages : fondre pour le roi au temps d’Angkor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 578, pp.42-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angkor. Au-delà des dieux et des rois. pour une archéologie de la matière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Desbat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 578, pp.30-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’École française d’Extrême-Orient. Un siècle d’histoire et de recherches archéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pottier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 578, p. 34-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life goes on: Archaeobotanical investigations of diet and ritual at Angkor Thom, Cambodia (14th–15th centuries CE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Cobo Castillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Polkinghorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tan Boun Suy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorian Fuller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Holocene</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 28 (6), pp.930-944. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0959683617752841⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02477429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Indonesian Bronze-Casting Tradition: Technical Investigations on Thirty-Nine Indonesian Bronze Statues (7th-11th c.) from the Musée National des Arts Asiatiques - Guimet, Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Mechling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baptiste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Ecole française d'Extrême-Orient</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 104 (1), pp.63 - 139. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/befeo.2018.6270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02477433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU ou l’archéométallurgie à Angkor Thom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La lettre de l'AFRASE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, pp.32-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angkorian Founders and Bronze Casting Skills: First Technical Investigation of the West Mebon Visnu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Azéma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baptiste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane Bassett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca G Bewer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Boulton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Ecole française d'Extrême-Orient</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 104 (1), pp.303 - 341. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/befeo.2018.6276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02477437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trans-border archaeology: Vat Phou and Angkor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Polkinghorne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Focus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éléments pour une nouvelle étude des bronzes angkoriens du Mahāmuni Phaya de Mandalay (Birmanie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'AEFEK</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02477446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In memoriam : Michel Jacq-Hergoualc’h (1943-2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La lettre de l'AFRASE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.9-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Casting for the King: The Royal Palace bronze workshop of Angkor Thom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Polkinghorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Ecole française d'Extrême-Orient</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 100 (1), pp.327 - 358. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/befeo.2014.6179⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01766844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un vase khmer inscrit de la fin du XIe siècle (K. 1296)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlo Griffiths</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts Asiatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 69, pp.115-128. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/arasi.2014.1871⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02103868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mobilier en bronze du palais royal d’Angkor Thom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aséanie, Sciences humaines en Asie du Sud-Est</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.211-277</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelle étude du Lokeśvara khmer du Musée national de Colombo (Sri Lanka)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts Asiatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 68 (1), pp.27 - 38. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/arasi.2013.1810⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02477458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'about inscrit du musée national du Cambodge (K. 943) : nouveaux éléments sur le bouddhisme tantrique à l'époque angkorienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts Asiatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 65 (1), pp.133-158. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/arasi.2010.1710⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02477470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'épée inscrite de Boston (K. 1048, 1040-41 de notre ère)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerdi Gerschheimer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts Asiatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 65 (1), pp.109 - 120. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/arasi.2010.1708⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02477464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Documentary research and archaeology, a case study: the D11 building of Banteay Kdei temple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renaissance culturelle du Cambodge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.200-217</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ironmaking activities in the Angkorian kingdom: characterizing (geo)resources for the knowledge of the metallurgical heritage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Foy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Vega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitch Hendrickson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INTERNATIONAL CONFERENCE ON EARTH RESOURCES AND GEO-ENVIRONMENT TECHNOLOGY 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institute of Technology of Cambodia, Dec 2024, Phnom Penh, Cambodia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iron exchange networks in the Khmer kingdom between the 9th and the 15th centuries (Angkor, Cambodia). A review of the IRANGKOR project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitch Hendrickson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Vega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on the Beginnings of the Use of Metals and Alloys (BUMA X)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Bangkok, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03924508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First study of Angkorian copper production: Trapeang Choan Sanlong site, Preah Vihear Province, Cambodia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Clouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IPPA 2022 - 22nd Congress of IPPA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Indo-Pacifique Prehistory Association, Nov 2022, Chiang Mai, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04009278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local copper production in Angkorian Cambodia: the Chhaep mining district, Preah Vihear province</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Clouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on the Beginnings of the Use of Metals and Alloys (BUMA X)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Bangkok, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03924385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An original contribution to document some Khmer bronze statues : analysis and radiocarbon dating of their iron backbone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Vega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forrest Mcgill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th Radiocarbon - 10th Radiocarbon &amp; Archaeology International Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Zurich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03920904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production and distribution of iron in the Angkor kingdom: evolution of technical practices and networks between smelters and consumers (9th -15th c).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitch Hendrickson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Vega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pira Venunan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IPPA 2022 - 22nd Congress of IPPA: Indo-Pacific Prehistory Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Chiang Mai, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03925473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FORGANGKOR : Forger pour le roi au temps d’Angkor : première étude pluridisciplinaire d’un artisanat spécialisé au service du pouvoir royal (Cambodge, IXe-XVe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thalie Law</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles SF2M</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03508766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production and trade of iron in the Khmer Empire (9th-15th CE): a combination of technological, chronological and sourcing analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitch Hendrickson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Vega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th international conference "Archaeometallurgy in Europe"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Miskolc, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02416608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport des datations 14C des objets en fer étudiés dans le cadre du projet IRANGKOR - Le fer dans l’empire Khmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pascal Dumoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Vega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitch Hendrickson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du RÉseau Francophone du Radiocarbone : Analyses et Interprétation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02575633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La datation directe d’alliages ferreux par le carbone 14 : les renforts architecturaux et les armatures de statues en bronze étudiés dans le cadre du projet ANR IRANGKOR, le fer à Angkor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitch Hendrickson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pascal Dumoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22ème Colloque du GMPCA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02403583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental reconstitution of an angkorian shaft furnace: archaeological and archeometric issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Bauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Dumoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas F. Josso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Archaeometallurgy ICA II. Contributions of Experimental Archaeology to Excavation and Material Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Paris et Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02416603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IRANGKOR project: production, trade and consumption of iron in the Khmer Empire, Cambodia (9th to 15th CE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitch Hendrickson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Vega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pira Venunan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st Congress of the Indo-pacific Prehistory Association (IPPA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Hue, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02573258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU – Fondre pour le roi : étude archéométallurgique de l’atelier de bronziers du palais royal d’Angkor Thom. Résultats préliminaires des campagnes 2016 et 2017 (Autorité nationale APSARA & École française d’Extrême-Orient, 2016-2019)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comité international de coordination pour la sauvegarde et le développement du site historique d’Angkor. 30e comité technique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNESCO, 2018, Phnom Penh, Cambodge. pp.61-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fondre pour le roi : étude archéométallurgique de l’atelier de bronziers du palais royal d’Angkor Thom (Autorité nationale APSARA / École française d’Extrême-Orient, 2016-2019)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comité international de coordination pour la sauvegarde et le développement du site historique d’Angkor. 23ecomité technique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNESCO, 2017, Phnom Penh, Cambodge. pp.14-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IRANGKOR: Production, circulation et consommation du métal dans l'Empire khmer, Cambodge (IXe -XIVe s.) : une approche interdisciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitch Hendrickson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Disser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Vega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International du GMPCA - GROUPE DES METHODES PLURIDISCIPLINAIRES CONTRIBUANT A L'ARCHEOLOGIE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02331844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IRANGKOR. Le fer à Angkor. Production, circulation et consommation du métal dans l’Empire khmer, Cambodge (IXe -XIVe s.) : une approche interdisciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitch Hendrickson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Disser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Vega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIème colloque du GMPCA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GMPCA, Apr 2017, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métallurgies du Cambodge ancien et moderne (1re partie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Siksācakr : Journal of Cambodia Reasearch</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15-16, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bronzes royaux d'Angkor. Un art du divin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baptiste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Zéphir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Musée national des arts asiatiques - Guimet; In Fine éditions d'art, 2024, 9782382032220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les origines protohistoriques de la métallurgie du cuivre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Le Meur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonetra Seng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bronzes royaux d'Angkor. Un art du divin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée national des arts asiatiques – Guimet; In Fine éditions d’art, pp.27-29, 2024, 9782382032220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phnom Bayang : la colline de Shiva et les richesses du dieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socheat Chea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bronzes royaux d'Angkor. Un art du divin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée national des arts asiatiques – Guimet; In Fine éditions d’art, pp.53-57, 2024, 9782382032220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux sources du cuivre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Clouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Rostan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bronzes royaux d'Angkor. Un art du divin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée national des arts asiatiques – Guimet; In Fine éditions d’art, pp.23-25, 2024, 9782382032220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un tour de force technique au regard de l’examen et de l’analyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bronzes royaux d'Angkor. Un art du divin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée national des arts asiatiques – Guimet; In Fine éditions d’art, pp.280-287, 2024, 9782382032220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La statue et le temple-îlot : récit ancien et données nouvelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cunin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baptiste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bronzes royaux d'Angkor. Un art du divin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée national des arts asiatiques – Guimet; In Fine éditions d’art, pp.260-275, 2024, 9782382032220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fonderie royale d’Angkor : au plus près des artisans et des techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sreyneath Meas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tola Eng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bronzes royaux d'Angkor. Un art du divin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée national des arts asiatiques – Guimet; In Fine éditions d'art, pp.85-89, 2024, 9782382032220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cuivre, bronze et autres alliages dans le Cambodge angkorien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bronzes royaux d'Angkor. Un art du divin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée national des arts asiatiques – Guimet; In Fine éditions d’art, pp.96-97, 2024, 9782382032220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baptiste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Zéphir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bronzes royaux d'Angkor. Un art du divin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée national des arts asiatiques - Guimet; In Fine éditions d'art, pp.17-19, 2024, 9782382032220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Postface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bernard Dupaigne. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les maîtres du fer et du feu dans le royaume d’Angkor</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS éditions, pp.431-433, 2016, 978-2271089175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khmer bronze metallurgy during the Angkorian period (twelfth to thirteenth centuries): technical investigation of a new selected corpus of artifacts from the National Museum of Cambodia, Phnom Penh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Jett</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific research on ancient Asian metallurgy: 5th Forbes Symposium at the Freer Gallery of Art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.124-151, 2012, 978-1-904982-72-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angkor : percer les secrets des chefs-d’œuvre de bronze khmers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.64628/AAK.gx346jpdh⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU. Fondre pour le roi. Aux sources du cuivre d’Angkor. Ministère de la Culture et des Beaux-Arts du Cambodge, Autorité nationale APSARA & École française d’Extrême-Orient. Rapport d’activité (2023-2024). Bilan quadriennal (2021-2024)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socheat Chea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Clouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tola Eng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École française d'Extrême-Orient. 2024, 82 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05267642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU. Fondre pour le roi. Aux sources du cuivre d’Angkor. Ministère de la Culture et des Beaux-Arts du Cambodge, Autorité nationale APSARA & École française d’Extrême-Orient. Rapport d’activité (2022-2023)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socheat Chea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Clouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarrad Kowlessar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École française d'Extrême-Orient. 2023, 60 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05267652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude du trésor de Nong Hua Thong. Mission préparatoire, Savannakhet, 18-20 octobre 2022. Rapport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École française d'Extrême-Orient. 2023, 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05266596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROJET CHAMPA. Préservation et mise en valeur du patrimoine et développement de l’attractivité territoriale de Champassak et Savannakhet. Rapport d’exécution technique et financière synthétique. Année 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Le Maux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Hawixbrock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Nauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EFEO - École française d'Extrême-Orient. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04993353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Chhaep Mining and Metallurgical Complex (CMMC), Preah Vihear province, Cambodia: A unique heritage site in Southeast Asia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École française d'Extrême-Orient. 2023, 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05266601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU. Fondre pour le roi. Aux sources du cuivre d’Angkor. Ministère de la Culture et des Beaux-Arts du Cambodge, Autorité nationale APSARA &amp; École française d’Extrême-Orient. Rapport d’activité (2021-2022)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Clouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Longelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École française d'Extrême-Orient. 2022, 62 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05267679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROJET CHAMPA. Préservation et mise en valeur du patrimoine et développement de l’attractivité territoriale de Champassak et Savannakhet. Rapport d’exécution technique et financière synthétique. Année 2021.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Le Maux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Hawixbrock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Nauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damian Evans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École française d'Extrême-Orient. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03982378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU – Aux sources du cuivre d’Angkor. Archaeological and archaeometallurgical study of Angkorian copper mines, Chhaep, Preah Vihear province.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Clouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ecole Française d'Extrême-Orient (EFEO). 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03924417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROJET CHAMPA. Préservation et mise en valeur du patrimoine et développement de l’attractivité territoriale de Champassak et Savannakhet. Rapport d’exécution technique et financière synthétique. Année 2020.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Le Maux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Hawixbrock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Nauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damian Evans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Ecole française d'Extrême-Orient; AFD. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03629246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU. Fondre pour le roi. Aux sources du cuivre d’Angkor. Ministère de la Culture et des Beaux-Arts du Cambodge, Autorité nationale APSARA &amp; École française d’Extrême-Orient. Rapport d’activité (2020-2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Clouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranet Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thalie Law</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] École française d'Extrême-Orient. 2021, 81 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03513084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU. Fondre pour le roi : étude archéométallurgique de l’atelier de bronziers du palais royal d’Angkor Thom. Rapport d’activité (2019–2020). Bilan préliminaire (2016-2020). Nouveau quadriennal (2021-2024)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Ecole française d'Extrême-Orient; ASPARA. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03138450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU – Fondre pour le roi : étude archéométallurgique de l’atelier de bronziers du palais royal d’Angkor Thom. Résultats préliminaires de la campagne 2019 (Autorité nationale APSARA et École française d’Extrême-Orient, 2016-2019)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UNESCO. Comité international de coordination pour la sauvegarde et le développement du site historique d’Angkor. 33e comité technique. 2020, pp.66-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05267899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU – Fondre pour le roi : étude archéométallurgique de l’atelier de bronziers du palais royal d’Angkor Thom par l’Autorité nationale APSARA et l’École française d’Extrême-Orient, 2016-2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UNESCO. Comité international de coordination pour la sauvegarde et le développement du site historique d’Angkor. 32e comité technique. 2019, pp.71-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03138463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU. Fondre pour le roi : étude archéométallurgique de l’atelier de bronziers du palais royal d’Angkor Thom. Rapport d’activité (2018-2019)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Ecole française d'Extrême-Orient. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03128647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU – Fondre pour le roi : étude archéométallurgique de l’atelier de bronziers du palais royal d’Angkor Thom. Résultats préliminaires des campagnes 2016 et 2017 (Autorité nationale APSARA & École française d’Extrême-Orient, 2016-2019)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UNESCO, Comité international de coordination pour la sauvegarde et le développement du site historique d’Angkor. 30e comité technique. 2018, pp.61-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05267900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU. Fondre pour le roi : étude archéométallurgique de l’atelier de bronziers du palais royal d’Angkor Thom. Autorité nationale APSARA & École française d’Extrême-Orient. Rapport d’activité (2017–2018)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Ecole française d'Extrême-Orient; ASPARA. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03138446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technological investigation of the West Mebon Vishnu: preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baptiste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Rapport interne n°38047, C2RMF. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03138479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fondre pour le roi : étude archéométallurgique de l’atelier de bronziers du palais royal d’Angkor Thom (Autorité nationale APSARA & École française d’Extrême-Orient, 2016-2019)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UNESCO, Comité international de coordination pour la sauvegarde et le développement du site historique d’Angkor. 23e session plénière. 2017, pp.14-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05267903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU. Fondre pour le roi : étude archéométallurgique de l’atelier de bronziers du palais royal d’Angkor Thom. Autorité nationale APSARA & École française d’Extrême-Orient. Campagnes 2016 et 2017 (TRL16 et TRL17). Rapport d’activité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Ecole française d'Extrême-Orient; ASPARA. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03138442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searching for the bronze workshops of Angkorian Cambodia: petrographic study applied to casting cores of 11th–12th c. Khmer bronzes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Freer Gallery of Art and Arthur M. Sackler Galleries, Smithsonian Institution. 2014, 62 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05267904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bronze metallurgy in Angkorian Cambodia (10th–13th c.): technical investigations on a selection of Khmer bronzes from the Metropolitan Museum of Art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Metropolitan Museum of Art. 2014, 178 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05267906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical study of four Chinese bottles from the Arthur M. Sackler Gallery (S2005.36-38, RLS2013.16.2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Freer Gallery of Art and Arthur M. Sackler Galleries, Smithsonian Institution. 2014, 18 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05267933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport provisoire sur six statues khmères en bronze en vue de leur authentification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ministère de la Culture et des Beaux-Arts du Cambodge. 2013, 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05267991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude technique d’une sélection d’objets métalliques issus de fouilles archéologiques dans la région d’Angkor (Terrasse des Éléphants, Prasat Prei Monti, Prasat Ta Muong)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École française d'Extrême-Orient. 2013, 20 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05267958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saṃrit. Étude de la métallurgie du bronze dans le Cambodge angkorien (fin du XIe – début du XIIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archéologie et Préhistoire. Université Sorbonne Nouvelle - Paris 3, 2012. Français. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2012PA030032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05268000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId152"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:106.66666666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Brice Vincent </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Royal bronzes of Angkor, an art of the divine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baptiste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Zéphir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orientations -Hong Kong-</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 56 (2), pp.87-93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inventaire des indications de direction cardinale du Cambodge ancien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Clouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Soutif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Ecole française d'Extrême-Orient</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 110, pp.289-336</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04992980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary research on the Royal Palace bronze workshop of Angkor Thom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Polkinghorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Preah Nokor - Journal of Angkor Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1, pp.49-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03626398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An integrated palaeoenvironmental record of Early Modern occupancy and land use within Angkor Thom, Angkor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tegan Hall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan Penny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Polkinghorne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quaternary Science Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 251, pp.106710. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.quascirev.2020.106710⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03138427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of bronze workshops using p-XRF and ICP-MS in Angkor Thom, Cambodia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Little</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microscopy and Microanalysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 27 (S1), pp.2554-2555. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1431927621009089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’École française d’Extrême-Orient. Un siècle d’histoire et de recherches archéologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pottier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 578, p. 34-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Préface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Siksācakr : Journal of Cambodia Reasearch</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 15-16, pp.5-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cuivre et ses alliages : fondre pour le roi au temps d’Angkor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 578, pp.42-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angkor. Au-delà des dieux et des rois. pour une archéologie de la matière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armand Desbat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 578, pp.30-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angkorian Founders and Bronze Casting Skills: First Technical Investigation of the West Mebon Visnu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Azéma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baptiste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane Bassett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca G Bewer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann Boulton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Ecole française d'Extrême-Orient</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 104 (1), pp.303 - 341. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/befeo.2018.6276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02477437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life goes on: Archaeobotanical investigations of diet and ritual at Angkor Thom, Cambodia (14th–15th centuries CE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristina Cobo Castillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Polkinghorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tan Boun Suy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorian Fuller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Holocene</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 28 (6), pp.930-944. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0959683617752841⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02477429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Indonesian Bronze-Casting Tradition: Technical Investigations on Thirty-Nine Indonesian Bronze Statues (7th-11th c.) from the Musée National des Arts Asiatiques - Guimet, Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Mechling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baptiste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Ecole française d'Extrême-Orient</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 104 (1), pp.63 - 139. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/befeo.2018.6270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02477433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU ou l’archéométallurgie à Angkor Thom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La lettre de l'AFRASE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, pp.32-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trans-border archaeology: Vat Phou and Angkor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Polkinghorne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Focus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In memoriam : Michel Jacq-Hergoualc’h (1943-2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La lettre de l'AFRASE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, pp.9-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éléments pour une nouvelle étude des bronzes angkoriens du Mahāmuni Phaya de Mandalay (Birmanie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'AEFEK</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02477446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le mobilier en bronze du palais royal d’Angkor Thom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aséanie, Sciences humaines en Asie du Sud-Est</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.211-277</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Casting for the King: The Royal Palace bronze workshop of Angkor Thom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Polkinghorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'Ecole française d'Extrême-Orient</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 100 (1), pp.327 - 358. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/befeo.2014.6179⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01766844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un vase khmer inscrit de la fin du XIe siècle (K. 1296)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arlo Griffiths</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts Asiatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 69, pp.115-128. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/arasi.2014.1871⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02103868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelle étude du Lokeśvara khmer du Musée national de Colombo (Sri Lanka)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts Asiatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 68 (1), pp.27 - 38. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/arasi.2013.1810⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02477458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'about inscrit du musée national du Cambodge (K. 943) : nouveaux éléments sur le bouddhisme tantrique à l'époque angkorienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts Asiatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 65 (1), pp.133-158. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/arasi.2010.1710⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02477470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'épée inscrite de Boston (K. 1048, 1040-41 de notre ère)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerdi Gerschheimer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts Asiatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 65 (1), pp.109 - 120. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/arasi.2010.1708⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02477464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Documentary research and archaeology, a case study: the D11 building of Banteay Kdei temple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renaissance culturelle du Cambodge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.200-217</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ironmaking activities in the Angkorian kingdom: characterizing (geo)resources for the knowledge of the metallurgical heritage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy Foy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Vega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitch Hendrickson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INTERNATIONAL CONFERENCE ON EARTH RESOURCES AND GEO-ENVIRONMENT TECHNOLOGY 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institute of Technology of Cambodia, Dec 2024, Phnom Penh, Cambodia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04861570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iron exchange networks in the Khmer kingdom between the 9th and the 15th centuries (Angkor, Cambodia). A review of the IRANGKOR project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitch Hendrickson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Vega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on the Beginnings of the Use of Metals and Alloys (BUMA X)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Bangkok, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03924508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local copper production in Angkorian Cambodia: the Chhaep mining district, Preah Vihear province</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Clouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on the Beginnings of the Use of Metals and Alloys (BUMA X)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Bangkok, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03924385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First study of Angkorian copper production: Trapeang Choan Sanlong site, Preah Vihear Province, Cambodia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Clouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IPPA 2022 - 22nd Congress of IPPA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Indo-Pacifique Prehistory Association, Nov 2022, Chiang Mai, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04009278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An original contribution to document some Khmer bronze statues : analysis and radiocarbon dating of their iron backbone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Vega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forrest Mcgill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th Radiocarbon - 10th Radiocarbon &amp; Archaeology International Conferences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Zurich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03920904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production and distribution of iron in the Angkor kingdom: evolution of technical practices and networks between smelters and consumers (9th -15th c).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitch Hendrickson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Vega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pira Venunan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IPPA 2022 - 22nd Congress of IPPA: Indo-Pacific Prehistory Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Chiang Mai, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03925473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FORGANGKOR : Forger pour le roi au temps d’Angkor : première étude pluridisciplinaire d’un artisanat spécialisé au service du pouvoir royal (Cambodge, IXe-XVe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thalie Law</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées annuelles SF2M</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03508766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental reconstitution of an angkorian shaft furnace: archaeological and archeometric issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Bauvais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Dumoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas F. Josso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Archaeometallurgy ICA II. Contributions of Experimental Archaeology to Excavation and Material Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Paris et Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02416603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production and trade of iron in the Khmer Empire (9th-15th CE): a combination of technological, chronological and sourcing analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitch Hendrickson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Vega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th international conference "Archaeometallurgy in Europe"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Miskolc, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02416608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La datation directe d’alliages ferreux par le carbone 14 : les renforts architecturaux et les armatures de statues en bronze étudiés dans le cadre du projet ANR IRANGKOR, le fer à Angkor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitch Hendrickson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pascal Dumoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22ème Colloque du GMPCA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02403583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport des datations 14C des objets en fer étudiés dans le cadre du projet IRANGKOR - Le fer dans l’empire Khmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pascal Dumoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Vega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitch Hendrickson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du RÉseau Francophone du Radiocarbone : Analyses et Interprétation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02575633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU – Fondre pour le roi : étude archéométallurgique de l’atelier de bronziers du palais royal d’Angkor Thom. Résultats préliminaires des campagnes 2016 et 2017 (Autorité nationale APSARA & École française d’Extrême-Orient, 2016-2019)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comité international de coordination pour la sauvegarde et le développement du site historique d’Angkor. 30e comité technique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNESCO, 2018, Phnom Penh, Cambodge. pp.61-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IRANGKOR project: production, trade and consumption of iron in the Khmer Empire, Cambodia (9th to 15th CE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitch Hendrickson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Vega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pira Venunan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st Congress of the Indo-pacific Prehistory Association (IPPA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Hue, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02573258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IRANGKOR. Le fer à Angkor. Production, circulation et consommation du métal dans l’Empire khmer, Cambodge (IXe -XIVe s.) : une approche interdisciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitch Hendrickson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Disser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Vega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIème colloque du GMPCA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GMPCA, Apr 2017, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02536284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fondre pour le roi : étude archéométallurgique de l’atelier de bronziers du palais royal d’Angkor Thom (Autorité nationale APSARA / École française d’Extrême-Orient, 2016-2019)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comité international de coordination pour la sauvegarde et le développement du site historique d’Angkor. 23ecomité technique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNESCO, 2017, Phnom Penh, Cambodge. pp.14-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IRANGKOR: Production, circulation et consommation du métal dans l'Empire khmer, Cambodge (IXe -XIVe s.) : une approche interdisciplinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mitch Hendrickson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Disser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Delque-Količ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrique Vega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International du GMPCA - GROUPE DES METHODES PLURIDISCIPLINAIRES CONTRIBUANT A L'ARCHEOLOGIE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02331844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Métallurgies du Cambodge ancien et moderne (1re partie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Siksācakr : Journal of Cambodia Reasearch</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 15-16, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bronzes royaux d'Angkor. Un art du divin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baptiste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Zéphir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Musée national des arts asiatiques - Guimet; In Fine éditions d'art, 2024, 9782382032220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baptiste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Zéphir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bronzes royaux d'Angkor. Un art du divin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée national des arts asiatiques - Guimet; In Fine éditions d'art, pp.17-19, 2024, 9782382032220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les origines protohistoriques de la métallurgie du cuivre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Le Meur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonetra Seng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bronzes royaux d'Angkor. Un art du divin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée national des arts asiatiques – Guimet; In Fine éditions d’art, pp.27-29, 2024, 9782382032220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phnom Bayang : la colline de Shiva et les richesses du dieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Chollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socheat Chea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bronzes royaux d'Angkor. Un art du divin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée national des arts asiatiques – Guimet; In Fine éditions d’art, pp.53-57, 2024, 9782382032220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux sources du cuivre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Clouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Rostan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bronzes royaux d'Angkor. Un art du divin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée national des arts asiatiques – Guimet; In Fine éditions d’art, pp.23-25, 2024, 9782382032220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un tour de force technique au regard de l’examen et de l’analyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bronzes royaux d'Angkor. Un art du divin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée national des arts asiatiques – Guimet; In Fine éditions d’art, pp.280-287, 2024, 9782382032220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La statue et le temple-îlot : récit ancien et données nouvelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cunin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baptiste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bronzes royaux d'Angkor. Un art du divin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée national des arts asiatiques – Guimet; In Fine éditions d’art, pp.260-275, 2024, 9782382032220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fonderie royale d’Angkor : au plus près des artisans et des techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sreyneath Meas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tola Eng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bronzes royaux d'Angkor. Un art du divin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée national des arts asiatiques – Guimet; In Fine éditions d'art, pp.85-89, 2024, 9782382032220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cuivre, bronze et autres alliages dans le Cambodge angkorien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bronzes royaux d'Angkor. Un art du divin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Musée national des arts asiatiques – Guimet; In Fine éditions d’art, pp.96-97, 2024, 9782382032220</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Postface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bernard Dupaigne. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les maîtres du fer et du feu dans le royaume d’Angkor</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS éditions, pp.431-433, 2016, 978-2271089175</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khmer bronze metallurgy during the Angkorian period (twelfth to thirteenth centuries): technical investigation of a new selected corpus of artifacts from the National Museum of Cambodia, Phnom Penh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Jett</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific research on ancient Asian metallurgy: 5th Forbes Symposium at the Freer Gallery of Art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.124-151, 2012, 978-1-904982-72-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02482593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angkor : percer les secrets des chefs-d’œuvre de bronze khmers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.64628/AAK.gx346jpdh⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU. Fondre pour le roi. Aux sources du cuivre d’Angkor. Ministère de la Culture et des Beaux-Arts du Cambodge, Autorité nationale APSARA & École française d’Extrême-Orient. Rapport d’activité (2023-2024). Bilan quadriennal (2021-2024)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socheat Chea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Clouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tola Eng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École française d'Extrême-Orient. 2024, 82 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05267642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU. Fondre pour le roi. Aux sources du cuivre d’Angkor. Ministère de la Culture et des Beaux-Arts du Cambodge, Autorité nationale APSARA & École française d’Extrême-Orient. Rapport d’activité (2022-2023)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socheat Chea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Clouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarrad Kowlessar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École française d'Extrême-Orient. 2023, 60 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05267652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude du trésor de Nong Hua Thong. Mission préparatoire, Savannakhet, 18-20 octobre 2022. Rapport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École française d'Extrême-Orient. 2023, 14 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05266596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROJET CHAMPA. Préservation et mise en valeur du patrimoine et développement de l’attractivité territoriale de Champassak et Savannakhet. Rapport d’exécution technique et financière synthétique. Année 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Le Maux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Hawixbrock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Nauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EFEO - École française d'Extrême-Orient. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04993353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Chhaep Mining and Metallurgical Complex (CMMC), Preah Vihear province, Cambodia: A unique heritage site in Southeast Asia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École française d'Extrême-Orient. 2023, 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05266601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU. Fondre pour le roi. Aux sources du cuivre d’Angkor. Ministère de la Culture et des Beaux-Arts du Cambodge, Autorité nationale APSARA &amp; École française d’Extrême-Orient. Rapport d’activité (2021-2022)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Clouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Longelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École française d'Extrême-Orient. 2022, 62 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05267679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROJET CHAMPA. Préservation et mise en valeur du patrimoine et développement de l’attractivité territoriale de Champassak et Savannakhet. Rapport d’exécution technique et financière synthétique. Année 2021.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Le Maux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Hawixbrock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Nauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damian Evans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École française d'Extrême-Orient. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03982378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU – Aux sources du cuivre d’Angkor. Archaeological and archaeometallurgical study of Angkorian copper mines, Chhaep, Preah Vihear province.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Clouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ecole Française d'Extrême-Orient (EFEO). 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03924417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU. Fondre pour le roi. Aux sources du cuivre d’Angkor. Ministère de la Culture et des Beaux-Arts du Cambodge, Autorité nationale APSARA &amp; École française d’Extrême-Orient. Rapport d’activité (2020-2021)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Clouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranet Hong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thalie Law</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] École française d'Extrême-Orient. 2021, 81 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03513084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROJET CHAMPA. Préservation et mise en valeur du patrimoine et développement de l’attractivité territoriale de Champassak et Savannakhet. Rapport d’exécution technique et financière synthétique. Année 2020.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Pottier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Le Maux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Hawixbrock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Nauleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damian Evans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Ecole française d'Extrême-Orient; AFD. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03629246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU – Fondre pour le roi : étude archéométallurgique de l’atelier de bronziers du palais royal d’Angkor Thom. Résultats préliminaires de la campagne 2019 (Autorité nationale APSARA et École française d’Extrême-Orient, 2016-2019)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UNESCO. Comité international de coordination pour la sauvegarde et le développement du site historique d’Angkor. 33e comité technique. 2020, pp.66-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05267899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU. Fondre pour le roi : étude archéométallurgique de l’atelier de bronziers du palais royal d’Angkor Thom. Rapport d’activité (2019–2020). Bilan préliminaire (2016-2020). Nouveau quadriennal (2021-2024)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Ecole française d'Extrême-Orient; ASPARA. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03138450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU. Fondre pour le roi : étude archéométallurgique de l’atelier de bronziers du palais royal d’Angkor Thom. Rapport d’activité (2018-2019)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Ecole française d'Extrême-Orient. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03128647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU – Fondre pour le roi : étude archéométallurgique de l’atelier de bronziers du palais royal d’Angkor Thom par l’Autorité nationale APSARA et l’École française d’Extrême-Orient, 2016-2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UNESCO. Comité international de coordination pour la sauvegarde et le développement du site historique d’Angkor. 32e comité technique. 2019, pp.71-73</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03138463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technological investigation of the West Mebon Vishnu: preliminary results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Bourgarit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Baptiste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Rapport interne n°38047, C2RMF. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03138479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU – Fondre pour le roi : étude archéométallurgique de l’atelier de bronziers du palais royal d’Angkor Thom. Résultats préliminaires des campagnes 2016 et 2017 (Autorité nationale APSARA & École française d’Extrême-Orient, 2016-2019)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UNESCO, Comité international de coordination pour la sauvegarde et le développement du site historique d’Angkor. 30e comité technique. 2018, pp.61-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05267900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU. Fondre pour le roi : étude archéométallurgique de l’atelier de bronziers du palais royal d’Angkor Thom. Autorité nationale APSARA & École française d’Extrême-Orient. Rapport d’activité (2017–2018)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Ecole française d'Extrême-Orient; ASPARA. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03138446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LANGAU. Fondre pour le roi : étude archéométallurgique de l’atelier de bronziers du palais royal d’Angkor Thom. Autorité nationale APSARA & École française d’Extrême-Orient. Campagnes 2016 et 2017 (TRL16 et TRL17). Rapport d’activité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Ecole française d'Extrême-Orient; ASPARA. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03138442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fondre pour le roi : étude archéométallurgique de l’atelier de bronziers du palais royal d’Angkor Thom (Autorité nationale APSARA & École française d’Extrême-Orient, 2016-2019)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">UNESCO, Comité international de coordination pour la sauvegarde et le développement du site historique d’Angkor. 23e session plénière. 2017, pp.14-17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05267903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searching for the bronze workshops of Angkorian Cambodia: petrographic study applied to casting cores of 11th–12th c. Khmer bronzes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Freer Gallery of Art and Arthur M. Sackler Galleries, Smithsonian Institution. 2014, 62 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05267904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bronze metallurgy in Angkorian Cambodia (10th–13th c.): technical investigations on a selection of Khmer bronzes from the Metropolitan Museum of Art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Metropolitan Museum of Art. 2014, 178 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05267906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Technical study of four Chinese bottles from the Arthur M. Sackler Gallery (S2005.36-38, RLS2013.16.2)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Freer Gallery of Art and Arthur M. Sackler Galleries, Smithsonian Institution. 2014, 18 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05267933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude technique d’une sélection d’objets métalliques issus de fouilles archéologiques dans la région d’Angkor (Terrasse des Éléphants, Prasat Prei Monti, Prasat Ta Muong)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École française d'Extrême-Orient. 2013, 20 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05267958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport provisoire sur six statues khmères en bronze en vue de leur authentification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ministère de la Culture et des Beaux-Arts du Cambodge. 2013, 15 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05267991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saṃrit. Étude de la métallurgie du bronze dans le Cambodge angkorien (fin du XIe – début du XIIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Archéologie et Préhistoire. Université Sorbonne Nouvelle - Paris 3, 2012. Français. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2012PA030032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05268000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId152"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266549v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baptiste" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bourgarit" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Vincent" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Z&#233;phir" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992980v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Clouet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Est&#232;ve" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pottier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Soutif" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626398v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Polkinghorne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03138427v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tegan Hall" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Penny" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2020.106710" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266585v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Little" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927621009089" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482485v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482499v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02793806v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Desbat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Leroy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482495v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02477429v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Cobo Castillo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan Boun Suy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Fuller" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683617752841" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02477433v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Mechling" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/befeo.2018.6270" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482515v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02477437v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Az&#233;ma" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Bassett" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca G Bewer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Boulton" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/befeo.2018.6276" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482526v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02477446v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482541v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01766844v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thomas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/befeo.2014.6179" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02103868v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlo Griffiths" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arasi.2014.1871" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482560v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02477458v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arasi.2013.1810" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02477470v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arasi.2010.1710" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02477464v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerdi Gerschheimer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arasi.2010.1708" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482601v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861570v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Foy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Vega" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitch Hendrickson" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924508v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Delque-Koli&#269;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009278v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924385v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920904v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Forrest Mcgill" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925473v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pira Venunan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508766v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thalie Law" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02416608v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02575633v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pascal Dumoulin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02403583v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Dumoulin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02416603v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bauvais" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Dumoulin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas F. Josso" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573258v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482509v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482518v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02331844v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Disser" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536284v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482482v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266412v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266463v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Le Meur" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonetra Seng" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266483v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Chollet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Socheat Chea" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266447v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rostan" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266529v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266523v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cunin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266513v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sreyneath Meas" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tola Eng" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266517v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266433v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482536v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482593v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Jett" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266566v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.gx346jpdh" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267642v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267652v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarrad Kowlessar" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05266596v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993353v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Maux" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hawixbrock" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nauleau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bazin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05266601v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267679v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Longelin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982378v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Evans" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924417v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629246v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513084v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranet Hong" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03138450v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05267899v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03138463v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03128647v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05267900v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03138446v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03138479v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05267903v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03138442v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05267904v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05267906v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05267933v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05267991v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05267958v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-05268000v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012PA030032" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266549v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baptiste" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bourgarit" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Vincent" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Z&#233;phir" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992980v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Clouet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Est&#232;ve" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pottier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Soutif" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626398v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Polkinghorne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03138427v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tegan Hall" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Penny" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2020.106710" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266585v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Little" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927621009089" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482495v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482485v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482499v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02793806v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Desbat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Leroy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02477437v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Az&#233;ma" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Bassett" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca G Bewer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Boulton" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/befeo.2018.6276" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02477429v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Cobo Castillo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tan Boun Suy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Fuller" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683617752841" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02477433v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Mechling" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/befeo.2018.6270" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482515v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482526v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482541v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02477446v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482560v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01766844v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thomas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/befeo.2014.6179" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02103868v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlo Griffiths" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arasi.2014.1871" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02477458v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arasi.2013.1810" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02477470v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arasi.2010.1710" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02477464v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerdi Gerschheimer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arasi.2010.1708" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482601v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04861570v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Foy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Vega" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitch Hendrickson" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924508v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Delque-Koli&#269;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924385v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009278v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920904v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Forrest Mcgill" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925473v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pira Venunan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508766v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thalie Law" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02416603v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bauvais" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Dumoulin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas F. Josso" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02416608v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02403583v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Dumoulin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02575633v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pascal Dumoulin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482509v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573258v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536284v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Disser" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482518v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02331844v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482482v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266412v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266433v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266463v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Le Meur" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonetra Seng" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266483v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Chollet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Socheat Chea" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266447v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rostan" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266529v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266523v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cunin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266513v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sreyneath Meas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tola Eng" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266517v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482536v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02482593v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Jett" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266566v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.gx346jpdh" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267642v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267652v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarrad Kowlessar" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05266596v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993353v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Maux" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hawixbrock" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nauleau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bazin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05266601v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267679v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Longelin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982378v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Evans" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924417v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513084v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranet Hong" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629246v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05267899v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03138450v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03128647v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03138463v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03138479v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05267900v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03138446v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03138442v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05267903v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05267904v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05267906v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05267933v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05267958v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05267991v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-05268000v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012PA030032" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>