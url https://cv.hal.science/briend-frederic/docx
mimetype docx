--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -100,248 +100,248 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predictors of Psychotropic Medication Use Among Autistic Adults</w:t>
+                <w:t xml:space="preserve">Characterizing the Heartbeat‐Evoked Potential: A Two‐Component Model of Cardiac Signal Processing?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Océane Mahé</w:t>
+                <w:t xml:space="preserve">Raphaël Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shasha Morel-Kohlmeyer</w:t>
+                <w:t xml:space="preserve">Marianne Latinus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Briend</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Houy-Durand</w:t>
+                <w:t xml:space="preserve">Frederic Briend</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Autism and Developmental Disorders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10803-025-06966-x⟩</w:t>
+              <w:t xml:space="preserve">Psychophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 62 (12), pp.e70206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/psyp.70206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05250175v1</w:t>
+                <w:t xml:space="preserve">hal-05417256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing the Heartbeat‐Evoked Potential: A Two‐Component Model of Cardiac Signal Processing?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Predictors of Psychotropic Medication Use Among Autistic Adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Océane Mahé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Gautier</w:t>
+                <w:t xml:space="preserve">Shasha Morel-Kohlmeyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianne Latinus</w:t>
+                <w:t xml:space="preserve">Frédéric Briend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Briend</w:t>
+                <w:t xml:space="preserve">Emmanuelle Houy-Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychophysiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 62 (12), </w:t>
+              <w:t xml:space="preserve">Journal of Autism and Developmental Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/psyp.70206⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10803-025-06966-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05417256v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05250175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autonomic disequilibrium at rest in autistic children and adults</w:t>
               </w:r>
@@ -379,51 +379,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Malvy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Houy-Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Psychophysiology and Biofeedback</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
@@ -474,51 +474,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Définitions et méthodes d’évaluation des états mentaux des animaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Briend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -742,51 +742,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Higher-order functional brain networks and anterior cingulate glutamate + glutamine (Glx) in antipsychotic-naïve first episode psychosis patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Maximo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Briend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Armstrong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -859,51 +859,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voice acoustics allow classifying autism spectrum disorder with high accuracy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Briend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -993,51 +993,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glutamate levels of the right and left anterior cingulate cortex in autistics adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Briend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Barantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1166,51 +1166,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Kraguljac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Maximo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Briend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Armstrong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1300,64 +1300,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Arlicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Claire Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Briend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Houy-Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Psychiatry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 28 (2), pp.801-809. </w:t>
@@ -1421,51 +1421,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Edward Bryant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrienne Carol Lahti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Briend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Vanessa Kraguljac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1525,51 +1525,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salience network glutamate and brain connectivity in medication-naïve first episode patients – A multimodal magnetic resonance spectroscopy and resting state functional connectivity MRI study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Maximo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Briend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Armstrong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1772,51 +1772,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hippocampal glutamate and hippocampus subfield volumes in antipsychotic-naive first episode psychosis subjects and relationships to duration of untreated psychosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Briend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Nelson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2040,51 +2040,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aberrant static and dynamic functional patterns of frontoparietal control network in antipsychotic‐naïve first‐episode psychosis subjects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Briend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Armstrong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2304,51 +2304,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theta burst stimulation on social cognition and N-Acetyl aspartate in two patients with schizophrenia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Briend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Nathou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2450,51 +2450,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of rTMS on functional connectivity within the language network in schizophrenia patients with auditory hallucinations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Briend</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2609,51 +2609,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anorexia and Bodily Intersubjectivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Briend</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Psychologist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 20 (1), pp.52-61. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2771,51 +2771,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Malvy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Houy-Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -2869,51 +2869,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets de la stimulation magnétique transcrânienne sur le cerveau : études en imagerie fonctionnelle et spectroscopique chez des patients souffrant de schizophrénie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Briend</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Médecine humaine et pathologie. Normandie Université, 2017. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017NORMC412⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3109,51 +3109,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250175v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Mah&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shasha Morel-Kohlmeyer" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Briend" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Houy-Durand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-025-06966-x" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417256v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Gautier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Latinus" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Briend" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/psyp.70206" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041985v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rosa Bufo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Guidotti" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lemaire" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Malvy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10484-025-09696-z" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442317v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chaillou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gilbert" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Diederich" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Mulot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2025.38.4.9404" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790577v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gargot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Vachaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Gilard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Audrain" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gomot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/55754" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591444v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Maximo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Armstrong" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Kraguljac" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Lahti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41398-024-02854-7" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246311v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line David" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Silleresi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Ferr&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41398-023-02554-8" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424194v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barantin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Cl&#233;ry" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Cottier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bonnet-Brilhault" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnpbp.2023.110801" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424220v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Nelson" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpsc.2020.04.014" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424686v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Galineau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Arlicot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Dupont" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41380-022-01860-9" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424199v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Edward Bryant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Carol Lahti" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Vanessa Kraguljac" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/schbul/sbab014" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424205v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nicl.2021.102845" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03047850v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Briend" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nathou" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delcroix" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dollfus" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier M Etard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.schres.2020.09.001" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424216v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Maximo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41398-020-0812-z" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03047844v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Leroux" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12021-020-09457-9" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357954v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shella Keilhloz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.24992" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486121v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Marzloff" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Brazo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lecardeur" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pscychresns.2019.03.004" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424234v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Kauffmann" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pscychresns.2018.02.007" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C05ZJ29K-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424238v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Razafimandimby" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Etard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.schres.2017.01.049" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S6CK975S-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424240v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Legrand" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1016-9040/a000208" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231045v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01688432v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017NORMC412" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417256v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Gautier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Latinus" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Briend" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/psyp.70206" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250175v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Mah&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shasha Morel-Kohlmeyer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Briend" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Houy-Durand" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-025-06966-x" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041985v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rosa Bufo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Guidotti" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lemaire" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Malvy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10484-025-09696-z" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442317v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chaillou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gilbert" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Diederich" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Mulot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2025.38.4.9404" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790577v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gargot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Vachaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Gilard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Audrain" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gomot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/55754" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591444v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Maximo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Armstrong" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Kraguljac" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Lahti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41398-024-02854-7" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246311v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line David" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Silleresi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Ferr&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41398-023-02554-8" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424194v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barantin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Cl&#233;ry" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Cottier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bonnet-Brilhault" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnpbp.2023.110801" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424220v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Nelson" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpsc.2020.04.014" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424686v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Galineau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Arlicot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Dupont" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41380-022-01860-9" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424199v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Edward Bryant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Carol Lahti" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Vanessa Kraguljac" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/schbul/sbab014" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424205v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nicl.2021.102845" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03047850v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Briend" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nathou" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Delcroix" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dollfus" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier M Etard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.schres.2020.09.001" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424216v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Maximo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41398-020-0812-z" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03047844v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Leroux" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12021-020-09457-9" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357954v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shella Keilhloz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hbm.24992" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486121v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Marzloff" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Brazo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lecardeur" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pscychresns.2019.03.004" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424234v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Kauffmann" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pscychresns.2018.02.007" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C05ZJ29K-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424238v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Razafimandimby" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Etard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.schres.2017.01.049" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S6CK975S-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424240v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Legrand" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1016-9040/a000208" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231045v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01688432v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017NORMC412" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>