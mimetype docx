--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -132,1441 +132,1544 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In Situ Analysis of Jupiter's Broadband Kilometric Auroral Radio Emissions With Juno</w:t>
+                <w:t xml:space="preserve">Understanding the microphysics of Jovian auroral radio emissions with Juno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brieuc Collet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">,</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Earth and Planetary Astrophysics [astro-ph.EP]. Aix Marseille Univ, CNRS, CRMBM-CEMEREM (UMR 7339), 2025. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Lamy</w:t>
-[...73 lines deleted...]
-              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+                <w:t xml:space="preserve">⟨NNT : 2025AIXM0250⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05065210v1</w:t>
-[...803 lines deleted...]
-                <w:t xml:space="preserve">hal-03806919v1</w:t>
+                <w:t xml:space="preserve">tel-05550344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of jovian kilometric and hectometric auroral radio harmonics with juno/waves in situ measurements.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F. Allegrini</w:t>
+                <w:t xml:space="preserve">In situ and remote observations of the ultraviolet footprint of the moon Callisto by the Juno spacecraft</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Rabia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Nénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Planetary, Solar and Heliospheric Radio Emissions X</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05513085v1</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (1), pp.7791. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-62520-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05378555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Jovian hectometric sources with Juno: statistical position and generation by shell-type electrons</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P. Prangé</w:t>
+                <w:t xml:space="preserve">Precipitating electron properties of Ganymede’s aurora retrieved from Juno/UVS observations during PJ34</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilal Benmahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Vorbuger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Benne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Planetary</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">insu-04473233v1</w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 703 (November), A260 (16p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202556996⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05490946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Re-exploring the radio spectrum of Uranus in orbit: science case and digital high-frequency receiver</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">In Situ Analysis of Jupiter's Broadband Kilometric Auroral Radio Emissions With Juno</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brieuc Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...23 lines deleted...]
-              <w:t xml:space="preserve">,</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C K Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T K Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 52 (9), </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2024gl114447⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05065210v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The SOPHIE search for northern extrasolar planets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Heidari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Boisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N C Hara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T G Wilson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Kiefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 681, pp.A55. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202347897⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04433639v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A New Type of Jovian Hectometric Radiation Powered by Monoenergetic Electron Beams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brieuc Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">P. Zarka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">C. Briand</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Prangé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 129 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2024JA032422⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04584701v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Source of Radio Emissions Induced by the Galilean Moons Io, Europa and Ganymede: In Situ Measurements by Juno</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C K Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Louarn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Al Saati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J R Szalay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2023JA031985⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04350609v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magnetosphere‐Ionosphere‐Thermosphere Coupling study at Jupiter Based on Juno’s First 30 Orbits and Modeling Tools</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Al Saati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Geophysical Research Space Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2022JA030586⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03806919v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Detection of jovian kilometric and hectometric auroral radio harmonics with juno/waves in situ measurements.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Kurth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Allegrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Planetary, Solar and Heliospheric Radio Emissions X</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L. Lamy; C. K. Louis; G. Fischer; D. Morosan; P. Zarka; OSU Pythéas/AMU; Observatoire de Paris, Jun 2025, Marseille, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25935/prex-tr41⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05513085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterization of Jovian hectometric sources with Juno: statistical position and generation by shell-type electrons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Collet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. K. Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Zarka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Prangé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Planetary</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 0000, à renseigner, Unknown Region. pp.P. Zucca, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25546/103095⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-04473233v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Re-exploring the radio spectrum of Uranus in orbit: science case and digital high-frequency receiver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Cecconi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">M. Dekkali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Zarka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Planetary</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 0000, à renseigner, Unknown Region. pp.P. Zucca, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">⟨10.25546/103105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04479114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId65"/>
+      <w:footerReference w:type="default" r:id="rId67"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1634,51 +1737,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5B5968F3"/>
+    <w:nsid w:val="B289A172"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1865,51 +1968,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/brieuc-collet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1314-9632" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065210v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brieuc Collet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lamy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C K Louis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Hue" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T K Kim" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024gl114447" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05378555v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rabia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Louis" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Andr&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin N&#233;non" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-62520-4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490946v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Benmahi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hue" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Vorbuger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Benne" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Hubert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202556996" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584701v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Zarka" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Prang&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JA032422" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04433639v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Heidari" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Boisse" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N C Hara" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T G Wilson" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Kiefer" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202347897" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04350609v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Louarn" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Collet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Al Saati" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J R Szalay" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JA031985" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03806919v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blanc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Wang" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JA030586" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513085v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Kurth" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Wu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Allegrini" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25935/prex-tr41" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04473233v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. K. Louis" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Prang&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25546/103095" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04479114v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cecconi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dekkali" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Briand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25546/103105" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/brieuc-collet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1314-9632" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05550344v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brieuc Collet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2025AIXM0250" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05378555v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rabia" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Hue" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Louis" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Andr&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin N&#233;non" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-62520-4" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490946v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Benmahi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Hue" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Vorbuger" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Benne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Hubert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202556996" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065210v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lamy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C K Louis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T K Kim" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024gl114447" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04433639v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Heidari" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Boisse" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N C Hara" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T G Wilson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Kiefer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202347897" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584701v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Zarka" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Prang&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024JA032422" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04350609v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Louarn" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Collet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Al Saati" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J R Szalay" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JA031985" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03806919v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blanc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Wang" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JA030586" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513085v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Kurth" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Wu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Allegrini" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25935/prex-tr41" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04473233v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. K. Louis" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Prang&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25546/103095" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04479114v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cecconi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dekkali" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Briand" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25546/103105" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>