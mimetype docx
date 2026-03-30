--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -625,51 +625,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04379878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microdispositif électrochimique pour le dosage de biomarqueurs du stress oxydant : étude du régime couplé convection – diffusion</w:t>
+                <w:t xml:space="preserve">Microdispositif électrochimique pour l’évaluation de la capacité antioxydante et le dosage de biomarqueurs redox du stress oxydant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lodato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Reynes</w:t>
@@ -704,97 +704,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Dustou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la Société Française de Génie des Procédés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Journées d'Electrochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Mons, Belgique, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04751445v1</w:t>
+                <w:t xml:space="preserve">hal-04751418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microdispositif électrochimique pour l’évaluation de la capacité antioxydante et le dosage de biomarqueurs redox du stress oxydant</w:t>
+                <w:t xml:space="preserve">Microdispositif électrochimique pour le dosage de biomarqueurs du stress oxydant : étude du régime couplé convection – diffusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lodato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Reynes</w:t>
@@ -829,73 +829,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Dustou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'Electrochimie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Mons, Belgique, Belgique</w:t>
+              <w:t xml:space="preserve">Congrès de la Société Française de Génie des Procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04751418v1</w:t>
+                <w:t xml:space="preserve">hal-04751445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amperometric determination of Fe speciation in natural water using 2-(5-bromo-2-pyridylazo)-5-diethylaminophenol (5-Br-PADAP)</w:t>
               </w:r>
@@ -1175,51 +1175,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383837v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Fezai" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Virolle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Kacimi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Dustou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dunya El Boutaybi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/ijel/6078280" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04438063v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toussaint Ntambwe Kambuyi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Chauvet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Tzedakis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2024.149197" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853199v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabiil Auckburally" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souheila El Bir" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Evrard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Latapie" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20964/2022.01.32" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379878v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodore Tzedakis" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751445v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lodato" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Reynes" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751418v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739857v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Nabiil Auckburally" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383837v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Fezai" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Virolle" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Kacimi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Dustou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dunya El Boutaybi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/ijel/6078280" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04438063v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toussaint Ntambwe Kambuyi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Chauvet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Tzedakis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2024.149197" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853199v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabiil Auckburally" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souheila El Bir" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Evrard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Latapie" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20964/2022.01.32" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379878v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodore Tzedakis" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751418v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lodato" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Reynes" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751445v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739857v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Nabiil Auckburally" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>