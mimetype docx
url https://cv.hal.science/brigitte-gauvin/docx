--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -578,482 +578,482 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04031237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Petit poisson deviendra grand : les créatures aquatiques et leurs petits dans la littérature antique et médiévale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Gauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anthropozoologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 56 (17), pp.253-279. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5252/anthropozoologica2021v56a17⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03525406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">[Introduction] Animaux marins d’Orient et d’Occident. Savoirs arabes et transmission dans le monde latin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Buquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Jacquemard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Médiévales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Animaux marins. Savoirs arabes et transmission au monde latin, 80, pp.5-15. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/medievales.11240⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03064670v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction : Pour une histoire des animaux aquatiques des mers septentrionales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/medievales.11240⟩</w:t>
-[...33 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">Thierry Buquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Gauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Gauvin</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Jacquemard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnès Lucas-Avenel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anthropozoologica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 56 (17), pp.253-279. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5252/anthropozoologica2021v56a17⟩</w:t>
+              <w:t xml:space="preserve">, 2018, Animaux aquatiques et monstres des mers septentrionales. imaginer, connaître, exploiter, de l’Antiquité à 1600 (Actes du colloque de Cerisy, 31 mai-3 juin 2017)), 53 (2), pp.43-51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5252/anthropozoologica2018v53a2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...80 lines deleted...]
-            </w:hyperlink>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01698408v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">[compte rendu] L’histoire naturelle au XVIe siècle, introduction, étude et édition critique de La nature et diversité des poissons de Pierre Belon (1555), Droz, 2011, XII-716 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Gauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016, pp.250-253</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01417367v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le témoignage d’un patient : le De Guaiaci medicina et morbo Gallico liber d’Ulrich von Hutten</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire, médecine et santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Syphilis, 9, pp.109-130. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/hms.983⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/hms.983⟩</w:t>
-[...29 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-02131955v1</w:t>
-              </w:r>
-[...64 lines deleted...]
-                <w:t xml:space="preserve">hal-01417367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Compte rendu] Traduire de vernaculaire en latin au Moyen Âge et à la Renaissance, études réunies par Françoise Fery-Hue, Paris, École des Chartes, 2013</w:t>
               </w:r>
@@ -1125,51 +1125,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'auctoritas de Thomas de Cantimpré en matière ichtyologique (Vincent de Beauvais, Albert le Grand, l'Hortus sanitatis)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Jacquemard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Lucas-Avenel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1505,51 +1505,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Hortus sanitatis : transmission et réorganisation de la matière encyclopédique au XVe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Jacquemard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Lucas-Avenel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2891,51 +2891,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’incunable à l’édition numérique : le Tractatus de piscibus de l’Hortus sanitatis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Jacquemard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Lucas-Avenel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2986,51 +2986,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La transmission de la materia medica : l'exemple de l'Hortus sanitatis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Lucas-Avenel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Jacquemard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3081,51 +3081,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le discours savant sur les poissons de l'Antiquité à la fin du Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Jacquemard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Lucas-Avenel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3431,1194 +3431,1278 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02139397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (14)</w:t>
+        <w:t xml:space="preserve">Ouvrages (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jean Ursin, Elegiae de peste, Elegia XI. Piscina (Elégies de la peste, XI. Les poissons) : Edition annotée du texte latin à partir de l'édition princeps de 1541.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Gauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">https://ichtya.unicaen.fr/lab/bibliotheque/Urs_lat.xml/LAT.urs.html, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (édition critique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04974424v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuscrits du Mont Saint-Michel. Illustrations commentées du livre médiéval et de ses matériaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lecouteux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurianne Robinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Gauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnès Lucas-Avenel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[ouvrage non commercialisé / publication en ligne sur Calaméo], 79 p., 2024, A vue d'œil, Brigitte Gauvin, 978-2-9582861-3-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04748029v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Albertus Magnus, De animalibus, liber XXIV. De aquaticis (Albert le Grand, Les animaux, livre 24. Les animaux aquatiques) : Edition annotée du texte latin à partir de l'édition d'Hermann Stadler (éd.), Münster, Aschendorff (Beiträge zur Geschichte der Philosophie und Theologie des Mittelalters ; 16), 1920.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (édition critique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04950550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">https://ichtya.unicaen.fr/lab/bibliotheque/Urs_lat.xml/LAT.urs.html, 2024</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cantimpratensis, Liber de natura rerum, liber VII. De piscibus marinis sive fluvialibus (Thomas de Cantimpré, La Nature, livre 7. Les poissons de mer ou de rivière) : Edition annotée du texte latin à partir de l'édition de H. Boese ( Thomas Cantimpratensis, Liber de natura rerum, Editio princeps secundum codices manuscriptos, H.Boese (éd.), Berlin – New York, Walter de Gruyter, 1973)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Gauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnès Lucas-Avenel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Jacquemard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas De Cantimpré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maison de la Recherche en Sciences Humaines de Caen (MRSH), Pôle du Document Numérique (PDN). , https://ichtya.unicaen.fr/lab/bibliotheque/sommaire/TC7_lat.html, 2023, Bibliothèque Ichtya</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (édition critique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Lecouteux</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04428232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cantimpratensis, Liber de natura rerum, liber VI. De monstris marinis (Thomas de Cantimpré, La Nature, livre 6. Les monstres marins) : Edition annotée du texte latin à partir de l'édition de H. Boese ( Thomas Cantimpratensis, Liber de natura rerum, Editio princeps secundum codices manuscriptos, H.Boese (éd.), Berlin – New York, Walter de Gruyter, 1973)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurianne Robinet</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnès Lucas-Avenel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas De Cantimpré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maison de la Recherche en Sciences Humaines de Caen (MRSH), Pôle du Document Numérique (PDN). , https://ichtya.unicaen.fr/lab/bibliotheque/sommaire/TC6_lat.html, 2023, Bibliothèque Ichtya</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (édition critique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04428198v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Créatures aquatiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Gauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Master métiers du Livre et de l'Edition Université de Caen. ouvrage non destiné à la vente, 2022, A vue d'oeil, GAUVIN Brigitte</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04950411v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambrosius, Hexæmeron liber V, capitula I-XI (Ambroise de Milan, Hexaméron, livre 5, chapitres 1-11) : Edition annotée du texte latin à partir de l’édition de K. Schenkl (Sancti Ambrosii opera pars prima qua continentur libri Exameron, De Paradiso, De Cain et Abel, De Noe, De Abraham, De Isaac, De bono mortis, KarlSchenkl (éd.), Prague, Academiae Litterarum Caesareae Vindobonensis (CSEL), 32, 11897)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Jacquemard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Lucas-Avenel</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[ouvrage non commercialisé / publication en ligne sur Calaméo], 79 p., 2024, A vue d'œil, Brigitte Gauvin, 978-2-9582861-3-2</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambroise de Milan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maison de la Recherche en Sciences Humaines de Caen (MRSH), Pôle du Document Numérique (PDN). , https://ichtya.unicaen.fr/lab/bibliotheque/Ambr_lat.xml/LAT.ambr.1.html, 2021, Bibliothèque Ichtya</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
-          </w:p>
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Thomas Cantimpratensis, Liber de natura rerum, liber VII. De piscibus marinis sive fluvialibus (Thomas de Cantimpré, La Nature, livre 7. Les poissons de mer ou de rivière) : Edition annotée du texte latin à partir de l'édition de H. Boese ( Thomas Cantimpratensis, Liber de natura rerum, Editio princeps secundum codices manuscriptos, H.Boese (éd.), Berlin – New York, Walter de Gruyter, 1973)</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (édition critique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04436644v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bartholomaeus Anglicus, De proprietatibus rerum, liber XIII, capitulum 26 (Barthélemy l’Anglais, Les propriétés des choses, livre 13, chapitre 26) : Edition annotée du texte latin (à partir de De proprietatibus rerum, XIII, cap. 26, Richter, Francfort-sur-le-Main, 1601)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Buquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barthélémy l'Anglais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maison de la Recherche en Sciences Humaines de Caen (MRSH), Pôle du Document Numérique (PDN). https://ichtya.unicaen.fr/lab/bibliotheque/BA13_lat.xml/LAT.BA.13.26.html, 2021, Bibliothèque Ichtya</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (édition critique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04436673v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Siècle des vérolés. La Renaissance face à la syphilis [anthologie]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Gauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Millon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 392 p., 2019, Mémoires du corps, Jean-Jacques Courtine, 2-84137-355</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02004076v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le siècle des vérolés. La Renaissance européenne face à la syphilis, 1493-1622</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Gauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jérôme Millon, pp.392, 2019, Mémoire des corps, Courtine, Jean-Jacques, 2-84137-355</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02131661v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inter litteras et scientias. Recueil d’études en hommage à Catherine Jacquemard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Lucas-Avenel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Gauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Caen, 419 p., 2019, Miscellanea, 978-2-84133-938-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02364357v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La vérole et le remède du Gaïac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Gauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrich von Hutten</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Les Belles Lettres, 15, 324 p., 2015, Miroir des humanistes, 978-2-251-34609-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01417175v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">HORTVS SANITATIS, Livre IV, Les poissons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Jacquemard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Maison de la Recherche en Sciences Humaines de Caen (MRSH), Pôle du Document Numérique (PDN). , https://ichtya.unicaen.fr/lab/bibliotheque/sommaire/TC7_lat.html, 2023, Bibliothèque Ichtya</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Gauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnès Lucas-Avenel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jacquemard C., Gauvin B., Lucas-Avenel M.-A. (ed.), avec la collaboration de C. Février et F. Lecoq. Caen, Presses universitaires de Caen, 496 p., 2013, Collection Fontes &amp; Paginæ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-                <w:t xml:space="preserve">Thomas Cantimpratensis, Liber de natura rerum, liber VI. De monstris marinis (Thomas de Cantimpré, La Nature, livre 6. Les monstres marins) : Edition annotée du texte latin à partir de l'édition de H. Boese ( Thomas Cantimpratensis, Liber de natura rerum, Editio princeps secundum codices manuscriptos, H.Boese (éd.), Berlin – New York, Walter de Gruyter, 1973)</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00855229v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prosopopée des animaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Maison de la Recherche en Sciences Humaines de Caen (MRSH), Pôle du Document Numérique (PDN). , https://ichtya.unicaen.fr/lab/bibliotheque/sommaire/TC6_lat.html, 2023, Bibliothèque Ichtya</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Ursin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">éd. J. Millon, 335 p., 2011, coll. Atopia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
-            <w:r>
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Master métiers du Livre et de l'Edition Université de Caen. ouvrage non destiné à la vente, 2022, A vue d'oeil, GAUVIN Brigitte</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00639521v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Martyr d'Anghiera. Décades du Nouveau monde. I La décade Océane (édition, traduction et commentaire)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Gauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Les Belles Lettres, 2003, Les classiques de l'humanisme, Laurens, Pierre; Michel, Alain, 2-251-34468-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...646 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02138337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4628,1638 +4712,1638 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mers, fleuves et poissons aux pieds de Charles IX : l'Aquitania d'Etienne de Cruseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Camenae 30, Aquitaniae Latinae, Aquitaines latines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EPHE/ PSL, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04717486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le corpus Ichtya en XML-TEI et graphes. Traiter, visualiser et analyser les noms de poissons et créatures aquatiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Bisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Buard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Jacob</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fatiha Idmhand; Ioana Marasescu-Galleron. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dix ans de corpus d'auteurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions des archives contemporaines, pp.131-154, 2022, 9782813004352. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17184/eac.5477⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03745311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mettre en scène un personnage historique dans les romans et récits situés à la Renaissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Gauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Provini, Sandra. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Renaissance imaginaire : la réception de la Renaissance dans la culture contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Garnier, A paraître, Renaissance imaginaire : la réception de la Renaissance dans la culture contemporaine</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01417163v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolus Figulus - Ichtyologia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gauvin, Brigitte; Lucas-Avenel, Marie-Agnès. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inter litteras et scientias, recueil d'études en hommage à Catherine Jacquemard</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Caen, pp.33-63, 2019, coll. Miscellanea, 978-2-84133-938-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02363246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...72 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment sont abordés les personnages historiques dans les oeuvres romanesques situées à la Renaissance ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Provini, Sandra; Bost-Fiévet, Mélanie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Renaissance imaginaire, la réception de la Renaissance dans la culture contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 419, Classiques Garnier, pp.27-42, 2019, Coll. Rencontres, 419. Série Devenir de la Renaissance française et européenne, 1, 978-2-406-09158-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-09160-8.p.0027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02363286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La critique de la cour dans le Misaulus Sive Aula d’Ulrich von Hutten : un exercice de style ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nathalie Peyrebonne; Alexandre Tarrêtre; Marie-Claire Thomine. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le mépris de la cour : la littérature anti-aulique en Europe (XVIe-XVIIe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 35, Sorbonne Université Presses, pp.67-82, 2018, Cahiers V. L. Saulnier, 979-10-231-0590-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.70551/IVVT9426⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02131912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’incunable à l’édition numérique : le Tractatus de piscibus de l’Hortus sanitatis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Jacquemard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Lucas-Avenel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Apta Compositio, formes du texte latin au Moyen Age et à la Renaissance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Droz, pp.35-48, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02131984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steckelberg ou l'impossible petite patrie d'Ulrich von Hutten</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Gauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sylvie Laigneau-Fontaine. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petite patrie : l'image de la région natale chez les écrivains de la Renaissance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Droz, Genève, pp.217-232, 2013, coll. Travaux d'humanisme et de renaissance, 978-2-600-01715-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00918187v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sic tyrannis colitur : le dialogue Phalarismus d'Ulrich von Hutten</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Gauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Boulègue L., Casanova-Robin H., Lévy C. (éds). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le tyran et sa postérité dans la littérature latine, de l'Antiquité à la Renaissance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris, classiques Garnier, p. 331-347, 2013, Le tyran et sa postérité dans la littérature latine, de l'ANtiquité à la Renaissance</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00855217v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'allégorie et ses fonctions dans l'œuvre d'Ulrich von Hutten</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Wild, Francine. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le sens caché : usages de l'allégorie du Moyen Âge au XVIIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Artois Presses Université, pp.53-66, 2013, 978-2-84832-178-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00918185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...145 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les dialogues d'Ulrich von Hutten (1488-1523) : un outil poétique au service de la critique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N. Catellani-Dufrêne et M. Jean-Louis Perrin (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La lyre et la poupre, poésie latine et politique de l'Antiquité tardive à la Renaissance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.235-247, 2012, Interférences, 978-2-7535-1823-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00719158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'influence d'Hérodote dans la Legatio Babylonica de Pierre Martyr d'Anghiera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">S. Gambino Longo (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hérodote à la Renaissance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Brepols, pp.175-194, 2012, Hérodote à la Renaissance, 978-2-503-54121-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00724814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mythes antiques, maladie et guérison dans le Syphilis sive de morbo Gallico de Jérôme Fracastor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Leroux, Virginie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La mythologie classique dans la littérature néo-latine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 12, Presses Universitaires de Clermont-Ferrand, p. 293-314, 2011, Erga, 978-2-84516-379-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00599167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erasme de Rotterdam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J.-C. Saladin (éd.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Adages d'Érasme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, édition des Belles Lettres, p. 95-105 ; 171-181 ; 324-332, 2011, coll. Le miroir des humanistes</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00719176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bibliothèque humaniste idéale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">sous la direction de J.-C. Saladin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bibliothèque humaniste idéale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les Belles Lettres, Paris, p. 135-139 ; 216-219 et 258-260, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00599170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Per tabellam huius cosmographiae novae... : Pierre Martyr d'Anghiera géographe, ou comment élaborer la cosmographie d'un monde nouveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dupré, Sven; Hallyn, Fernand. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Early modern cosmography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 59 (163), Brepols, pp.499-516, 2009, Archives internationales d'histoire des sciences, 978-2-503-52849-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00724817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« De l'animal sauvage à l'animal fantastique : les créatures du Nouveau Monde dans les huit Décades de Pierre Martyr d'Anghiera »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Février, Caroline. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Images de l'animal dans l'antiquité, des figures de l'animal au bestiaire figuré</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Caen, pp.55-72, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00464249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Accipe non noti praeclara uolumine mundi : les dédicaces du De Orbe Nouo de Pierre Martyr d'Anghiera »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bossuyt, Ignace; Sacré, Dirk. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cui dono lepidum novum libellum ? Dedicating latin works and motets in the sixteenth century</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 23, Leuven University press, p. 195-216, 2008, supplementa humanistica lovaniensia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00464244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Place, traitement et fonction des animaux sauvages du Nouveau Monde dans les trois premières Décades du De Orbe Novo de Pierre Marty d'Anghiera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'animal sauvage à la Renaissance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.321-344, 2007, Cambridge french colloquia, 978-0-9554905-0-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02139335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Martyr d'Anghiera, un esprit libre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Italie et la France dans l'Europe latine du XIVe au XVIIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Publication des universités de Rouen et du Havre, pp.175-192, 2006, 978-2-87775-410-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02139348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ovide en exil : le poète et son œuvre dans les Tristes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Boubia, Fawzi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Exil et migration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, MRSH Caen, pp.113-130, 2003, Cahiers de la mrsh</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02138838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6269,441 +6353,441 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bibliothèque Ichtya</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Jacquemard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Lucas-Avenel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Jacob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marie Bisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04428033v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thesaurus des noms de poissons et créatures aquatiques [en ligne]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Gauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Barbara Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Bisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-[...64 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Jacquemard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">[Bibliothèque Ichtya]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04427971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[revue Latomus 73] J. Vons, La syphilis ou le mal français (J. Fracastor), 2011</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014, p. 829-831</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01417351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">(revue Kentron 25, 2009) : L. Beck-Chauvard, La déréliction (l'esthétique de la lamentation amoureuse de la latinité profane à la modernité chrétienne), Nancy,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009, p. 171-173</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00719184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comptes-rendus (revue LATOMUS) : -R. Maccazane ed E. Magioncalda, De Orbe Nouo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00464299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6713,250 +6797,250 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert le Grand, Les animaux (De animalibus) - Livre XXIV, Les animaux aquatiques (De aquaticis), traduction et commentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04950534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traduction commentée de l'Elégie XI des Elégies de la peste (Eleagiae de peste XI) de Jean Ursin (1541), Les poissons (Piscina).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04974399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas de Cantimpré, Liber de natura rerum, Book VII, About fishes (De piscibus) : translation and commentary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Jacquemard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04428279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas de Cantimpré, La nature (Liber de natura rerum), livre VI, Les monstres marins (De monstris marinis) : traduction et commentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6965,215 +7049,215 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Lucas-Avenel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04428125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ambroise de Milan, Hexaemeron, Livre V, traduction et commentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Jacquemard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Agnès Lucas-Avenel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04436654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barthélemy l'Anglais, De proprietatibus rerum, Livre XIII, ch. 26, traduction et notes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Gauvin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04436684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId119"/>
+      <w:footerReference w:type="default" r:id="rId121"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7320,51 +7404,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04389592v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Gauvin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04031237v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rursuspicae.2523" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03064670v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Buquet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jacquemard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/medievales.11240" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03525406v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/anthropozoologica2021v56a17" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01698408v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Lucas-Avenel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/anthropozoologica2018v53a2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131955v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hms.983" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-LNPK64QL-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417367v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417315v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917986v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/kentron.668" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855312v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788021v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788011v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757114v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720057v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599164v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464239v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02139425v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02139418v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02139377v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02138847v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/kentron.1849" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02139359v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261691v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950420v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950554v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950562v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950553v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131799v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131694v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131707v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131731v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131749v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417167v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417157v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794857v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647056v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02139409v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719174v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464253v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02139397v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950550v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04974424v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748029v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lecouteux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Robinet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04428232v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas De Cantimpr&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04428198v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950411v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04436644v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise de Milan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04436673v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barth&#233;l&#233;my l'Anglais" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131661v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Bayle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364357v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417175v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich von Hutten" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855229v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639521v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ursin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02138337v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04717486v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745311v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bisson" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Buard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Jacob" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.5477" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02363246v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417163v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02363286v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-09160-8.p.0027" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131912v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/IVVT9426" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131984v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918185v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918187v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855217v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719158v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724814v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599167v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719176v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599170v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724817v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464249v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464244v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02139335v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02139348v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02138838v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04428033v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04427971v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417351v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719184v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464299v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950534v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974399v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04428279v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04428125v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04436654v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04436684v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04389592v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Gauvin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04031237v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rursuspicae.2523" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03525406v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/anthropozoologica2021v56a17" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03064670v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Buquet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Jacquemard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/medievales.11240" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01698408v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Lucas-Avenel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/anthropozoologica2018v53a2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417367v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131955v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hms.983" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-LNPK64QL-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417315v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917986v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/kentron.668" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855312v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788021v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00788011v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757114v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720057v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599164v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464239v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02139425v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02139418v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02139377v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02138847v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/kentron.1849" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02139359v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261691v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950420v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950554v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950562v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950553v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131799v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131694v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131707v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131731v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131749v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417167v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417157v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794857v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647056v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02139409v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719174v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464253v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02139397v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04974424v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748029v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lecouteux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Robinet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950550v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04428232v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas De Cantimpr&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04428198v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950411v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04436644v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise de Milan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04436673v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barth&#233;l&#233;my l'Anglais" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02004076v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Bayle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.millon.fr/livres/405-m%C3%A9moires-du-corps-bayle-ariane-et-gauvin-brigitte-le-si%C3%A8cle-des-v%C3%A9rol%C3%A9s.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131661v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02364357v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417175v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich von Hutten" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855229v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639521v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ursin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02138337v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04717486v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745311v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bisson" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Buard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Jacob" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.5477" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417163v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02363246v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02363286v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-09160-8.p.0027" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131912v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/IVVT9426" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02131984v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918187v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855217v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00918185v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719158v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724814v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599167v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719176v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00599170v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00724817v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464249v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464244v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02139335v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02139348v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02138838v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04428033v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04427971v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417351v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00719184v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464299v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950534v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974399v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04428279v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04428125v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04436654v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04436684v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>