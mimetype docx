--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -965,609 +965,779 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00105166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development of neurotensin analogues stabilized by Lys8-Lys9 reduction and linker modifications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Morgat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Previti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Bodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Balasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annual Congress of the European Association of Nuclear Medicine (EANM’23)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Vienne, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Journal of Nuclear Medicine and Molecular Imaging, 50 (S1), pp.S445 / EP-0035, 2023, EANM’23 Abstract Book Congress Sep 9-13, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04833589v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TGFβ inhibition and mesenchymal to epithelial transition initiation by Xenopus egg extract: first steps towards early reprogramming in fish somatic cell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Chenais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Le Cam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Lareyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 13 (1), pp.9967. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-023-36354-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04283845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xenopus Resources Transgenic, Inbred and Mutant Animals, Training Opportunities, and Web-Based Support</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nuclear import of Xenopus egg extract components into cultured cells for reprogramming purposes: a case study on goldfish fin cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcin Wlizia</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Dominika Gajdasik</w:t>
+                <w:t xml:space="preserve">Nathalie Chenais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lorca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Rime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fphys.2019.00387⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 27:9 (1) (2861), pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-39500-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02156285v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02051583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nuclear import of Xenopus egg extract components into cultured cells for reprogramming purposes: a case study on goldfish fin cells</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hélène Rime</w:t>
+                <w:t xml:space="preserve">Xenopus Resources Transgenic, Inbred and Mutant Animals, Training Opportunities, and Web-Based Support</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marko Horb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcin Wlizia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anita Abu-Daya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sean Mcnamara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominika Gajdasik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-39500-y⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.387. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2019.00387⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02051583v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02156285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RESAMA: A Network for Monitoring Health and Husbandry Practices in Aquatic Research Facilities.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Legendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Leguay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Labrut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zebrafish</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 13 Suppl 1, pp.S56-65. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1089/zeb.2015.1199⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01370224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generation of stable Xenopus laevis transgenic lines expressing a transgene controlled by weak promoters.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne L'Hostis-Guidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1576,286 +1746,116 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Recher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdulrahim Al-Mohammad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Coumailleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transgenic Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 18 (5), pp.815-27. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11248-009-9273-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00416493v1</w:t>
-              </w:r>
-[...168 lines deleted...]
-                <w:t xml:space="preserve">hal-04833589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1886,90 +1886,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reprogramming of fish somatic cells for nuclear transfer is primed by Xenopus egg extract</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Chênais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Le Cam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Lareyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
@@ -2160,51 +2160,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04634740v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gay" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djibril Scott" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gourmelen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Guillet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Thermes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441048v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne L'Hostis-Guidet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Recher" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Coumailleau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tiaho" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441042v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Anne d'Amico" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440997v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Benquet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105176v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Madigou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Nicolle" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105170v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Boujard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105166v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Eyer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bartheleix" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283845v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chenais" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Le Cam" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Lareyre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Labb&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-36354-3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02156285v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Horb" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Wlizia" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Abu-Daya" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Mcnamara" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominika Gajdasik" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2019.00387" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051583v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lorca" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Morin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rime" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-39500-y" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370224v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Legendre" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Leguay" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Meunier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Labrut" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/zeb.2015.1199" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416493v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulrahim Al-Mohammad" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11248-009-9273-0" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833589v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Morgat" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Previti" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Bodin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Balasse" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle R&#233;mond" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s00259-023-06333-x" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03770708v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ch&#234;nais" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04634740v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gay" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djibril Scott" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gourmelen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Guillet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Thermes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441048v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne L'Hostis-Guidet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Recher" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Coumailleau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tiaho" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441042v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Anne d'Amico" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440997v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Benquet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105176v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Madigou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Nicolle" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105170v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Boujard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105166v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Eyer" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bartheleix" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833589v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Morgat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Previti" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Bodin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Balasse" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle R&#233;mond" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s00259-023-06333-x" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283845v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chenais" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Le Cam" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Lareyre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Labb&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-36354-3" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051583v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lorca" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Morin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rime" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-39500-y" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02156285v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Horb" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Wlizia" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Abu-Daya" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Mcnamara" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominika Gajdasik" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2019.00387" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370224v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Legendre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Leguay" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Meunier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Labrut" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/zeb.2015.1199" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416493v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulrahim Al-Mohammad" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11248-009-9273-0" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03770708v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ch&#234;nais" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>