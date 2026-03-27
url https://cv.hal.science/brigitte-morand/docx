--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -182,252 +182,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04386448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déconstruire en classe le genre du récit historique pour faire apprendre une histoire vraiment mixte</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Noblet</w:t>
+                <w:t xml:space="preserve">Qui fait quoi autour du document en Histoire ? Trois études de cas sur le 11 septembre 2001 en classe de première</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Morand</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en Didactiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rdid1.035.0121⟩</w:t>
+              <w:t xml:space="preserve">Éducation &amp; Didactique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17, pp.113-134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/educationdidactique.12057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04024998v1</w:t>
+                <w:t xml:space="preserve">hal-04672419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qui fait quoi autour du document en Histoire ? Trois études de cas sur le 11 septembre 2001 en classe de première</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Déconstruire en classe le genre du récit historique pour faire apprendre une histoire vraiment mixte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Noblet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Morand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation &amp; Didactique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 17, pp.113-134. </w:t>
+              <w:t xml:space="preserve">Recherches en Didactiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35, pp.121-149. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/educationdidactique.12057⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rdid1.035.0121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04672419v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04024998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Entre prouesses et petits arrangements » : des professeurs d’histoire-géographie face au changement de prescription.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Questions Vives, recherches en éducation </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 26, </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
@@ -864,51 +864,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La didactique de l’histoire aux prises avec la logique des acteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quelles références pour les didactiques de l’histoire, de la géographie, de l’éducation à la citoyenneté ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -946,51 +946,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport au temps chez les enseignants d’histoire et de géographie : Entre prouesses et « petits arrangements »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Serres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">condition(s) enseignante(s), conditions pour enseigner</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Lyon 2, Jan 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1436,165 +1436,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00809235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du récit national à l'identité européenne : la guerre froide dans les manuels français.</w:t>
+                <w:t xml:space="preserve">La guerre froide dans les manuels français des années soixante à nos jours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Morand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque trilatéral de Genshagen</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Genshagen, Allemagne</w:t>
+              <w:t xml:space="preserve">Colloque INRP " Mémoires, histoire, identités "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00989539v1</w:t>
+                <w:t xml:space="preserve">hal-00989540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La guerre froide dans les manuels français des années soixante à nos jours</w:t>
+                <w:t xml:space="preserve">Du récit national à l'identité européenne : la guerre froide dans les manuels français.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Morand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque INRP " Mémoires, histoire, identités "</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Lyon, France</w:t>
+              <w:t xml:space="preserve">Colloque trilatéral de Genshagen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Genshagen, Allemagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00989540v1</w:t>
+                <w:t xml:space="preserve">hal-00989539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le monde communiste européen dans les manuels d'histoire des années soixante : un emploi paradoxal du concept de civilisation</w:t>
               </w:r>
@@ -1837,51 +1837,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La formation des enseignants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Serres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Morand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2625,51 +2625,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04386448v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Noblet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Morand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04024998v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdid1.035.0121" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672419v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Serres" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.12057" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381252v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsvives.2005" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990061v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990058v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990053v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990054v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378042v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680495v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135512v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135516v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989534v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Baraize" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809229v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809238v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809245v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809235v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989539v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989540v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809236v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00711739v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990071v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684046v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680487v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135508v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Baques" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989551v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Andr&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989555v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989548v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989541v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989546v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04386448v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Noblet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Morand" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672419v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Serres" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.12057" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04024998v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rdid1.035.0121" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381252v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsvives.2005" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990061v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990058v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990053v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990054v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378042v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680495v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135512v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135516v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989534v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Baraize" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809229v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809238v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809245v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809235v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989540v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989539v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809236v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00711739v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990071v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684046v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680487v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01135508v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Baques" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989551v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Andr&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989555v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989548v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989541v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989546v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>