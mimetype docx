--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Brivael Hémon </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chercheur postdoctoral - CNRS Laboratoire Cognition, Langues, Langage, Ergonomie (CLLE) - UMR 5263Toulouse - France</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes recherches s'articulent autour de deux thématiques :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Compétences non-techniques (communication, travail en équipe) et  performances dans les équipes nécessitant un haut niveau de fiabilité.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Dans ma thèse, je me suis intéressé à la prise de parole face à des menaces à la sécurité des soins dans les équipes soignantes (Hémon & Michinov, 2018), en proposant un questionnaire d'attitudes (Hémon & Michinov, en révision) et une intervention en simulation auprès d'étudiant·e·s en soins infirmiers (Hémon et al., 2020). Plus largement, je m'intéresse aux facteurs de performances, de socio-performances, et aux compétences psychosociales des membres de ces équipes (e.g., liens entre compétences psychosociales et stress chez les étudiant·e·s en soins infirmiers ; liens entre familiarité, expertise et interruption de tâche au bloc opératoire ; formation au travail en équipe par des méthodes de simulation).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Conception et usages de plateformes numériques d'apprentissage et développement de compétences.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">J'ai travaillé pour le projet ProFAN sur les performances d'élèves en lycée professionnel à des tâches collaboratives en ligne via une boite à outils numérique (tâches de prise de décision collective, créativité, négociation), puis au développement de la plateforme ECC'IPE destinée à entraîner les compétences de travail en équipe. Une étude a notamment évalué les effets d'un guidage de la collaboration par des instructions sur l'efficacité des groupes à une tâche de prise de décision collective en ligne (Hémon et al., 2022). Je travaille actuellement sur le projet POUCEEC afin d'évaluer auprès d'enseignant·e·s l'acceptabilité d'une plateforme numérique destinée à l'enseignement de l'esprit critique, ainsi que les effets de l'usage de la plateforme sur les compétences et dispositions liées à l'esprit critique des élèves.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mots clés : Compétences non-techniques, Travail en équipe, Prise de parole, Plateforme numérique d'apprentissage</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between critical thinking dispositions and evaluation of videos with variation in the level of expertise of the source among middle and high school students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin de Checchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaël Arguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Trémolière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Amadieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 230, pp.105274. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compedu.2025.105274⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04973687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How teacher autonomy support and student creativity jointly contribute to self-regulated learning: a dynamic, person-environment fit perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Núñez-Regueiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas B Verger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bressoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatolia Batruch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marinette Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thinking Skills and Creativity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 58, pp.101873. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tsc.2025.101873⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05101299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction et validation initiale d’un questionnaire sur la communication ouverte dans les équipes de soins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Michinov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 70 (4), pp.315-334. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psfr.2025.05.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does the Jigsaw method improve motivation and self-regulation in vocational high schools?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Riant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure de Place</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bressoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatolia Batruch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marinette Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contemporary Educational Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 77, pp.102278. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cedpsych.2024.102278⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04788112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaborative Skills Training Using Digital Tools: A Systematic Literature Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Cherbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Michinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Michinov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Human-Computer Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-19. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10447318.2024.2348227⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protective resources against stress among student nurses: Influences of self-efficacy, emotional intelligence and conflict management styles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Michinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Béranger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Boissart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nurse Education in Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Nurse Education in Practice, 74, pp.103849. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nepr.2023.103849⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04303073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When Instructions Based on Constructive Controversy Boost Synergy in Online Groups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Cherbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Michinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Michinov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Human-Computer Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10447318.2022.2132028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03972296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperative learning reduces the gender gap in perceived social competences: A large-scale nationwide longitudinal experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ocyna Rudmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatolia Batruch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilio Paolo Visintin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sommet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bressoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Educational Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 116 (6), pp.903-920. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/edu0000870⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speaking Up About Errors in Routine Clinical Practice: A Simulation-Based Intervention With Nursing Students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Michinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Guy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Mancheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Scipion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Simulation in Nursing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 45, pp.32-41. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecns.2020.03.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02922217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships Between Expertise, Crew Familiarity and Surgical Workflow Disruptions An Observational Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Henaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Michinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Rochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Journal of Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 43 (2), pp.431-438. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00268-018-4805-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01902637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silence et communication ouverte au bloc opératoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Michinov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxymag</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 31, pp.11-14. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.oxy.2018.10.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01956685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Feel Competent, Therefore I Am: Self-Concept and Skill Interact at Different Speeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Núñez-Regueiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herbert W. Marsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bressoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatolia Batruch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marinette Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05240850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">School students rely on their own opinion rather than the source expertise when evaluating videos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin de Checchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaël Arguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Trémolière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Amadieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EARLI SIG2 Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04713848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Openness and epistemic justifications predict tendency to favor videos featuring experts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin de Checchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaël Arguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Trémolière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Amadieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EARLI SIG2 Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04713845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment les élèves de collège et lycée évaluent des vidéos ? Premiers résultats du projet POUCEEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin de Checchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Amadieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaël Arguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Trémolière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'argumentation collaborative : discussions en ligne, apprentissage de l'esprit critique (ARGUCOLL 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04297944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of barriers and enablers to speaking up among nursing students: A qualitative study of debriefings after simulation sessions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Michinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Guy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Mancheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Scipion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference for multi-area simulation ICMASim 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Angers, France. pp.245-250, </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/978-2-88963-088-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02453397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail d’équipe au bloc opératoire: Les relations entre la familiarité d’équipe et les interruptions de tâche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Michinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Henaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Rochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riffaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20ème Congrès de l'Association Internationale de Psychologie du Travail de Langue Française, AIPTLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01879399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du biais de prise de décision collective dans les équipes de santé pluri-professionnelle : Apport de la simulation médicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Michinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ralph Balez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Cozian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International « Décider en urgence »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Université Paris-Est Créteil, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01956691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Études des attitudes relatives à la communication ouverte : création d’un outil de mesure et d’une intervention en simulation auprès d’étudiant·e·s en soins infirmiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Psychologie. Université Rennes 2, 2021. Français. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2021REN20010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03435241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId75"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Brivael Hémon </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chercheur postdoctoral - CNRS Laboratoire Cognition, Langues, Langage, Ergonomie (CLLE) - UMR 5263Toulouse - France</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes recherches s'articulent autour de deux thématiques :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Compétences non-techniques (communication, travail en équipe) et  performances dans les équipes nécessitant un haut niveau de fiabilité.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Dans ma thèse, je me suis intéressé à la prise de parole face à des menaces à la sécurité des soins dans les équipes soignantes (Hémon & Michinov, 2018), en proposant un questionnaire d'attitudes (Hémon & Michinov, en révision) et une intervention en simulation auprès d'étudiant·e·s en soins infirmiers (Hémon et al., 2020). Plus largement, je m'intéresse aux facteurs de performances, de socio-performances, et aux compétences psychosociales des membres de ces équipes (e.g., liens entre compétences psychosociales et stress chez les étudiant·e·s en soins infirmiers ; liens entre familiarité, expertise et interruption de tâche au bloc opératoire ; formation au travail en équipe par des méthodes de simulation).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Conception et usages de plateformes numériques d'apprentissage et développement de compétences.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">J'ai travaillé pour le projet ProFAN sur les performances d'élèves en lycée professionnel à des tâches collaboratives en ligne via une boite à outils numérique (tâches de prise de décision collective, créativité, négociation), puis au développement de la plateforme ECC'IPE destinée à entraîner les compétences de travail en équipe. Une étude a notamment évalué les effets d'un guidage de la collaboration par des instructions sur l'efficacité des groupes à une tâche de prise de décision collective en ligne (Hémon et al., 2022). Je travaille actuellement sur le projet POUCEEC afin d'évaluer auprès d'enseignant·e·s l'acceptabilité d'une plateforme numérique destinée à l'enseignement de l'esprit critique, ainsi que les effets de l'usage de la plateforme sur les compétences et dispositions liées à l'esprit critique des élèves.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mots clés : Compétences non-techniques, Travail en équipe, Prise de parole, Plateforme numérique d'apprentissage</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Feel Competent, Therefore I Am: Self-Concept and Skill Interact at Different Speeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Núñez-Regueiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Herbert W. Marsh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Pansu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatolia Batruch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marinette Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05240850v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between critical thinking dispositions and evaluation of videos with variation in the level of expertise of the source among middle and high school students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin de Checchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaël Arguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Trémolière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Amadieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 230, pp.105274. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compedu.2025.105274⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04973687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How teacher autonomy support and student creativity jointly contribute to self-regulated learning: a dynamic, person-environment fit perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Núñez-Regueiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas B Verger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bressoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatolia Batruch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marinette Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thinking Skills and Creativity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 58, pp.101873. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tsc.2025.101873⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05101299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction et validation initiale d’un questionnaire sur la communication ouverte dans les équipes de soins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Michinov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 70 (4), pp.315-334. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psfr.2025.05.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05501586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does the Jigsaw method improve motivation and self-regulation in vocational high schools?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Riant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure de Place</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bressoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatolia Batruch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marinette Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Contemporary Educational Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 77, pp.102278. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cedpsych.2024.102278⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04788112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collaborative Skills Training Using Digital Tools: A Systematic Literature Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Cherbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Michinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Michinov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Human-Computer Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-19. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10447318.2024.2348227⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protective resources against stress among student nurses: Influences of self-efficacy, emotional intelligence and conflict management styles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Michinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Béranger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Boissart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nurse Education in Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Nurse Education in Practice, 74, pp.103849. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nepr.2023.103849⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04303073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When Instructions Based on Constructive Controversy Boost Synergy in Online Groups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Cherbonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Michinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Jamet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Michinov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Human-Computer Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10447318.2022.2132028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03972296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cooperative learning reduces the gender gap in perceived social competences: A large-scale nationwide longitudinal experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ocyna Rudmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatolia Batruch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilio Paolo Visintin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sommet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Bressoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Educational Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 116 (6), pp.903-920. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/edu0000870⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speaking Up About Errors in Routine Clinical Practice: A Simulation-Based Intervention With Nursing Students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Michinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Guy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Mancheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Scipion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Simulation in Nursing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 45, pp.32-41. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecns.2020.03.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02922217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships Between Expertise, Crew Familiarity and Surgical Workflow Disruptions An Observational Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Henaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Michinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Rochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Journal of Surgery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 43 (2), pp.431-438. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00268-018-4805-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01902637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silence et communication ouverte au bloc opératoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Michinov</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxymag</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 31, pp.11-14. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.oxy.2018.10.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01956685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">School students rely on their own opinion rather than the source expertise when evaluating videos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin de Checchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaël Arguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Trémolière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Amadieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EARLI SIG2 Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04713848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Openness and epistemic justifications predict tendency to favor videos featuring experts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin de Checchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaël Arguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Trémolière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Amadieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EARLI SIG2 Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04713845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment les élèves de collège et lycée évaluent des vidéos ? Premiers résultats du projet POUCEEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin de Checchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Amadieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaël Arguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Trémolière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'argumentation collaborative : discussions en ligne, apprentissage de l'esprit critique (ARGUCOLL 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04297944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of barriers and enablers to speaking up among nursing students: A qualitative study of debriefings after simulation sessions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Michinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Guy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Mancheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Scipion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conference for multi-area simulation ICMASim 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Angers, France. pp.245-250, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/978-2-88963-088-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02453397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail d’équipe au bloc opératoire: Les relations entre la familiarité d’équipe et les interruptions de tâche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Michinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Henaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Rochat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Riffaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20ème Congrès de l'Association Internationale de Psychologie du Travail de Langue Française, AIPTLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01879399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du biais de prise de décision collective dans les équipes de santé pluri-professionnelle : Apport de la simulation médicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Michinov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ralph Balez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Cozian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Renault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International « Décider en urgence »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2016, Université Paris-Est Créteil, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01956691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Études des attitudes relatives à la communication ouverte : création d’un outil de mesure et d’une intervention en simulation auprès d’étudiant·e·s en soins infirmiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brivael Hémon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Psychologie. Université Rennes 2, 2021. Français. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2021REN20010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03435241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId76"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973687v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brivael H&#233;mon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin de Checchi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;l Arguel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Tr&#233;moli&#232;re" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Amadieu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compedu.2025.105274" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101299v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando N&#250;&#241;ez-Regueiro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B Verger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bressoux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatolia Batruch" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinette Bouet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsc.2025.101873" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501586v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. H&#233;mon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Michinov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2025.05.001" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788112v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Riant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure de Place" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cedpsych.2024.102278" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-04579645v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Cherbonnier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Michinov" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jamet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Michinov" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10447318.2024.2348227" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303073v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Robin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi B&#233;ranger" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Boissart" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nepr.2023.103849" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-03972296v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10447318.2022.2132028" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748426v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ocyna Rudmann" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Paolo Visintin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sommet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/edu0000870" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02922217v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guy" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mancheron" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Scipion" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecns.2020.03.003" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01902637v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Henaux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rochat" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jannin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00268-018-4805-5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01956685v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oxy.2018.10.002" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240850v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herbert W. Marsh" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713848v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin de Checchi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713845v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297944v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453397v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/978-2-88963-088-2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879399v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Riffaud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01956691v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Balez" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Cozian" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Renault" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03435241v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021REN20010" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05240850v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando N&#250;&#241;ez-Regueiro" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herbert W. Marsh" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pansu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatolia Batruch" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinette Bouet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973687v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brivael H&#233;mon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin de Checchi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;l Arguel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Tr&#233;moli&#232;re" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Amadieu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compedu.2025.105274" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101299v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B Verger" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bressoux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsc.2025.101873" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501586v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. H&#233;mon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Michinov" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2025.05.001" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788112v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Riant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure de Place" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cedpsych.2024.102278" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-04579645v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Cherbonnier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Michinov" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jamet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Michinov" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10447318.2024.2348227" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303073v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Robin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi B&#233;ranger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Boissart" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nepr.2023.103849" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-03972296v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10447318.2022.2132028" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748426v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ocyna Rudmann" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Paolo Visintin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sommet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/edu0000870" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-02922217v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mancheron" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Scipion" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecns.2020.03.003" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01902637v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Henaux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rochat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jannin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00268-018-4805-5" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01956685v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oxy.2018.10.002" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713848v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin de Checchi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04713845v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04297944v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453397v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/978-2-88963-088-2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879399v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Riffaud" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01956691v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Balez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Cozian" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Renault" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03435241v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021REN20010" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>