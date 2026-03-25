--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -391,77 +391,4228 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04748941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (38)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reconfigurations du système sociotechnique électrique en Australie au prisme du stockage électrochimique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Pellegrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ENERGON 2025, Transition énergétique et reconfigurations des territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Aix-en-provence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05550105v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The use of Local Urban Plan to limit the effect of heat waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Clémence</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ruas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Girres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Nourrigat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Vienna (Austria), Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-17931⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04645363v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Issue of Standards Development for Sustainable Cities and Communities : ISO 37101 Case Study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruggiero Angela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Pellegrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Becue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">INPUT2023, 12th Conference on Innovation in Urban and Regional Planning.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, L'Aquila, Italy. pp.325-336, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-54118-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04748965v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Résilience territoriale : De l’émergence du concept aux défis de l’action locale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Pellegrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">webinaire « Adaptation et résilience territoriale : des concepts à l'action locale »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SCOP BL Evolution, Mar 2023, Web Conference, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04257972v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anticiper, réagir, s'adapter, se transformer : La résilience territoriale au prisme des perspectives climatiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Pellegrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marika Rupeka</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">séminaire Résilience : "Design adaptatif de la résilience pour les communautés intelligentes et territoires durables</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INSA Hauts-de-France &amp; Université Polytechnique Hauts-de-France, Nov 2022, Valenciennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04258001v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">conférence introductive : table ronde « La résilience territoriale : significations et réalisations »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Pellegrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les journées du GREC francilien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GREC - Groupe régional d’expertise sur le changement climatique et la transition écologique en Île-de-France, Oct 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04257992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Technical standards: a possible tool for the operationalization of the 2030 Agenda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruggiero Angela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Pellegrino</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13th international INU Study day "Beyond the future : emergencies, risks, challenges, transitions, and opportunities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Italian Istituto Nazionale di Urbanistica (INU), Dec 2022, NAPLES, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04244695v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser la résilience à travers l’évolution du système électrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Pellegrino</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MASTER PLAN énergie : pour une approche spatiale de l’énergie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Mons, May 2021, Mons, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03292182v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Practical indicators for road infrastructure resilience to flood risks in France, case study of Nantes Ring Road network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhuyu Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Laffréchine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Bony-Dandrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Dolidon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FLOODrisk 2020 - 4th European Conference on Flood Risk Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Budapast, Hungary. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3311/floodrisk2020.11.21⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04152480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Resilience of Interconnected Infrastructures and Systems: the RESIIST project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daouda Kamissoko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blazo Nastov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Chapurlat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene Dolidon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Bony-Dandrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICAT 2019 - 1st International Conference on Applied Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Quito, Ecuador. p.257-270, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-42517-3_20⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02424790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessing urban transport network resilience: a review on current approaches, International Conference on Transport and Smart Cities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhuyu Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Bony-Dandrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene Dolidon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICoTSC 2020 - 2020 International Conference on Transport and Smart Cities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Madrid, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02998727v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Decision-making in the field of Resilience: literature review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Omrane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daouda Kamissoko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederick Benaben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Zobel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICDSST 2020 - 6th International Conference on Decision Support System Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2020, Saragosse, Spain. pp. 151-157</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02894823v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urban underground spaces: functional and multidisciplinary approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Laffréchine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Gonzva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel da Silva Leite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd International Conference Smart Underground Space &amp; Infrastructures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04501612v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improving the environmental quality of urban morphologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Pellegrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International conference on Energy transition, climate change adaptation and disaster risk reduction perspectives in research and practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Naples, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02062327v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enjeux de gestion des risques en milieu urbain relatifs aux projets d’infrastructures aériennes de transport : le cas du risque inondation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Gonzva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Becue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristel Mazy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque des 20èmes rencontres internationales en urbanisme de l’APERAU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Lille, France. pp.318-323</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03338562v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improving urban infrastructures resilience using conceptual models: application of the “Behind the Barriers” model to the flooding of a rail transport system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Gonzva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7th Resilience Engineering Association Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Liège, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01677368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Increase urban resilience by planning the public spaces uses for humanitarian interventions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Delaitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Vargas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Cornejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Sierra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Vienne, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01551417v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Résilience des systèmes urbains : proposition d'un cadre méthodologique pour répondre aux besoins des exploitants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Gonzva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Colloque international « Penser et faire la résilience. Risques et territoires »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Pau, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01677382v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Résilience des territoires. Articuler les méthodes et disciplines pour proposer des améliorations stratégiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Douvinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Lhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireia Balsells</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIST2016 - En quête de territoire(s) ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collège international des sciences du territoire (CIST), Mar 2016, Grenoble, France. pp.446-451</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01353670v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les acteurs publics face aux phénomènes de densification « spontanée » : de la négociation avec les propriétaires privés à la gestion a posteriori des effets induits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Idt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Pellegrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Baudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Bethelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">APERAU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, BRUXELLES, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01301704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improving the Resilience of Guided Transport Systems for Natural Risks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Gonzva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Etienne Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-André Zitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Diab</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Third International Conference on Railway Technology: Research, Development and Maintenance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Cagliari, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01676216v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seepage water. A new resource?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Seidl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bich-Thuy Trinh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">43 rd IAH Congress. Groundwater and society: 60 years of IAH.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01815053v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysis of disruptions cascade effect within and between urban sociotechnical systems in a context of risks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Gonzva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Etienne Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Diab</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd European Conference on Flood Risk Management (FLOODrisk 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Lyon, France. pp.07008, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/e3sconf/20160707008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01676285v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Resilience of guided transport systems against natural risks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Gonzva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Etienne Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Diab</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11th World Congress on Railway Research (WCRR2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Milan, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01676290v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’application du principe de proximité dans la gestion des déchets : divergence d’enjeux sociaux, techniques et environnementaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Béraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Bahers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bonierbale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International conferences on proximitiy - Building proximities in a global world: Territorial, organisational and societal challenges.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université François Rabelais de Tours, May 2015, Tours, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01205334v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urban hydro morphology index as tool to improve living environment and the city resilience towards climate change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Seidl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Maytraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1st International conference on Water, Megacities and global change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01815061v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A modelling of disruptions cascade effect within a rail transport system facing a flood hazard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Gonzva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Etienne Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Diab</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">48th ESReDA Seminar on Critical Infrastructures Preparedness: Status of Data for Resilience Modelling, Simulation and Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESReDA, May 2015, Wroclaw, Poland. pp.53-59</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01430921v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Resilience of urban guided transport systems against natural risks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Gonzva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Etienne Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Diab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Décider dans un monde incertain : enjeu majeur de la maîtrise des risques, Congrès Lambda Mu 19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut pour la Maitrise des Risques, Oct 2014, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01411355v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The RPG DSL: a case study of language engineering using MDD for Generating RPG Games for Mobile Phones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Marques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valter Balegas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ankica Barisic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vasco Amaral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the 12th workshop on Domain-specific modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Tucson, Arizona, United States. pp.13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2420918.2420923⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03168616v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La résilience aux inondations du réseau de gestion des déchets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Beraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées scientifiques de l'Environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2012, Créteil, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01659718v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estimation du volume et de la nature des déchets produits par une inondation. Éléments de réflexion pour l'élaboration d'une méthode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Béraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jadot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bauduceau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12th Congress Interpraevent 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01623810v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Making Urban Territories More Resilient to Flooding by Improving the Resilience of Their Waste Management Network: A Methodology for Analysing Dysfunctions in Waste Management Networks during and after Flooding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Béraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICVRAM 2011 and the International Symposium on Uncertainty Modeling and Analysis, ISUMA 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Hyattsville, United States. pp.425 - 432, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1061/41170(400)52⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01623816v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessment and characterization method for flood waste – MECaDéPI project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Beraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jadot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bauduceau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Troisième plateforme mondiale pour la réduction des risques de catastrophe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Genève, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01659705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quality in use of domain-specific languages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ankica Barisic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vasco Amaral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Goulao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the 3rd ACM SIGPLAN workshop on evaluation and usability of programming languages and tools (plateau) at SPLASH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Portland, United States. pp.65, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2089155.2089170⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03168617v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse de l’impact d’une inondation sur le réseau de gestion des déchets : Exemple de la Vendée et de la Charente-Maritime suite au passage de la tempête Xynthia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Beraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TheoQuant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2011, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01659676v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quality in Use of DSLs: Current Evaluation Methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ankica Barisic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vasco Amaral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Goulao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd Inforum - Simpósio de informática</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Couimbra, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03168828v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la nécessaire prise en compte du réseau de gestion des déchets dans les stratégies d'amélioration de la résilience des territoires urbains aux inondations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Beraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Sociétés et catastrophes naturelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Orléans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01624554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">VULNÉRABILITÉ : UNE CLÉ DE LECTURE DU RISQUE INONDATION</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Diab</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Scientifiques de l'Environnement 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2006, Créteil, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00180315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paris, France: Urban Design Climate Workshop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Pellegrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -481,182 +4632,182 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cambridge University Press. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Third Assessment Report on Climate Change and Cities (ARC3.3) - UCCRN Case Study Docking Station</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2024, Cambridge Elements : Elements in Climate Change and Cities</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04938932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trajectoires de rafraîchissement urbain et planification urbaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ruas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trajectoire de transition écologique- Vers une planification dynamique et adaptative des territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, QUAE, 2023, 9782759237678</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04424006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">City Information Modelling pour des aménagements sobres et durables : potentiel du CIM pour calculer l’intensité urbaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Deprêtre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Jacquinod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -675,8729 +4826,4660 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bruno Barroca. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BIM et enjeux climatiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Eyrolles, 2023, 978-2-416-00841-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04061004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foreword</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Serre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lopez, F., Pellegrino, M., Coutard, O. (2019) Local energy autonomy: Spaces, scales, politics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, 2019, Urban Engineering Set</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03301615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapter 14. Energy Self-sufficiency: an Ambition or a Condition for Urban Resilience?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lopez, F., Pellegrino, M., Coutard, O. (2019) Local energy autonomy: Spaces, scales, politics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, pp.315-329, 2019, Urban Engineering Set, 978-1-78630-144-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03301582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résilience de quartiers et systèmes de transport face à l'inondation - Mobilisation de l'analyse fonctionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gonzva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireia Balsells</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Florence Rudolf. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les villes à la croisée des stratégies globales et locales des enjeux climatiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses de l'Université Laval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.201-219, 2016, 978-2-7637-2874-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01676292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La résilience des systèmes de transport : des défaillances par effet domino vers des stratégies d'exploitation dégradée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gonzva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Etienne Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Diab</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Résilience, vulnérabilité des territoires et génie urbain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 978-2-85978-504-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01677500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resilience and Vulnerability Analysis for Restoration After Tsunamis and Floods: The case of dwellings and industrial plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Mebarki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Springer </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monograph "Post-Tsunami Hazard: Reconstruction and Restoration"; Eds. V. Santiago-Fandiño, Y.A. Kontar, Y. Kameda (eds)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 44, Springer pp.237-258, 2015, Series: Advances in Natural and Technological Hazards ISBN: 978-3-319-10201-6 (print) / 978-3-319-10202-3 (online). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-10202-3_16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01314576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluating the Usability of Domain-Specific Languages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ankica Barisic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasco Amaral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Goulão</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Software Design and Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IGI Global, pp.2120-2141, 2014, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4018/978-1-4666-4301-7.ch098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03167825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chap. 13: Flood Vulnerability Assessment Tool (FVAT)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Mouchel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Bonierbale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Hubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">D. R. Thévenot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DayWater: Adaptive Decision Support System for Integrated Urban Stormwater Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IWA Publishers, pp.119-127, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00755616v1</w:t>
-              </w:r>
-[...4067 lines deleted...]
-                <w:t xml:space="preserve">hal-00180315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (36)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of cooling grey solutions in the sense-city urban demonstrator for adapting cities to heat waves</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Valentin Clemence</w:t>
+                <w:t xml:space="preserve">Critical infrastructure resilience: a guide for building indicator systems based on a multi-criteria framework with a focus on implementable actions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhuyu Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Mebarki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Laffréchine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Dolidon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Urban Climate</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.uclim.2024.101874⟩</w:t>
+              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24, pp.3723 - 3753. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/nhess-24-3723-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05139371v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05139353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Critical infrastructure resilience: a guide for building indicator systems based on a multi-criteria framework with a focus on implementable actions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zhuyu Yang</w:t>
+                <w:t xml:space="preserve">Comparison of cooling grey solutions in the sense-city urban demonstrator for adapting cities to heat waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Ruas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Clemence</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan Ulanowski</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/nhess-24-3723-2024⟩</w:t>
+              <w:t xml:space="preserve">Urban Climate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 55, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.uclim.2024.101874⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05139353v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05139371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of “Behind the Barriers” Model at Neighbourhood Scale to Improve Water Management under Multi-Risks Scenarios: A Case Study in Lyon, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Fabrizia Clemente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhuyu Yang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 20 (3), pp.2587. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ijerph20032587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04152405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indicator-based resilience assessment for critical infrastructures – A review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhuyu Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Weppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Bony-Dandrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Laffréchine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Safety Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 160, pp.106049. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ssci.2022.106049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03948697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multi-criteria framework for critical infrastructure systems resilience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhuyu Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Laffréchine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Weppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Bony-Dandrieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International journal of critical infrastructure protection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 42, pp.100616. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijcip.2023.100616⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04135558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resilience Indicator of Urban Transport Infrastructure: A Review on Current Approaches</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Resilience of Social-Infrastructural Systems: Functional Interdependencies Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhuyu Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Fabrizia Clemente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Laffréchine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Heinzlef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infrastructures</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (2), pp.606. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/su14020606⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/infrastructures7030033⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-03601121v1</w:t>
+                <w:t xml:space="preserve">hal-03523217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resilience of Social-Infrastructural Systems: Functional Interdependencies Analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Resilience Indicator of Urban Transport Infrastructure: A Review on Current Approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhuyu Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Bony-Dandrieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Dolidon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Infrastructures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 7 (3), pp.33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/infrastructures7030033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/su14020606⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03523217v1</w:t>
+                <w:t xml:space="preserve">hal-03601121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urban resilience operationalization issues in climate risk management: A review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Heinzlef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mattia Leone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Serre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Disaster Risk Reduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 75, pp.102974. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijdrr.2022.102974⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03651150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification of disaster waste: Review of the available methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaïa Marchesini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Disaster Risk Reduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 53, pp.101996. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijdrr.2020.101996⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03154258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Impact of Hurricane Irma on the Metabolism of St. Martin’s Island</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxana Popescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sustainability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 12 (17), pp.6731. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/su12176731⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02935704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contributing to urban resilience to floods with neighbourhood design: the case of Am Sandtorkai/Dalmannkai in Hamburg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gonzva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Etienne Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Diab</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Flood Risk Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 86 (1), pp.S69-S83. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jfr3.12253⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01654446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resilienza e progetto urbano: cosaci insegnano le alluvioni del 2016 in Francia?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pacteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Techne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 15, pp.31-38. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.13128/Techne-23199⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03312825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la lecture d’une crise à celle de la résilience territoriale : le phénomène el Niño2017 au Pérou vu depuis la capitale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Delaitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Sierra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Vargas Florez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Risques urbains</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 2 (1), pp.1-27. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2018.0266⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01903130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Risks revealed by cartography – cartography renewed by the geovisualization of risks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Serre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Cartography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 4 (1), pp.1 - 3. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/23729333.2018.1444376⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01737917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ville, risque, systémique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VRS - La vie de la recherche scientifique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Penser la complexité, 410 (automne 2017), pp.28-30. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1435-5597.1964⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01658261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résilience des systèmes urbains : proposition d’un cadre méthodologique pour répondre aux besoins des exploitants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gonzva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Serre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Risques urbains</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 17-1 (1), </w:t>
             </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2018.0203⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01729665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La résilience urbaine entre transition et rupture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VRS - La vie de la recherche scientifique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Les scientifiques acteurs de la transition écologique et solidaire, 409 (été 2017), pp.40-42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01658271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling disruptions causing domino effects in urban guided transport systems faced by flood hazards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gonzva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Etienne Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Diab</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natural Hazards</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 86 (1), pp.183-201. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11069-016-2680-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01411363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Échelles spatiales et approches méthodologiques pour l’analyse de la vulnérabilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gonzva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Delaitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Di Nardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Diab</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 2016/3, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/eps.7044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01676214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport de la sûreté de fonctionnement à l'analyse spatialisée du risque inondation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gonzva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Lhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Etienne Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Yd Diab</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale de Géomatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 26 (3), pp.329-361. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3166/rig.2016.00003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01676222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Considering hazard estimation uncertain in urban resilience strategies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Making urban flood resilience more operational: current practice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Balsells</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gildas Mazo</w:t>
+                <w:t xml:space="preserve">V. Becue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Serre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/nhess-15-25-2015⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Institution of Civil Engineers-Water Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 168 (2), pp.57-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1680/wama.14.00051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01100539v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01238352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Making urban flood resilience more operational: current practice</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Considering hazard estimation uncertain in urban resilience strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Becue</w:t>
+                <w:t xml:space="preserve">Pietro Bernadara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Serre</w:t>
+                <w:t xml:space="preserve">Stéphane Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Mazo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Institution of Civil Engineers-Water Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1680/wama.14.00051⟩</w:t>
+              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 15 (1), pp.25-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/nhess-15-25-2015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01238352v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01100539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobilisation de l'analyse fonctionnelle pour l'étude de la résilience des quartiers et des systèmes de transport guidé face au risque inondation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Gonzva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireia Balsells</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TSM. Techniques Sciences Méthodes – Génie urbain, génie rural</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01676225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behind The Barriers: A Resilience Conceptual Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Surveys and Perspectives Integrating Environment and Society - S.A.P.I.EN.S</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Resilient cities, 6 (1), 10 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01658719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la vulnérabilité à la résilience : mutation ou bouleversement ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Natural hazard resilient cities&amp;quot; Preface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Irène Mboumoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EchoGéo</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 13 (10), pp.2675-2678</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01658756v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00945504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natural hazard resilient cities&amp;quot; Preface</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">De la vulnérabilité à la résilience : mutation ou bouleversement ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Dinardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Mboumoua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EchoGéo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 24, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/echogeo.13439⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00945504v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01658756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natural hazard resilient cities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 13 (10), pp.2675 - 2678. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/nhess-13-2675-2013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01658784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysing urban resilience through alternative stormwater management options: Application of the conceptual Spatial Decision Support System model at the neighbourhood scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Balsells</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. R. Amdal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Diab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Becue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 68 (11), pp.2448-2457. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2166/wst.2013.527⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00945493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le concept de résilience à l’épreuve du génie urbain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Diab</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 12 (2)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01658793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to reach a usable DSL? Moving toward a Systematic Evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ankica Barisic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasco Amaral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Goulao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronic Communications of the EASST</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14279/tuj.eceasst.50.741⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03167796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flood hazards and masonry constructions: a probabilistic framework for damage, risk and resilience at urban scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Mebarki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Valencia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L. Salagnac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 12 (5), pp.1799-1809. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/nhess-12-1799-2012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00732165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional analysis, a resilience improvement tool applied to a waste management system-application to the &amp;quot;household waste management chain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Beraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Hubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 12 (12), pp.3671. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/nhess-12-3671-2012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00786087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégrer les eaux pluviales dans les politiques de réduction de la vulnérabilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José-Frédéric Deroubaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de l'Association de géographes français</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 87 (4), pp.452</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00739905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urbaniser les zones inondables, est-ce concevable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Hubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Développement durable et territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.7413⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01664526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indicators for identification of urban flooding vulnerability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Bernardara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Mouchel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Hubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 6 (4), pp.553-561</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00330912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’influence des inondations et des documents réglementaires sur le marché foncier en zone inondable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Capblancq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales des Ponts et Chaussees</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 105, pp. 32-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01664599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9407,462 +9489,462 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport de première année du projet Freshway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Ruas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université Gustave Eiffel. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04424186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Métriques du quotidien : matières et coalitions de l'alimentation et de la construction. Equipe TVK, Luxembourg in transition, consultation internationale urbano-architecturale et paysagère, rapport phase 1, janvier 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Malaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Sauton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Raton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Zunino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Buyck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] IFSTTAR - Institut Français des Sciences et Technologies des Transports, de l&amp;apos;Aménagement et des Réseaux. 2021, 49p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
-              <w:r>
-[...84 lines deleted...]
-            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03616423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une économie circulaire… de proximité ; Métabolisme urbain, empreinte environnementale et politique de gestion des déchets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Bahers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bonierbale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] ADEME. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01662474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mécadépi. Méthode d'Evaluation et CAractérisation des DEchets Post Inondation. Rapport final,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jadot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bauduceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Hubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Etablissement public Loire; FEDER. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01662462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9872,154 +9954,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The RESIIST project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daouda Kamissoko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blazo Nastov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Allon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Chapurlat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WISG 2019 - Workshop Interdisciplinaire sur la Sécurité Globale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Paris, France. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02510673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10029,347 +10111,347 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From the Resilience of Constructions to the Resilience of Territories: A New Framework for Thought and for Action</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Elsevier, pp.93-108, 2015, 978-1-78548-051-5. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/b978-1-78548-051-5.50005-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05295886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penser la ville et agir par le souterrain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses des ponts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 278 p., 2014, 978-2-85978-4671-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01653722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resilience and Urban Risk Management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Laganier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Serre D. (ed.); Barroca B. (ed.); Laganier R. (ed.). Taylor&amp; Francis Group, 192 p., 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01392410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resilience and urban risk management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Laganier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 192 p., 2012, 978-0-415-62147-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01653729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10379,392 +10461,392 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natural hazard resilient cities</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Resilient Cities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Germany. </w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaell Mainguy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Special Issue, 2013, ISSN 1561-8633</w:t>
+              <w:t xml:space="preserve">Surveys and Perspectives Integrating Environment and Society - S.A.P.I.EN.S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 6 (1), 2013, Electronic ISSN 1993-3819</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01654318v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01654313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resilient Cities</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Natural hazard resilient cities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">France. </w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. C. Llasat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Germany. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surveys and Perspectives Integrating Environment and Society - S.A.P.I.EN.S</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 6 (1), 2013, Electronic ISSN 1993-3819</w:t>
+              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Special Issue, 2013, ISSN 1561-8633</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01654313v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01654318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La résilience en action dans les territoires urbain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Barroca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yona Jébrak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaell Mainguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Duchemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 13 (3), 2013, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/vertigo.14347⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01654303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId255"/>
+      <w:footerReference w:type="default" r:id="rId256"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10832,51 +10914,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BD9A0F64"/>
+    <w:nsid w:val="FCE03980"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11063,51 +11145,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bruno-barroca" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6653-0803" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/170952347" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157538v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Delval" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barroca" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Aubret" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17868/STRATH.00093222" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748941v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggiero Angela" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Pellegrino" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Becue" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938932v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424006v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ruas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061004v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Depr&#234;tre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jacquinod" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03301615v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Serre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03301582v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676292v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Gonzva" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireia Balsells" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulaval.com/produit/les-villes-a-la-croisee-des-strategies-globales-et-locales-des-enjeux-climatiques" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677500v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Gautier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Diab" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314576v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Mebarki" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-10202-3_16" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167825v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankica Barisic" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco Amaral" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Goul&#227;o" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-4666-4301-7.ch098" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00755616v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Mouchel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bonierbale" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Hubert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645363v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Cl&#233;mence" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Girres" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Nourrigat" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-17931" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748965v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-54118-6" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257972v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258001v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marika Rupeka" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257992v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244695v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292182v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152480v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuyu Yang" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Laffr&#233;chine" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Bony-Dandrieux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dolidon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3311/floodrisk2020.11.21" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02424790v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daouda Kamissoko" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blazo Nastov" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chapurlat" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Dolidon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-42517-3_20" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02998727v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02894823v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Omrane" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederick Benaben" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Zobel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501612v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel da Silva Leite" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morand" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062327v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338562v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Richard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristel Mazy" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677368v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551417v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Delaitre" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Vargas" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cornejo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Sierra" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677382v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353670v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Douvinet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Lhomme" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676216v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Zitt" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301704v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Idt" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Baudry" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bethelot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01815053v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Seidl" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bich-Thuy Trinh" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Moulin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676285v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20160707008" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676290v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01815061v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Maytraud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205334v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Durand" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne B&#233;raud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bahers" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bonierbale" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430921v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411355v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168616v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Marques" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valter Balegas" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2420918.2420923" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659718v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Beraud" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623810v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jadot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bauduceau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623816v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/41170(400)52" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659705v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168617v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Goulao" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2089155.2089170" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659676v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168828v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624554v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00180315v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139371v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Clemence" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Ulanowski" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.uclim.2024.101874" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139353v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-24-3723-2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152405v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Fabrizia Clemente" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20032587" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03948697v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Weppe" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2022.106049" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04135558v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijcip.2023.100616" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03601121v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/infrastructures7030033" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523217v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Heinzlef" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su14020606" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651150v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Leone" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2022.102974" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154258v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#239;a Marchesini" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2020.101996" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02935704v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Popescu" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12176731" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654446v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfr3.12253" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312825v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Pacteau" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13128/Techne-23199" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01903130v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Vargas Florez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2018.0266" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737917v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23729333.2018.1444376" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658261v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1435-5597.1964" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729665v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2018.0203" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658271v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411363v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11069-016-2680-7" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676214v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Di Nardo" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.7044" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676222v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Yd Diab" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rig.2016.00003" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100539v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Bernadara" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Girard" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Mazo" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-15-25-2015" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01238352v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Balsells" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Becue" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Serre" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/wama.14.00051" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676225v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658719v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658756v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Dinardo" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Mboumoua" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.13439" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945504v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658784v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-13-2675-2013" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945493v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. R. Amdal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Diab" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2013.527" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658793v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167796v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14279/tuj.eceasst.50.741" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00732165v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Valencia" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Salagnac" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-12-1799-2012" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00786087v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Beraud" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-12-3671-2012" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00739905v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Fr&#233;d&#233;ric Deroubaix" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664526v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.7413" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330912v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bernardara" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hubert" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664599v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Capblancq" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424186v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03616423v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Malaud" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Sauton" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Raton" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Zunino" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Buyck" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662474v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662462v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02510673v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Allon" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Muller" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295886v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-1-78548-051-5.50005-x" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653722v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.presses-des-ponts.fr/notre-librairie/332-penser-la-ville-et-agir-par-le-souterrain.html" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01392410v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Laganier" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653729v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654318v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Llasat" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654313v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Duchemin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaell Mainguy" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654303v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yona J&#233;brak" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.14347" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bruno-barroca" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6653-0803" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/170952347" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157538v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Delval" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barroca" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Aubret" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17868/STRATH.00093222" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748941v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggiero Angela" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Pellegrino" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Becue" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05550105v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645363v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Cl&#233;mence" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ruas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Girres" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Nourrigat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-17931" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748965v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-54118-6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257972v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258001v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marika Rupeka" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257992v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244695v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292182v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152480v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuyu Yang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Laffr&#233;chine" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Bony-Dandrieux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dolidon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3311/floodrisk2020.11.21" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02424790v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daouda Kamissoko" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blazo Nastov" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chapurlat" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Dolidon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-42517-3_20" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02998727v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02894823v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Omrane" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederick Benaben" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Zobel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501612v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Gonzva" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel da Silva Leite" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062327v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338562v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Richard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristel Mazy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677368v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551417v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Delaitre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Vargas" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Cornejo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Sierra" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677382v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Serre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353670v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Douvinet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Lhomme" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireia Balsells" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301704v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Idt" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Baudry" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bethelot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676216v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Gautier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Zitt" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Diab" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01815053v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Seidl" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bich-Thuy Trinh" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Hubert" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Moulin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676285v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20160707008" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676290v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205334v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Durand" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne B&#233;raud" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bahers" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bonierbale" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01815061v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Maytraud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430921v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411355v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168616v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Marques" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valter Balegas" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankica Barisic" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco Amaral" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2420918.2420923" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659718v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Beraud" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623810v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jadot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bauduceau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623816v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/41170(400)52" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659705v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168617v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Goulao" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2089155.2089170" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659676v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168828v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01624554v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00180315v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938932v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424006v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061004v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Depr&#234;tre" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jacquinod" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03301615v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03301582v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676292v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulaval.com/produit/les-villes-a-la-croisee-des-strategies-globales-et-locales-des-enjeux-climatiques" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677500v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01314576v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Mebarki" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-10202-3_16" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167825v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Goul&#227;o" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-4666-4301-7.ch098" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00755616v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Mouchel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bonierbale" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139353v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-24-3723-2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139371v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Clemence" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Ulanowski" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.uclim.2024.101874" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04152405v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Fabrizia Clemente" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20032587" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03948697v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Weppe" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2022.106049" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04135558v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijcip.2023.100616" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523217v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Heinzlef" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su14020606" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03601121v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/infrastructures7030033" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651150v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Leone" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2022.102974" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154258v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#239;a Marchesini" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijdrr.2020.101996" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02935704v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Popescu" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12176731" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654446v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jfr3.12253" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312825v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Pacteau" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13128/Techne-23199" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01903130v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Vargas Florez" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2018.0266" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737917v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23729333.2018.1444376" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658261v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1435-5597.1964" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01729665v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2018.0203" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658271v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411363v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11069-016-2680-7" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676214v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Di Nardo" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.7044" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676222v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Yd Diab" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rig.2016.00003" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01238352v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Balsells" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Becue" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Serre" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/wama.14.00051" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01100539v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Bernadara" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Girard" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Mazo" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-15-25-2015" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676225v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658719v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945504v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658756v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Dinardo" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Mboumoua" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.13439" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658784v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-13-2675-2013" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00945493v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. R. Amdal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Diab" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2013.527" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01658793v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167796v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14279/tuj.eceasst.50.741" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00732165v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Valencia" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Salagnac" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-12-1799-2012" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00786087v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Beraud" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-12-3671-2012" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00739905v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Fr&#233;d&#233;ric Deroubaix" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664526v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.7413" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330912v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bernardara" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hubert" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664599v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Capblancq" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424186v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03616423v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Malaud" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Sauton" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Raton" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Zunino" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Buyck" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662474v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662462v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02510673v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Allon" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Muller" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295886v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-1-78548-051-5.50005-x" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653722v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.presses-des-ponts.fr/notre-librairie/332-penser-la-ville-et-agir-par-le-souterrain.html" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01392410v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Laganier" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653729v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654313v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Duchemin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaell Mainguy" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654318v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Llasat" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654303v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yona J&#233;brak" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.14347" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>