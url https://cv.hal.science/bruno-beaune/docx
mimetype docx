--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -583,295 +583,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04979303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the rate of force development reveals high neuromuscular fatigability in elderly patients with chronic kidney disease</w:t>
+                <w:t xml:space="preserve">Neural Drive Impairment in Chronic Kidney Disease Patients Is Associated with Neuromuscular Fatigability and Fatigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Chatrenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giorgina Barbara Piccoli</w:t>
+                <w:t xml:space="preserve">Giorgina Piccoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Agathe Anthierens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimo Torreggiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jean Michel Audebrand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Barbieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cachexia, Sarcopenia and Muscle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14 (5), pp.2016-2028. </w:t>
+              <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 55 (4), pp.727-739. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jcsm.13280⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1249/MSS.0000000000003090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04162018v1</w:t>
+                <w:t xml:space="preserve">hal-04083958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural Drive Impairment in Chronic Kidney Disease Patients Is Associated with Neuromuscular Fatigability and Fatigue</w:t>
+                <w:t xml:space="preserve">Analysis of the rate of force development reveals high neuromuscular fatigability in elderly patients with chronic kidney disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Chatrenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giorgina Piccoli</w:t>
+                <w:t xml:space="preserve">Giorgina Barbara Piccoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michel Audebrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimo Torreggiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agathe Anthierens</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean Michel Audebrand</w:t>
+                <w:t xml:space="preserve">Julien Barbieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 55 (4), pp.727-739. </w:t>
+              <w:t xml:space="preserve">Journal of Cachexia, Sarcopenia and Muscle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (5), pp.2016-2028. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1249/MSS.0000000000003090⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jcsm.13280⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04083958v1</w:t>
+                <w:t xml:space="preserve">hal-04162018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Concurrent Exercise Training on Ankle Muscle Activation during Static and Proactive Postural Control on Older Adults with Sarcopenic Obesity: A Multicenter, Randomized, and Controlled Trial</w:t>
               </w:r>
@@ -1253,563 +1253,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03620177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Location of ischemia and ischemic pain intensity affect spatiotemporal parameters and leg muscles activity during walking in patients with intermittent claudication</w:t>
+                <w:t xml:space="preserve">Gait alterations in patient with intermittent claudication: Effect of unilateral vs bilateral ischemia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Guilleron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Beaune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Abraham</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Beaune</w:t>
+                <w:t xml:space="preserve">Camille Pouliquen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Henni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-86351-7⟩</w:t>
+              <w:t xml:space="preserve">Clinical Physiology and Functional Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 41 (3), pp.292-301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/cpf.12698⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03193471v1</w:t>
+                <w:t xml:space="preserve">hal-03193469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gait alterations in patient with intermittent claudication: Effect of unilateral vs bilateral ischemia</w:t>
+                <w:t xml:space="preserve">Location of ischemia and ischemic pain intensity affect spatiotemporal parameters and leg muscles activity during walking in patients with intermittent claudication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Guilleron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Abraham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Beaune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Durand</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Pouliquen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Henni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Physiology and Functional Imaging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 41 (3), pp.292-301. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, pp.6809. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/cpf.12698⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-86351-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03193469v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03193471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedobarographic Statistical Parametric Mapping may identify specific plantar pressure patterns in patients with diabetes mellitus among different degrees of peripheral neuropathy: a pilot study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Chatrenet</w:t>
+                <w:t xml:space="preserve">Building a biopsychosocial model of cancer-related fatigue: the BIOCARE FActory cohort study protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Chartogne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Beaune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Giorgina Barbara Piccoli</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boyas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diabetic Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/dme.14572⟩</w:t>
+              <w:t xml:space="preserve">BMC Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12885-021-08831-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03193475v1</w:t>
+                <w:t xml:space="preserve">hal-03443119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Building a biopsychosocial model of cancer-related fatigue: the BIOCARE FActory cohort study protocol</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Leclercq</w:t>
+                <w:t xml:space="preserve">Pedobarographic Statistical Parametric Mapping may identify specific plantar pressure patterns in patients with diabetes mellitus among different degrees of peripheral neuropathy: a pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Chatrenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Beaune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Forestier</w:t>
+                <w:t xml:space="preserve">Jean‐michel Audebrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimo Torreggiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgina Barbara Piccoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Cancer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 21 (1), </w:t>
+              <w:t xml:space="preserve">Diabetic Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 38 (7), pp.e14572. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12885-021-08831-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/dme.14572⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03443119v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03193475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coactivation pattern in leg muscles during treadmill walking in patients suffering from intermittent claudication</w:t>
               </w:r>
@@ -1821,64 +1821,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Guilleron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Waël Maktouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Henni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Abraham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2191,832 +2191,832 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04980648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rearfoot-forefoot profile defined by vertical ground reaction forces during gait is altered in patients with unilateral intermittent claudication</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Guilleron</w:t>
+                <w:t xml:space="preserve">Influence of Obesity and Impact of a Physical Activity Program on Postural Control and Functional and Physical Capacities in Institutionalized Older Adults: A Pilot Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Waël Maktouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Beaune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boyas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 109, pp.109966. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Activity and Health (JPAH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17 (2), pp.169-176. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2020.109966⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1123/jpah.2018-0376⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02944529v1</w:t>
+                <w:t xml:space="preserve">hal-02944487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences in lower extremity muscular coactivation during postural control between healthy and obese adults</w:t>
+                <w:t xml:space="preserve">Interactions among obesity and age-related effects on the gait pattern and muscle activity across the ankle joint</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Waël Maktouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Pouliquen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Beaune</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 81, pp.197-204. </w:t>
+              <w:t xml:space="preserve">Experimental Gerontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 140, pp.111054. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2020.07.068⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.exger.2020.111054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02944507v1</w:t>
+                <w:t xml:space="preserve">hal-02944498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationships between lower limbs fatigability threshold and postural control in obese adults</w:t>
+                <w:t xml:space="preserve">Differences in lower extremity muscular coactivation during postural control between healthy and obese adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Waël Maktouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Beaune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Durand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2020.109819⟩</w:t>
+              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 81, pp.197-204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2020.07.068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02954055v1</w:t>
+                <w:t xml:space="preserve">hal-02944507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PhysIOpathology of NEuromuscular function rElated to fatigue in chronic Renal disease in the elderly (PIONEER): study protocol</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Antioco Fois</w:t>
+                <w:t xml:space="preserve">Rearfoot-forefoot profile defined by vertical ground reaction forces during gait is altered in patients with unilateral intermittent claudication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Guilleron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Waël Maktouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Pouliquen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Audebrand</w:t>
+                <w:t xml:space="preserve">Samir Henni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Abraham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Nephrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12882-020-01976-6⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 109, pp.109966. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2020.109966⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02944482v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02944529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Obesity and Impact of a Physical Activity Program on Postural Control and Functional and Physical Capacities in Institutionalized Older Adults: A Pilot Study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Durand</w:t>
+                <w:t xml:space="preserve">PhysIOpathology of NEuromuscular function rElated to fatigue in chronic Renal disease in the elderly (PIONEER): study protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Chatrenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Beaune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antioco Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Pouliquen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Audebrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Activity and Health (JPAH)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1123/jpah.2018-0376⟩</w:t>
+              <w:t xml:space="preserve">BMC Nephrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21, pp.305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12882-020-01976-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02944487v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02944482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions among obesity and age-related effects on the gait pattern and muscle activity across the ankle joint</w:t>
+                <w:t xml:space="preserve">Relationships between lower limbs fatigability threshold and postural control in obese adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Waël Maktouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cerise Guilherme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boyas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Beaune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Durand</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bruno Beaune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Gerontology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 140, pp.111054. </w:t>
+              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 105, pp.109819. </w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.exger.2020.111054⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2020.109819⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02944498v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02954055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Handgrip fatiguing exercise can provide objective assessment of cancer-related fatigue: a pilot study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Veni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Beaune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3119,64 +3119,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Waël Maktouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Pouliquen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Beaune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3347,261 +3347,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01713527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of reliable force platform parameters and number of trial to evaluate sit-to-stand movement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Chorin</w:t>
+                <w:t xml:space="preserve">Bioenergetical and Cardiac Adaptations of Pilots to a 24-Hour Team Kart Race</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Ripamonti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmane Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Beaune</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Cornu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aging Clinical and Experimental Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s40520-014-0294-z⟩</w:t>
+              <w:t xml:space="preserve">Journal of Strength and Conditioning Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 29 (11), pp.3234-3239. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1519/JSC.0000000000000630⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02357856v1</w:t>
+                <w:t xml:space="preserve">hal-02510447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioenergetical and Cardiac Adaptations of Pilots to a 24-Hour Team Kart Race</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michael Ripamonti</w:t>
+                <w:t xml:space="preserve">Determination of reliable force platform parameters and number of trial to evaluate sit-to-stand movement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Chorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmane Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Beaune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Cornu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Strength and Conditioning Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 29 (11), pp.3234-3239. </w:t>
+              <w:t xml:space="preserve">Aging Clinical and Experimental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 27 (4), pp.473-482. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1519/JSC.0000000000000630⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s40520-014-0294-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02510447v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02357856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Body stance influences the visual vertical perception in patients with vestibular disorders</w:t>
               </w:r>
@@ -3626,51 +3626,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Lorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmane Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Beaune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3756,51 +3756,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmane Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Lorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boyas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Beaune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3841,261 +3841,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02357864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is handgrip force changed following a 45-min kart driving session in competition?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fatigue evaluation on pilots during a 24-hour karting race using a postural force platform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ripamonti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Durand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Ripamonti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmane Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Beaune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 16 (sup1), pp.112-113. </w:t>
+              <w:t xml:space="preserve">, 2013, 16 (sup1), pp.93-94. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/10255842.2013.815949⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2013.815892⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02357867v1</w:t>
+                <w:t xml:space="preserve">hal-02357865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatigue evaluation on pilots during a 24-hour karting race using a postural force platform</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Is handgrip force changed following a 45-min kart driving session in competition?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ripamonti</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmane Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Beaune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 16 (sup1), pp.93-94. </w:t>
+              <w:t xml:space="preserve">, 2013, 16 (sup1), pp.112-113. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/10255842.2013.815892⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2013.815949⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02357865v1</w:t>
+                <w:t xml:space="preserve">hal-02357867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of force platform parameters during sit-to-stand movement in elderly: a preliminary study</w:t>
               </w:r>
@@ -4717,277 +4717,277 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy expenditure of adolescents in standardized and free-living conditions: Variations with age, gender, body composition and physical activity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolution de la relation fréquence cardiaque-dépense énergétique au cours et au décours d'une épreuve endurante extrême (300 km par jour pendant 72 jours)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Beaune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">J. Ribeyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">M. Vermorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Vernet</w:t>
+                <w:t xml:space="preserve">S. Fauré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Fellmann</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Beaune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. Symposium on energy metabolism</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 1997, Newcastle, United Kingdom</w:t>
+              <w:t xml:space="preserve">4. Journées Activités Physiques et Conditions Extrêmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 1998, Fontainebleau, France. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02766408v1</w:t>
+                <w:t xml:space="preserve">hal-02840936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution de la relation fréquence cardiaque-dépense énergétique au cours et au décours d'une épreuve endurante extrême (300 km par jour pendant 72 jours)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Energy expenditure of adolescents in standardized and free-living conditions: Variations with age, gender, body composition and physical activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Vermorel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bitar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Vernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Fellmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Beaune</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nicole Fellmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Journées Activités Physiques et Conditions Extrêmes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 1998, Fontainebleau, France. n.p</w:t>
+              <w:t xml:space="preserve">14. Symposium on energy metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1997, Newcastle, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02840936v1</w:t>
+                <w:t xml:space="preserve">hal-02766408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de la castration sur l'évolution avec l'âge des profils électrophorétiques de la lactate déshydrogénase dans le muscle squelettique de différentes espèces</w:t>
               </w:r>
@@ -5143,51 +5143,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variations des dépenses énergétiques des personnes âgées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Morio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Vermorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Montaurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5345,51 +5345,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E34FC1BF"/>
+    <w:nsid w:val="EF10F166"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5576,51 +5576,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bruno-beaune" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3938-0883" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/234477822" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516705v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Maktouf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Ferhi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boyas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Beaune" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabri Gaied Chortane" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0294692" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979293v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmoetez Magtouf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Attia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Durand" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sports12040089" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979303v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thouraya Fendri" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofien Kasmi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Chaari" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Sahli" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19417381241231617" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04162018v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chatrenet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgina Barbara Piccoli" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Audebrand" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Torreggiani" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barbieux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.13280" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083958v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgina Piccoli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Anthierens" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000003090" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309992v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussema Gaied Chortane" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ejihpe13120192" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293472v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/healthcare11162294" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620177v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Achraf Harrabi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ptsp.2021.10.014" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193471v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guilleron" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Abraham" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pouliquen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Henni" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-86351-7" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193469v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cpf.12698" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193475v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;michel Audebrand" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dme.14572" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443119v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Chartogne" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leclercq" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boyas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Forestier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-021-08831-3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620159v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wa&#235;l Maktouf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2020.12.008" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620184v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haithem Rebai" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2021.1976840" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980648v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944529v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2020.109966" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944507v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2020.07.068" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954055v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cerise Guilherme" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2020.109819" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944482v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antioco Fois" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Audebrand" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12882-020-01976-6" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944487v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jpah.2018-0376" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944498v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2020.111054" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357828v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Veni" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bourgeois" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Rahmani" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00520-018-4320-0" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369559v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2018.08.017" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01713527v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chorin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cornu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fr&#232;re" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40520-015-0486-1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357856v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40520-014-0294-z" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510447v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ripamonti" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0000000000000630" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357858v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Donnard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lorin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2015.1069572" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357864v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2014.931676" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357867v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ripamonti" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2013.815949" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357865v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2013.815892" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357873v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chorin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cornu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2012.713703" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357878v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0030-1265202" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954147v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Mariot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0b013e3181cc243b" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357882v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gag&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2008.12.002" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-32T0L1X4-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466200v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blonc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Casas" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Duch&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Beaune" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bedu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2007-971917" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766408v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vermorel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bitar" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vernet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Fellmann" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840936v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ribeyre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Faur&#233;" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778282v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pickering" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delaitre" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839795v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Morio" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Montaurier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Verdier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ritz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bruno-beaune" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3938-0883" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/234477822" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516705v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Maktouf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Ferhi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boyas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Beaune" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabri Gaied Chortane" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0294692" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979293v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmoetez Magtouf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Attia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Durand" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sports12040089" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979303v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thouraya Fendri" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofien Kasmi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Chaari" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Sahli" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19417381241231617" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083958v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Chatrenet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgina Piccoli" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Anthierens" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Torreggiani" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Audebrand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0000000000003090" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04162018v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgina Barbara Piccoli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barbieux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.13280" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309992v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussema Gaied Chortane" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ejihpe13120192" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293472v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/healthcare11162294" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620177v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Achraf Harrabi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ptsp.2021.10.014" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193469v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guilleron" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pouliquen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Henni" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cpf.12698" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193471v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Abraham" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-86351-7" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443119v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Chartogne" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leclercq" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boyas" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Forestier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-021-08831-3" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193475v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;michel Audebrand" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dme.14572" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620159v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wa&#235;l Maktouf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2020.12.008" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620184v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haithem Rebai" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2021.1976840" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980648v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944487v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jpah.2018-0376" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944498v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2020.111054" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944507v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2020.07.068" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944529v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2020.109966" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944482v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antioco Fois" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Audebrand" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12882-020-01976-6" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954055v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cerise Guilherme" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2020.109819" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357828v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Veni" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bourgeois" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Rahmani" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00520-018-4320-0" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369559v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2018.08.017" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01713527v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chorin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cornu" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fr&#232;re" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40520-015-0486-1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510447v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ripamonti" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0000000000000630" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357856v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40520-014-0294-z" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357858v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Donnard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lorin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2015.1069572" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357864v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2014.931676" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357865v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ripamonti" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2013.815892" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357867v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2013.815949" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357873v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chorin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cornu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2012.713703" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357878v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0030-1265202" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954147v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Mariot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0b013e3181cc243b" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357882v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gag&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2008.12.002" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-32T0L1X4-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466200v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blonc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Casas" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Duch&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Beaune" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bedu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-2007-971917" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840936v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ribeyre" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vermorel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Faur&#233;" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Fellmann" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766408v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bitar" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vernet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778282v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pickering" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delaitre" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839795v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Morio" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Montaurier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Verdier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ritz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>