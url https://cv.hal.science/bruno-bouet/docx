--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1590,200 +1590,200 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réforme des Parcs Nationaux Français et Parc National de La Réunion, une genèse partagée</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">De l’Éden à l’hot spot. Récits et contre- récits du déclinisme environnemental à La Réunion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Banos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Deuffic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Effort environnemental et équité. Les politiques publiques de l'eau et de la biodiversité en France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Effort environnemental et équité. Les politiques publiques de l’eau et de la biodiversité en France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 34, P.I.E. PETER LANG, 2021, EcoPolis, 978-2-8076-1700-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3726/b17992⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04446387v1</w:t>
+                <w:t xml:space="preserve">hal-03533220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l’Éden à l’hot spot. Récits et contre- récits du déclinisme environnemental à La Réunion</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Réforme des Parcs Nationaux Français et Parc National de La Réunion, une genèse partagée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bouet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Deuffic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Effort environnemental et équité. Les politiques publiques de l’eau et de la biodiversité en France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Effort environnemental et équité. Les politiques publiques de l'eau et de la biodiversité en France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 34 (Ecopolis), Peter Lang, 2021, Science, Société et Culture, 9782807617001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3726/b17992⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03533220v1</w:t>
+                <w:t xml:space="preserve">halshs-04446387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2459,51 +2459,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BB86FEF3"/>
+    <w:nsid w:val="9E24EE23"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2690,51 +2690,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bruno-bouet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3476-7624" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/241547318" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04420555v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Banos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bouet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deuffic" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhg.2023.03.005" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03533334v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04420792v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rocle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silv&#232;re Chasseriaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lyser" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.17646" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01368088v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5380/dma.v38i0.44429" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01259523v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Roussary" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Salles" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10806-015-9561-z" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450260v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Larsen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Sautour" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04446197v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.7377" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446642v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ginelli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04446675v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04446668v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04446662v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252434v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Deldr&#232;ve" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/tq4" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446721v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Larsen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04446306v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-entre_declinisme_et_autochtonie_le_parc_national_de_la_reunion_au_defi_des_inegalites_environnementales_bruno_bouet-9782343253169-72621.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04446387v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03533220v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b17992" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04446178v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.17034" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04044988v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Huguet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04420533v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Cazals" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeoffrey Dehez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02470519v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019BORD0178" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450258v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450251v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bruno-bouet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3476-7624" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/241547318" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04420555v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Banos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bouet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deuffic" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhg.2023.03.005" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03533334v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04420792v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rocle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silv&#232;re Chasseriaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lyser" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.17646" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01368088v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5380/dma.v38i0.44429" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01259523v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Roussary" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Salles" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10806-015-9561-z" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450260v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Larsen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Sautour" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04446197v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.7377" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446642v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ginelli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04446675v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04446668v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04446662v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252434v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Deldr&#232;ve" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/tq4" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446721v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Larsen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04446306v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-entre_declinisme_et_autochtonie_le_parc_national_de_la_reunion_au_defi_des_inegalites_environnementales_bruno_bouet-9782343253169-72621.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03533220v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3726/b17992" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04446387v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04446178v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.17034" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04044988v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Huguet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04420533v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Cazals" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeoffrey Dehez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02470519v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019BORD0178" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450258v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450251v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>