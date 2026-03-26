--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -782,295 +782,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02360495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A standardized Method to Automatically Segment Amyloid Plaques in Congo Red Stained Sections from Alzheimer Transgenic Mice.</w:t>
+                <w:t xml:space="preserve">Fully automated and adaptive detection of amyloid plaques in stained brain sections of Alzheimer transgenic mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Abdelmonem Feki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Olivier Teboul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Abdelmonem Feki</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bozon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Albertine Dubois</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alexis Faure</w:t>
+                <w:t xml:space="preserve">Philippe Hantraye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conf Proc IEEE Eng Med Biol Soc</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 1, pp.5593-5596. </w:t>
+              <w:t xml:space="preserve">Med. Image Comput. Assist. Interv.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 10 Pt. 2, pp.960-968. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IEMBS.2007.4353614⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-540-75759-7_116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00320530v1</w:t>
+                <w:t xml:space="preserve">hal-00320379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fully automated and adaptive detection of amyloid plaques in stained brain sections of Alzheimer transgenic mice</w:t>
+                <w:t xml:space="preserve">A standardized Method to Automatically Segment Amyloid Plaques in Congo Red Stained Sections from Alzheimer Transgenic Mice.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Olivier Teboul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Abdelmonem Feki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Teboul</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albertine Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bozon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Faure</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Hantraye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Med. Image Comput. Assist. Interv.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 10 Pt. 2, pp.960-968. </w:t>
+              <w:t xml:space="preserve">Conf Proc IEEE Eng Med Biol Soc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 1, pp.5593-5596. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-540-75759-7_116⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/IEMBS.2007.4353614⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00320379v1</w:t>
+                <w:t xml:space="preserve">hal-00320530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Requirement for the Immediate Early Gene zif268 in Reconsolidation of Recognition Memory after Retrieval</w:t>
               </w:r>
@@ -1829,51 +1829,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240336v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rub&#233;n Miranda" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Nagapin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bozon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Laroche" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13229-015-0053-9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240368v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najia Adjeroud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Yag&#252;e" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libo Yu-Taeger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Leblanc-Veyrac" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nlm.2015.10.003" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01183292v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Faure" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Es-Seddiqi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce L. Brown" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoa Huu P. Nguyen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Riess" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2013.00130" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720740v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Menardy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Touiki" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Dutrieux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Vignal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2012.08047.x" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D7MK468R-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360495v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Verret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine El Tannir El Tayara" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ly" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2009.03.009" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320530v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Teboul" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmonem Feki" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albertine Dubois" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMBS.2007.4353614" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320379v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hantraye" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-75759-7_116" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537800v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Davis" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0896-6273(03)00674-3" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537809v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0166-4328(02)00421-7" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3T1WXBXK-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537820v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheena Josselyn" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alcino Silva" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2002.1224" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537830v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hipo.10100" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NRJ0Z9LS-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537928v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jones" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael L. Errington" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pim J. French" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fine" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy V. P. Bliss" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/85138" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240336v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rub&#233;n Miranda" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Nagapin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bozon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Laroche" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13229-015-0053-9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240368v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najia Adjeroud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Yag&#252;e" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Libo Yu-Taeger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Leblanc-Veyrac" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nlm.2015.10.003" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01183292v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Faure" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouna Es-Seddiqi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce L. Brown" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoa Huu P. Nguyen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Riess" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2013.00130" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720740v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Menardy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Touiki" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Dutrieux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Vignal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2012.08047.x" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D7MK468R-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360495v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Verret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine El Tannir El Tayara" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ly" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2009.03.009" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320379v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmonem Feki" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Teboul" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hantraye" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-75759-7_116" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320530v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albertine Dubois" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMBS.2007.4353614" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537800v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Davis" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0896-6273(03)00674-3" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537809v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0166-4328(02)00421-7" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3T1WXBXK-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537820v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheena Josselyn" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alcino Silva" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2002.1224" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537830v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hipo.10100" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NRJ0Z9LS-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537928v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jones" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael L. Errington" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pim J. French" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fine" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy V. P. Bliss" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/85138" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>