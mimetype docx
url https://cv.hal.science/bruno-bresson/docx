--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -208,295 +208,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Permeation and Selective Retention of Solutes in PEGDA Hydrogel Membranes Containing Free Polymer Chains</w:t>
+                <w:t xml:space="preserve">Elastic, strong and tough ionically conductive elastomers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sixtine de Chateauneuf-Randon</w:t>
+                <w:t xml:space="preserve">Burebi Yiming</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitri Radajewski</w:t>
+                <w:t xml:space="preserve">Simon Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malak Alaa Eddine</w:t>
+                <w:t xml:space="preserve">Alex Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabrina Belbekhouche</w:t>
+                <w:t xml:space="preserve">Gabriel Mello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Polymer Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 7 (11), pp.6655-6663. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16, pp.431. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsapm.4c04043⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-024-55472-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05099627v1</w:t>
+                <w:t xml:space="preserve">hal-05370169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elastic, strong and tough ionically conductive elastomers</w:t>
+                <w:t xml:space="preserve">Permeation and Selective Retention of Solutes in PEGDA Hydrogel Membranes Containing Free Polymer Chains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Burebi Yiming</w:t>
+                <w:t xml:space="preserve">Sixtine de Chateauneuf-Randon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Hubert</w:t>
+                <w:t xml:space="preserve">Dimitri Radajewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alex Cartier</w:t>
+                <w:t xml:space="preserve">Malak Alaa Eddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Mello</w:t>
+                <w:t xml:space="preserve">Sabrina Belbekhouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16, pp.431. </w:t>
+              <w:t xml:space="preserve">ACS Applied Polymer Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7 (11), pp.6655-6663. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-024-55472-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsapm.4c04043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05370169v1</w:t>
+                <w:t xml:space="preserve">hal-05099627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gelatin Thin Coatings Covalently Cross-Linked and Grafted on Model Plane Substrates and Surgical Implant Fibers</w:t>
               </w:r>
@@ -750,406 +750,406 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elastic, strong and tough ionically conductive elastomers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burebi Yiming</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Mello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 16 (1), pp.431. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41467-024-55472-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05213080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving the Thermomechanical Properties and Processability of Elastomeric Vitrimers Using Thermoreversible Organic Nanofillers</w:t>
+                <w:t xml:space="preserve">Granular aqueous suspensions with controlled interparticular friction and adhesion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alvaro Quinteros-Sedano</w:t>
+                <w:t xml:space="preserve">Lily Blaiset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathan van Zee</w:t>
+                <w:t xml:space="preserve">Ludovic Olanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renaud Nicolaÿ</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Élisabeth Guazzelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Roché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Materials Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsmaterialslett.4c00076⟩</w:t>
+              <w:t xml:space="preserve">Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D4SM00381K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04583658v1</w:t>
+                <w:t xml:space="preserve">hal-04529610v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Granular aqueous suspensions with controlled interparticular friction and adhesion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lily Blaiset</w:t>
+                <w:t xml:space="preserve">Improving the Thermomechanical Properties and Processability of Elastomeric Vitrimers Using Thermoreversible Organic Nanofillers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alvaro Quinteros-Sedano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Élisabeth Guazzelli</w:t>
+                <w:t xml:space="preserve">Nathan van Zee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Roché</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Renaud Nicolaÿ</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">ACS Materials Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 6 (3), pp.877-884. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D4SM00381K⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsmaterialslett.4c00076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04529610v2</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04583658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The mechanical properties of lipid nanoparticles depend on the type of biomacromolecule they are loaded with</w:t>
               </w:r>
@@ -1269,51 +1269,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuning the water intrinsic permeability of PEGDA hydrogel membranes by adding free PEG chains of varying molar masses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malak Alaa Eddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1321,6402 +1321,6411 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Schmutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Salez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sixtine de Chateauneuf-Randon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 20, pp.5367</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2024, 20, pp.5367. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D4SM00376D⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04606883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overcoming the Tradeoff Between Processability and Mechanical Performance of Elastomeric Vitrimers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Formon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonja Storch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Y.‐g. Delplanque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan van Zee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Functional Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/adfm.202306065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04306128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanisms of damage and fracture of aramid fibers: Focus on the role of microfibril cooperativity in fracture toughness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Schittecatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Polymer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/pol.20230400⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04209297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spiropyran mechano-activation in model silica-filled elastomer nanocomposites reveals how macroscopic stress in uniaxial tension transfers from filler/filler contacts to highly stretched polymer strands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yinjun Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artem Kovalenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Brûlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Lantheaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 56 (14), pp.5336-5345. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.macromol.3c00415⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04171846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sieving and clogging in PEG-PEGDA hydrogel membranes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malak Alaa Eddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Schmutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Salez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sixtine de Chateauneuf-Randon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 39 (42), pp.15085. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.langmuir.3c02153⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04213015v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large and non-linear permeability amplification with polymeric additives in hydrogel membranes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malak Alaa Eddine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Belbekhouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sixtine de Chateauneuf-Randon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Salez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artem Kovalenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 55, pp.9841. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.macromol.2c01462⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03767505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bridging steady-state and stick-slip fracture propagation in glassy polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Nziakou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Tiennot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 18 (4), pp.793-806. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/D1SM01450A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03475907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Confinement and distribution of the composition in semicrystalline/amorphous miscible blends of PEKK/PEI: a calorimetry study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Belguise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Cantournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Le Gorju</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 54 (16), pp.7364-7376. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.macromol.1c00344⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03324936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of the Nanostructure and Viscoelastic Properties of Nitrile Rubber upon Mechanical Rejuvenation and Physical Aging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Hervio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Brûlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid J Paredes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayaskanta Sahu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Macromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.macromol.1c00054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03163944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the relationship between the mechanical properties of plasma polymer-like thin films and their glass transition temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Vinx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Damman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Fretigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/D1SM01134K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03414733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogel Matrix Grafted Impedimetric Aptasensor for the Detection of Diclofenac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Getnet S Kassahun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Griveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Juillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joffrey Champavert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Ringuede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 36, pp.827 - 836. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.langmuir.9b02031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02433456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining Ellipsometry and AFM to Probe Sub-nanometric Precursor Films Dynamics of Polystyrene Melts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Schune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Yonger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Guy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Frétigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.langmuir.9b00768⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02150026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Five simultaneous artificial intelligence data challenges on ultrasound, CT, and MRI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Lassau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Estienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. de Vomecourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Azoulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Cagnol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diagnostic and Interventional Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 100 (4), pp.199-209. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.diii.2019.02.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02528753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Equilibrium and Out-of-Equilibrium Adherence of Hydrogels against Polymer Brushes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jennifer Macron</w:t>
+                <w:t xml:space="preserve">In situ AFM investigation of slow crack propagation mechanisms in a glassy polymer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Nziakou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Goerke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-C. Genix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.macromol.8b01063⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 112, pp.109-125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmps.2017.11.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01904369v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01656192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ AFM investigation of slow crack propagation mechanisms in a glassy polymer</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Equilibrium and Out-of-Equilibrium Adherence of Hydrogels against Polymer Brushes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Goerke</w:t>
+                <w:t xml:space="preserve">Jennifer Macron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.-C. Genix</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Yvette Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Hourdet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Costantino Creton</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmps.2017.11.019⟩</w:t>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 51 (19), pp.7556 - 7566. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.macromol.8b01063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01656192v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01904369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anisotropic super-attenuation of capillary waves on driven glass interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Buet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yong Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Ciccotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 119 (23), pp.235501 </w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevLett.119.235501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01532487v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale Surface-Attached Hydrogel Thin Films with Tailored Architecture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Chollet</w:t>
+                <w:t xml:space="preserve">Nondestructive measurement of the roughness of the inner surface of hollow core-photonic bandgap fibers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Buet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mengxing Li</w:t>
+                <w:t xml:space="preserve">Jérôme Gâteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ekkachai Martwong</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christian Frétigny</w:t>
+                <w:t xml:space="preserve">Seyed Reza Sandoghchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 8 (18), pp.11729 - 11738. </w:t>
+              <w:t xml:space="preserve">Optics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 41 (21), pp.5086-5089. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsami.6b00446⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1364/OL.41.005086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01441193v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01447953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nondestructive measurement of the roughness of the inner surface of hollow core-photonic bandgap fibers</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multiscale Surface-Attached Hydrogel Thin Films with Tailored Architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Gâteau</w:t>
+                <w:t xml:space="preserve">Benjamin Chollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mengxing Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ekkachai Martwong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Seyed Reza Sandoghchi</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Frétigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/OL.41.005086⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 8 (18), pp.11729 - 11738. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.6b00446⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01447953v1</w:t>
+                <w:t xml:space="preserve">hal-01441193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Submicrometric Films of Surface-Attached Polymer Network with Temperature-Responsive Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mengxing Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Cousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Frétigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvette Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, LANGMUIR, 31 (42), pp.11516-11524. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.langmuir.5b02948⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01240110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near-wall nanovelocimetry based on total internal reflection fluorescence with continuous tracking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhenzhen Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc D’eramo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Choongyeop Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Monti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Yonger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 766 (42), pp.147 - 171. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/jfm.2015.12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01472960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glass Transition Accelerates the Spreading of Polar Solvents on a Soluble Polymer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Dupas</w:t>
+                <w:t xml:space="preserve">Slip Length Measurements Using µPIV and TIRF-Based Velocimetry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhenzhen Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Verneuil</w:t>
+                <w:t xml:space="preserve">Loic d'Eramo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Monti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime van Landeghem</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laurent Forny</w:t>
+                <w:t xml:space="preserve">Anne-Laure Vayssade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Chollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Israel Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 54 (11-12), pp.1589 - 1601. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ijch.201400111⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.112.188302⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01406913v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01529878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slip Length Measurements Using µPIV and TIRF-Based Velocimetry</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Glass Transition Accelerates the Spreading of Polar Solvents on a Soluble Polymer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loic d'Eramo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Monti</w:t>
+                <w:t xml:space="preserve">Julien Dupas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Laure Vayssade</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Chollet</w:t>
+                <w:t xml:space="preserve">Emilie Verneuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime van Landeghem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bresson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Forny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Israel Journal of Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ijch.201400111⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 112 (18), pp.188302 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.112.188302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01529878v1</w:t>
+                <w:t xml:space="preserve">hal-01406913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Picometer-scale surface roughness measurements inside hollow glass fibres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X Buet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.S. Capelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Ciccotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, optics express, 22 (24), pp.29554-29567. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1364/OE.22.029554⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01240868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The roles of hydration and evaporation during the drying of a cement paste by localized NMR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime van Landeghem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste d'Espinose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernhard Blümich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Korb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 48, pp.86 - 96. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cemconres.2013.01.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01537697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of non-rubber components on NR surface modification by chlorination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-France Vallat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siriwat Radabutra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sombat Thanawan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rungsima Chollakup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Materials Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 844, pp.369-372. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.844.369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04563622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new class of organosilane-modified polycarboxylate superplasticizers with low sulfate sensitivity</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Wrinkling of a nanometric glassy skin/crust induced by drying in poly(vinyl alcohol) gels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Stoffelbach</w:t>
+                <w:t xml:space="preserve">Karine Huraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jutta Rieger</w:t>
+                <w:t xml:space="preserve">Tetsuharu Narita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bresson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Frétigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Regnaud</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">François Lequeux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2011.09.006⟩</w:t>
+              <w:t xml:space="preserve">Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8 (31), pp.8075-8081. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C2SM25480H⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01576468v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01546405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wrinkling of a nanometric glassy skin/crust induced by drying in poly(vinyl alcohol) gels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A new class of organosilane-modified polycarboxylate superplasticizers with low sulfate sensitivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Fan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Huraux</w:t>
+                <w:t xml:space="preserve">François Stoffelbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tetsuharu Narita</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christian Frétigny</w:t>
+                <w:t xml:space="preserve">Jutta Rieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Lequeux</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laure Regnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Vichot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C2SM25480H⟩</w:t>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 42 (1), pp.166-172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2011.09.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01546405v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01576468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical and AFM investigations of elastomers filled with multiwall carbon nanotubes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliane Bokobza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Garnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jingxue Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Composite Interfaces </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 19 (5), pp.285 - 295. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/15685543.2012.712486⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01576441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micrometer scale resolution of materials by stray-field Magnetic Resonance Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Van Landeghem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernhard Blümich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste d'Espinose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Magnetic Resonance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 211 (1), pp.60 - 66. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jmr.2011.04.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03168647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electron cotunneling transport in gold nanocrystals arrays</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Moreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q. Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rosticher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 107 (17), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevLett.107.176803⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03251067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of Monodisperse Superconducting Lead Nanocrystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Resa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélèna Moreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Mahler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Dubertret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 113 (17), pp.7120-7122. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/jp9005845⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03475850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functionalization of polymethylhydrosiloxane gels with an allyl ureido benzocrown ether derivative : complexation properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Nasr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Bestal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Barboiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Thami</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 111, pp.2785-2797. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/app.29327⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00362197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tricalcium silicate (C 3 S) hydration under high pressure at ambient and high temperature (200°C)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Meducin</w:t>
+                <w:t xml:space="preserve">Functionalization of surface-grafted polymethylhydrosiloxane thin films with Alkyl side chains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Thami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Nasr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Bestal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Zanni</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
+                <w:t xml:space="preserve">A. van Der Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bresson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2007.09.024⟩</w:t>
+              <w:t xml:space="preserve">Journal of Polymer Science Part A: Polymer Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 46 (11), pp.3546-3562. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pola.22691⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03168648v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00333611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functionalization of surface-grafted polymethylhydrosiloxane thin films with Alkyl side chains</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">H. Bestal</w:t>
+                <w:t xml:space="preserve">Measuring interdiffusion at an interface between two elastomers with tapping-mode and contact-resonance atomic force microscopy imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bresson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Portigliatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. van Der Lee</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Bresson</w:t>
+                <w:t xml:space="preserve">Benoit Salvant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Frétigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Polymer Science Part A: Polymer Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 46 (11), pp.3546-3562. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 109 (1), pp.602-607. </w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pola.22691⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/app.27914⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00333611v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03130301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring interdiffusion at an interface between two elastomers with tapping-mode and contact-resonance atomic force microscopy imaging</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tricalcium silicate (C 3 S) hydration under high pressure at ambient and high temperature (200°C)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maude Portigliatti</w:t>
+                <w:t xml:space="preserve">Fabienne Meducin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Salvant</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christian Frétigny</w:t>
+                <w:t xml:space="preserve">H. Zanni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Noik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Hamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bresson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/app.27914⟩</w:t>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 38 (3), pp.320-324. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2007.09.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03130301v1</w:t>
+                <w:t xml:space="preserve">hal-03168648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tailoring of elastomeric grafted coating via sol-gel chemistry of crosslinked polymethylhydrosiloxane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Thami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Frétigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 104 (3), pp.1504-1516. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/app.25295⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00164881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New covalent bonded polymer–calcium silicate hydrate composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Abramson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Mancini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Chassenieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 17, pp.913-922</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00164924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calcium silicate hydrates investigated by solid-state high resolution 1H and 29Si nuclear magnetic resonance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Meducin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Lequeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noëlle de Noirfontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Zanni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 37, pp.631-638. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cemconres.2007.01.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00165017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organic calcium silicate hydrate hybrids: a new approach to cement based nanocomposites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Minet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Abramson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bresson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Abramson</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">A. Franceschini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Vandamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 16, pp.1379-1383. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/b515947d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00166607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Applicability of natural abundance 33S solid-state NMR to cement chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste d'Espinose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Barberon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Fonollosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Zanni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 36 (9), pp.1781-1783. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cemconres.2006.05.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03130287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microstructure evolution of hydrated cement pastes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Plassais</w:t>
+                <w:t xml:space="preserve">Interactions between chloride and cement-paste materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Barberon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.P. Pomies</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">N. Lequeux</w:t>
+                <w:t xml:space="preserve">Véronique Baroghel-Bouny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Zanni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.P. Korb</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">D. Petit</w:t>
+                <w:t xml:space="preserve">Jean-Baptiste d'Espinose de La Caillerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Magnetic Resonance Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 23 (2), pp.267-272. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mri.2004.11.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00166391v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02362421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions between chloride and cement-paste materials</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Microstructure evolution of hydrated cement pastes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Baroghel-Bouny</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bruno Bresson</w:t>
+                <w:t xml:space="preserve">A. Plassais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste d'Espinose de La Caillerie</w:t>
+                <w:t xml:space="preserve">M.P. Pomies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Lequeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Korb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnetic Resonance Imaging</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 72, pp.041401</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02362421v1</w:t>
+                <w:t xml:space="preserve">hal-00166391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis, structure and morphology of poly(dimethylsiloxane) networks filled with in situ generated silica particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Dewimille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Bokobza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 46 (12, 26), pp.4135-4143. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.polymer.2005.02.049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00166419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Layered Calcium Organosilicate Hybrids with Covalently Linked Organic Functionalities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Minet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Abramson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen Navarro Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Montouillout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry of Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 16, pp.39-55-3962</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00162380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Degenerative mineralization in the fibrous capsule of silicone breast implants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Marinov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Pavlov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-F. Guidoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Famery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Science: Materials in Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 16 (5), pp.477-485</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00162459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">119Sn Solid state NMR characterization of BuSnO(OH)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Ribot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Eychenne-Baron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Fayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Massiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Main Group Metal Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 25 (1), pp.115-119</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02435871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydration of tricalcium silicate (C 3 S) at high temperature and high pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Meducin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Zanni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Noïk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 37 (24), pp.5355-5365. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1023/A:1021093528888⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02362428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of 1H combined rotation and multipulse spectroscopy nuclear magnetic resonance to the study of tricalcium silicate hydration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Zanni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Masse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Noïk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 32 (17), pp.4633-4639. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1023/A:1018646006646⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02320956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A spectroscopic NMR investigation of the calcium silicate hydrates present in cement and concrete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Zanni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Racha Rassem-Bertolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Masse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Nieto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Magnetic Resonance Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996, 14 (7-8), pp.827-831. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0730-725X(96)00211-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02318973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7726,499 +7735,499 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micromechanisms of fracture propagation in glassy polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Ciccotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Nziakou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu George</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Caroline Genix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop: Chemical and Structural Transformations in Materials under Mechanical Load</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Lausanne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02066331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Affiche : &amp;quot;Polyméthylhydrosiloxane (PMHS) réticulé en couches minces : gradient d'épaisseur et propriétés mécaniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Thami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Frétigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bresson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum des Microscopies à Sonde Locale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00083059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Open Cell Polylactic Acid (OPLA®) as a scaffold for tissue engineering: Physico-chemical characterisation and in vitro degradation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.F. Guidoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.P. Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Baslé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Traoré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transactions - 7th World Biomaterials Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2004, Sydney, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04108260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New nano-composites polymers-CSH</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Abramson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Lequeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Minet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Mancini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Euromat 2003</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2003, Lausanne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00169776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8228,124 +8237,124 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Encapsulation by AESO bio-based polymers through microfluidic tools</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jounées plénières du GDR MicroNanoFluidique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04020080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8355,271 +8364,271 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaping, Degradation And Drug Release Of Biosourced Particles Made From Acrylated Vegetable Oils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaohe Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle LU</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Lacour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Delsuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Bresson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26434/chemrxiv-2024-3c42z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
-              <w:r>
-[...89 lines deleted...]
-            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04758174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Communication par Affiche : &amp;quot;Olefin functionnalization of Surface-grafted polymethylhydrosiloxane (PMHS) thin film via catalytic hydrosilylation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Thami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Nasr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Bestal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bresson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00203515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId325"/>
+      <w:footerReference w:type="default" r:id="rId326"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8687,51 +8696,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6FD0783B"/>
+    <w:nsid w:val="1A0F3FCC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8918,51 +8927,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bruno-bresson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2314-0079" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/136808441" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05099627v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixtine de Chateauneuf-Randon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Radajewski" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malak Alaa Eddine" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bresson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Belbekhouche" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsapm.4c04043" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05370169v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burebi Yiming" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hubert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Cartier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Mello" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-55472-8" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342167v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuxiang Xu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Milenkovic" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tourrel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Cedano Serrano" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.5c02387" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342168v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fleury" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chung Yuen Hui" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Desnoux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costantino Creton" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5SM00518C" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05213080v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583658v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Quinteros-Sedano" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan van Zee" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Nicola&#255;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsmaterialslett.4c00076" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529610v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Blaiset" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Olanier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Guazzelli" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Roch&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4SM00381K" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550036v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixtine de Chateauneuf Randon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Ripoll" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Huille" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Barthel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3NR06543J" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606883v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Carvalho" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schmutz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Salez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306128v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Formon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja Storch" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Y.&#8208;g. Delplanque" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202306065" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209297v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Richard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime B&#232;s" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Schittecatte" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Le Roux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pol.20230400" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171846v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinjun Chen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem Kovalenko" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Br&#251;let" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lantheaume" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.3c00415" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213015v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Schmutz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.3c02153" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767505v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belbekhouche" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.2c01462" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475907v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Nziakou" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fischer" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu George" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Tiennot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1SM01450A" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://espci.hal.science/hal-03324936v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Belguise" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Cantournet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Fabre" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Le Gorju" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gaucher" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.1c00344" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03163944v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Hervio" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid J Paredes" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayaskanta Sahu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.1c00054" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://espci.hal.science/hal-03414733v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Vinx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Damman" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lecl&#232;re" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Fretigny" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1SM01134K" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433456v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getnet S Kassahun" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Griveau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Juillard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Champavert" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Ringuede" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b02031" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150026v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Schune" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Yonger" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guy" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Fr&#233;tigny" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b00768" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528753v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lassau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Estienne" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. de Vomecourt" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Azoulay" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Cagnol" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diii.2019.02.001" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904369v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Macron" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Tran" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hourdet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.8b01063" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656192v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Nziakou" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Goerke" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-C. Genix" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2017.11.019" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532487v2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Brun" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Buet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Chen" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Ciccotti" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.119.235501" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441193v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chollet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengxing Li" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekkachai Martwong" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.6b00446" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447953v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me G&#226;teau" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Reza Sandoghchi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.41.005086" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240110v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Cousin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.5b02948" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01472960v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenzhen Li" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c D&#8217;eramo" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Choongyeop Lee" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Monti" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2015.12" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406913v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dupas" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Verneuil" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime van Landeghem" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Forny" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.112.188302" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529878v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic d'Eramo" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Vayssade" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijch.201400111" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PHQJSSBG-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240868v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Brun" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Buet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bresson" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Capelle" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ciccotti" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.22.029554" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01537697v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste d'Espinose" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Bl&#252;mich" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Korb" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2013.01.012" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563622v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Vallat" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siriwat Radabutra" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sombat Thanawan" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rungsima Chollakup" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.844.369" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01576468v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Fan" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Stoffelbach" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jutta Rieger" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Regnaud" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Vichot" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2011.09.006" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01546405v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Huraux" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetsuharu Narita" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lequeux" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2SM25480H" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01576441v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Bokobza" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Garnaud" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingxue Zhang" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15685543.2012.712486" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168647v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Van Landeghem" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmr.2011.04.002" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251067v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Moreira" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Yu" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Nadal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rosticher" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.107.176803" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475850v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Resa" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;na Moreira" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mahler" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dubertret" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp9005845" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362197v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Nasr" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bestal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barboiu" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Thami" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.29327" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NJCLW84J-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168648v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Meducin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zanni" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Noik" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hamel" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2007.09.024" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333611v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. van Der Lee" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.22691" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CHDL9DJX-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130301v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Portigliatti" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Salvant" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.27914" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-C8NJ0VGJ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164881v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.25295" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164924v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Franceschini" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Abramson" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mancini" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chassenieux" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00165017v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lequeux" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle de Noirfontaine" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2007.01.011" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JW9S90WM-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166607v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Minet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Vandamme" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b515947d" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2DA5DF26C94C059E618A37EB4E5C33C72FC279DD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130287v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Barberon" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fonollosa" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Zanni" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2006.05.023" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166391v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Plassais" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Pomies" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Korb" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Petit" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362421v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Baroghel-Bouny" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste d'Espinose de La Caillerie" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mri.2004.11.021" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166419v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dewimille" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bokobza" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2005.02.049" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162380v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Navarro Sanchez" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Montouillout" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162459v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.P. Legrand" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Marinov" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pavlov" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-F. Guidoin" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Famery" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02435871v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ribot" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Eychenne-Baron" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Fayon" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Massiot" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362428v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. No&#239;k" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1021093528888" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9E606895379B1ADC71876820DDF5015A678FDD3F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02320956v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Masse" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1018646006646" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-6GN6DKW1-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02318973v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Racha Rassem-Bertolo" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Fernandez" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Nieto" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0730-725X(96)00211-1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RRRKS6GM-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066331v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Caroline Genix" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083059v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04108260v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Guidoin" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Zhang" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Basl&#233;" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Traor&#233;" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169776v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Abramson" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020080v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Lu" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fattaccioli" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758174v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaohe Hu" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle LU" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lacour" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delsuc" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26434/chemrxiv-2024-3c42z" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00203515v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bruno-bresson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2314-0079" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/136808441" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05370169v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burebi Yiming" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hubert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Cartier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bresson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Mello" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-55472-8" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05099627v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixtine de Chateauneuf-Randon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Radajewski" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malak Alaa Eddine" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Belbekhouche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsapm.4c04043" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342167v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuxiang Xu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Milenkovic" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tourrel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Cedano Serrano" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.5c02387" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342168v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fleury" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chung Yuen Hui" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Desnoux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costantino Creton" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5SM00518C" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05213080v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529610v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Blaiset" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Olanier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Guazzelli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Roch&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4SM00381K" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583658v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Quinteros-Sedano" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan van Zee" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Nicola&#255;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsmaterialslett.4c00076" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550036v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixtine de Chateauneuf Randon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Ripoll" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Huille" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Barthel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3NR06543J" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606883v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Carvalho" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schmutz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Salez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4SM00376D" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306128v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Formon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja Storch" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Y.&#8208;g. Delplanque" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202306065" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209297v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Richard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime B&#232;s" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Schittecatte" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Le Roux" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pol.20230400" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171846v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yinjun Chen" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem Kovalenko" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Br&#251;let" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lantheaume" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.3c00415" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213015v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Schmutz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.3c02153" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767505v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belbekhouche" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.2c01462" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475907v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Nziakou" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fischer" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu George" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Tiennot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1SM01450A" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://espci.hal.science/hal-03324936v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Belguise" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Cantournet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Fabre" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Le Gorju" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gaucher" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.1c00344" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03163944v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Hervio" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid J Paredes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayaskanta Sahu" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.1c00054" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://espci.hal.science/hal-03414733v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Vinx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Damman" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lecl&#232;re" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Fretigny" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1SM01134K" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433456v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getnet S Kassahun" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Griveau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Juillard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Champavert" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Ringuede" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b02031" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150026v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Schune" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Yonger" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guy" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Fr&#233;tigny" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b00768" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528753v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lassau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Estienne" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. de Vomecourt" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Azoulay" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Cagnol" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diii.2019.02.001" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656192v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Nziakou" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Goerke" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-C. Genix" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2017.11.019" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01904369v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Macron" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Tran" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hourdet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.macromol.8b01063" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01532487v2" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Brun" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Buet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Chen" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Ciccotti" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.119.235501" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447953v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me G&#226;teau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyed Reza Sandoghchi" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.41.005086" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441193v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chollet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengxing Li" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekkachai Martwong" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.6b00446" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240110v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Cousin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.5b02948" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01472960v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenzhen Li" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c D&#8217;eramo" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Choongyeop Lee" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Monti" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2015.12" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529878v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic d'Eramo" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Vayssade" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijch.201400111" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PHQJSSBG-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406913v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dupas" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Verneuil" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime van Landeghem" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Forny" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.112.188302" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240868v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Brun" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Buet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bresson" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.S. Capelle" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ciccotti" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.22.029554" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01537697v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste d'Espinose" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Bl&#252;mich" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Korb" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2013.01.012" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563622v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Vallat" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siriwat Radabutra" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sombat Thanawan" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rungsima Chollakup" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.844.369" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01546405v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Huraux" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tetsuharu Narita" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lequeux" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2SM25480H" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01576468v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Fan" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Stoffelbach" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jutta Rieger" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Regnaud" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Vichot" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2011.09.006" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01576441v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Bokobza" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Garnaud" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingxue Zhang" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15685543.2012.712486" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168647v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Van Landeghem" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmr.2011.04.002" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251067v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Moreira" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Yu" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Nadal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rosticher" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.107.176803" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475850v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Resa" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;na Moreira" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mahler" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dubertret" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp9005845" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362197v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Nasr" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bestal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barboiu" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Thami" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.29327" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NJCLW84J-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333611v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. van Der Lee" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pola.22691" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CHDL9DJX-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130301v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Portigliatti" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Salvant" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.27914" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-C8NJ0VGJ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168648v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Meducin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Zanni" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Noik" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hamel" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2007.09.024" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164881v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.25295" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164924v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Franceschini" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Abramson" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Mancini" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chassenieux" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00165017v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lequeux" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle de Noirfontaine" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2007.01.011" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JW9S90WM-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166607v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Minet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Vandamme" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b515947d" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2DA5DF26C94C059E618A37EB4E5C33C72FC279DD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130287v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Barberon" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fonollosa" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Zanni" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2006.05.023" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362421v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Baroghel-Bouny" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste d'Espinose de La Caillerie" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mri.2004.11.021" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166391v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Plassais" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Pomies" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Korb" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Petit" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00166419v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dewimille" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bokobza" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2005.02.049" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162380v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Navarro Sanchez" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Montouillout" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162459v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.P. Legrand" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Marinov" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pavlov" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-F. Guidoin" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Famery" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02435871v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Ribot" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Eychenne-Baron" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Fayon" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Massiot" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362428v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. No&#239;k" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1021093528888" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9E606895379B1ADC71876820DDF5015A678FDD3F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02320956v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Masse" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1018646006646" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-6GN6DKW1-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02318973v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Racha Rassem-Bertolo" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Fernandez" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Nieto" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0730-725X(96)00211-1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RRRKS6GM-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066331v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Caroline Genix" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00083059v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04108260v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Guidoin" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Zhang" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Basl&#233;" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Traor&#233;" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00169776v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Abramson" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020080v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Lu" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fattaccioli" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758174v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaohe Hu" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle LU" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lacour" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delsuc" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26434/chemrxiv-2024-3c42z" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00203515v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>