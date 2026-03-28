--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Bruno Colas </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">bruno-colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-0004-8218</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Enseignant-chercheur. Enseignements de génétique des populations, dynamique des populations, écologie, biologie de la conservation et épistémologie. Recherches sur la biologie des populations de plantes rares et menacées, le succès reproducteur des plantes, la revégétalisation d’espaces anthropisés et les translocations de conservation.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">PARCOURS</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024 - Professeur de 1ère classe (PR1) AgroParisTech. Laboratoire Ecologie, Systématique et Evolution, UMR 8079 Université Paris-Saclay, CNRS, AgroParisTech.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018 – Professeur de 2ème classe (PR2) AgroParisTech. Laboratoire Ecologie, Systématique et Evolution, UMR 8079 Université Paris-Saclay, CNRS, AgroParisTech.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1998-2017 – Maître de conférences (MCF) de l’Université Paris Diderot.- Laboratoire Ecologie, Systématique et Evolution (ESE), UMR 8079, Université Paris-Sud, CNRS, AgroParisTech de 2011 à 2017.- Laboratoire Conservation des Espèces, Restauration et Suivi des Populations (CERSP, devenu CESCO ensuite), UMR 5173, MNHN, CNRS, de 2004 à 2011.- Laboratoire Fonctionnement et évolution des systèmes écologiques, UMR 7625, Université Pierre et Marie Curie, CNRS, ENS, de 1998 à 2003.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1997-1998 – Attaché temporaire de l’enseignement et de le recherche (ATER) de l’Université Paris Diderot. Laboratoire Fonctionnement et évolution des systèmes écologiques, UMR 7625, Université Pierre et Marie Curie, CNRS, ENS.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1993-1997 – Chargé de mission au Conservatoire botanique national de Porquerolles (Var, 5 CDD) et à l’association des Ecologistes de l’Euzière (Hérault, 1 CDD). Chargé d’une synthèse documentaire des connaissances sur le statut démographique et la biologie des espèces végétales rares méditerranéennes françaises. Puis basé à la station de Génétique et d’Amélioration des Plantes de l’INRA de Montpellier pour une étude démographique, écologique et génétique de cinq espèces végétales rares du Languedoc-Roussillon.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1992-1993 – Contrat Emploi Solidarité à l’association des Ecologistes de l’Euzière, Prades-le-Lez et à la Direction Régionale de l’Environnement (DIREN) de Montpellier.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">CURSUS UNIVERSITAIRE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005 - Habilitation à Diriger des Recherches (HDR). Spécialité Biologie. Université Paris XI.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1994-1997 – Thèse de Doctorat. Spécialité Sciences de la Vie. Université F. Rabelais de Tours. Thèse effectuée au Conservatoire botanique de Porquerolles et à l’INRA de Montpellier sous la direction d’Isabelle Olivieri. Titre : Centaurea corymbosa, chronique d’une extinction programmée.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1990-1991 - DEA de Biologie des Populations et Eco-éthologie à l’université de Rennes 1. Stage sous la direction de Nelly Ménard. Titre : Conséquences écologiques d'une fission de groupe et mécanismes sociaux opérant chez Macaca sylvanus en Algérie.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1989-1990 – Maîtrise de Biologie des Organismes et des Populations. Université de Rennes 1.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1988-1989 – Licence de Biologie des Organismes. Université de Rennes 1.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1987-1988 – Service national.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1984-1986 – Diplômes d’Etudes Universitaires Générales (DEUG) en Sciences de la Vie. Université d’Angers.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">FONCTIONS OCCUPEES</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading6"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Fonctions actuelles</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Directeur de l’UFR Ecologie, Adaptation, Interactions d’AgroParisTech - depuis 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Directeur-adjoint du laboratoire Ecologie, Systématique et évolution (UMR ESE) – depuis 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre du Conseil Scientifique (CS) d’AgroParisTech – depuis 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre du Conseil Scientifique (CS) du Conservatoire Botanique National du Bassin Parisien (CBNBP) – depuis 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre du Comité de suivi du Plan National d’Actions (PNA) Saxifrages rupestres – depuis 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre du Conseil Scientifique (CS) de l’Institut Diversité, Écologie et Évolution du Vivant (IDEEV) – depuis 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre du Comité de Pilotage (COPIL) de l’Institut Diversité, Écologie et Évolution du Vivant (IDEEV) – depuis 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre de l’Assemblée des Parties Prenantes (APP) de la Fondation pour la Recherche sur la Biodiversité (FRB) – depuis 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre du Conseil d’Orientation Stratégique (COS) de la Fondation pour la Recherche sur la Biodiversité (FRB) – depuis 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre de la Commission Biodiversité de la Fédération des Parcs Naturels Régionaux de France (FPNRF) – depuis 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre des jurys d’admission d’AgroParisTech DE (diplômes étrangers), DD (doubles diplômes) et X (Polytechnique) – depuis 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre de la Commission de domaine 3 « Gestion et Ingénierie de l’Environnement » d’AgroParisTech  – depuis 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre de la Commission Sciences et Ingénierie Forestière (SIF) d’AgroParisTech – depuis 2018</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading6"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Fonctions passées</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Responsable de l’équipe Trajectoires Ecologiques et Société (TESS) du laboratoire ESE – 2019-2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre du Conseil des Enseignants d’AgroParisTech – 2018-2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre du Conseil de l’Ecole Doctorale Science du Végétal, du gène à l’écosystème (ED 567 SdV) – 2010-2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre du Conseil de Perfectionnement du Master BEE de l’UPMC, UPSud, AgroParisTech, MNHN – 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre de la Commission de Spécialistes des sections 66, 67, 68 et 69 du CNU, de l’Université Paris Diderot – 2004-2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre du Conseil Scientifique du Parc National de la Vanoise – 2001-2005</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">ACTIVITES ET RESPONSABILITES D'ENSEIGNEMENT</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">200 heures annuelles d’enseignement depuis 1997 en génétique des populations, dynamique des populations, écologie, biologie de la conservation, botanique  et épistémologie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Actuellement (2024) responsable ou co-responsable de 4 modules d’enseignement à AgroParisTech en ingénierie écologique sur la biodiversité (2ème année du cursus ingénieur), biologie évolutive (2ème année du cursus ingénieur), écologie (master GTES) et biologie de la conservation (Master BEE).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Tuteur ou enseignant-référent d’environ 80 étudiants ou groupes d’étudiants.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Enseignements divers à l’Université de Lausanne, l’Université de Lille, l’Université Pierre et Marie Curie, au Muséum National d’Histoire Naturelle</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">ACTIVITES ET RESPONSABILITES DE RECHERCHE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publications : 36 articles parus ou sous presse dont 33 dans des revues internationales à comité de lecture. Publication de 2 chapitres d’ouvrages.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communications : 22 communications à des congrès/colloques internationaux, 23 à des congrès/colloques nationaux.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Encadrements de recherche : 8 encadrements de recherche au niveau licence, 26 au niveau master, 8 thèses encadrées et 2 post-doc.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Soutiens financiers par les programmes suivants</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● AAP BQR MNHN (2005-2007) : 33k€</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● AAP Ville de Paris– Paris 2030 (2013-2015) : 39k€</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Initiative de recheche stratégique Paris Saclay ACE-ICSEN (2016-2020) : 30k€</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● AAP LabEx BASC – BASC-Partenariats (2017-2020) : 52 k€</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● CNRS PEPS (2019) : 9 k€</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● AAP BiodivRestor – Biodiversa and Water JPI Joint Call (2022-2025) : 46k€</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Le Lab Recherche-Environnement (2021-2025) : 140 k€</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">EXPERTISE ET JURYS</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Relecteur : Conservation Biology, Acta Oecologica, Diversity and Distributions, EcoScience, Plant Systematics and Evolution, Plant Ecology, Genetica, Molecular Ecology, Biological Conservation, Evolutionary Ecology, et Botany Letters...</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Participation à 17 comités de thèse, 17 jurys de thèse de Doctorat, 4 jurys d’HDR, 1 commission de spécialistes, 2 comités de sélection pour des postes permanents, 15 jurys d’admission à AgroParisTech, &amp;gt;60 jurys de Master.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taxonomic and phylogenetic biases in translocated angiosperm plant species across European countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filipa Coutinho Soares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Mouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne‐christine Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadline Kjelsberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfredo García Fernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conservation Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 39 (4), pp.e14451. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cobi.14451⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04996901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Current state of plant conservation translocations across Europe: motivations, challenges and outcomes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Godefroid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sam Lacquaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Ensslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Dalrymple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Abeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity and Conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 34, pp.769-792. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10531-025-03013-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing Seed Mixtures for Roadside Revegetation – Richness and Origin as Predictors for Erosion Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaël Mayeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence F. Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augustin Soki-Makilutila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ecological Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 25 (7), pp.8-24. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12911/22998993/187147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04584788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Translocations in France: Identifying Gaps between Knowledge, Practice and Perception by Conservation Actors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Ducrettet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Imbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 74 (6), pp.1160-1172. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00267-024-02055-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04712170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relevance of plant translocation as a conservation tool in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaël Mayeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Charlotte Vaissière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 224, pp.777-790. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11258-023-01295-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring time of conservation-driven and mitigation-driven plant translocations in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Schatz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 224, pp.791-802. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11258-023-01311-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04187527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratique des translocations végétales conservatoires en France : dimensions réglementaires, organisationnelles et économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Charlotte Vaissière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.40522⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achieving conservation outcomes in plant mitigation translocations: the need for global standards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantelle A. T. Doyle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Abeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Bellis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 224 (9), pp.745-763. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11258-023-01310-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04112857v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality assessment of mitigation translocation protocols for protected plants in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Schatz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 302 (part B), pp.114064. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jenvman.2021.114064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03496987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dataset of costs of the mitigation hierarchy and plant translocations in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Schatz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data in Brief</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Data in Brief, 40, pp.107722. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dib.2021.107722⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03497040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant translocations in Europe and the Mediterranean: Geographical and climatic directions and distances from source to host sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Ollier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaël Mayeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Fernández-Manjarrés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfredo García-Fernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 109 (6), pp.2296-2308. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2745.13609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does urbanization affect the reproductive characteristics and ecological affinities of street plant communities?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Desaegher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Nadot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Machon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (17), pp.9977-9989. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ece3.5539⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floral morphology as the main driver of flower-feeding insect occurrences in the Paris region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Desaegher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Nadot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Urban Ecosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 21 (4), pp.585-598. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11252-018-0759-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03496956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Buzz in Paris: flower production and plant–pollinator interactions in plants from contrasted urban and rural origins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Desaegher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Nadot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Dajoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 145 (6), pp.513-523. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10709-017-9993-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03496938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reintroducing reintroductions into the conservation arena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Guigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Kerbiriou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-B. Mihoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18 (5), pp.413-414. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/acv.12244⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01226240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defining reintroduction success using IUCN criteria for threatened species: a demographic assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Guigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Kerbiriou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.‐b. Mihoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18 (5), pp.397-406. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/acv.12188⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04431409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterogeneity of reproductive age increases the viability of semelparous populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Acker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bourget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functional Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 28 (2), pp.458-468. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2435.12187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01209972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restoration demography: a 10-year demographic comparison between introduced and natural populations of endemic Centaurea corymbosa (Asteraceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kirchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Olivieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 45 (45), pp.1468-1476. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-2664.2008.01536.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00325431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the dynamics of introduced populations in the narrow-endemic Centaurea corymbosa : a demo-genetic integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kirchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 43 (5), pp.1011-1021. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-2664.2006.01179.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03496868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variation in Dispersal Traits in a Narrow-endemic Plant Species, Centaurea corymbosa Pourret. (Asteraceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Fréville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Imbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 19 (3), pp.241-254. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10682-005-0913-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00323934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of local density on insect visitation and fertilization success in the narrow-endemic Centaurea corymbosa (Asteraceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kirchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sheila, H. Luijten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Imbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Mayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oikos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 111 (1), pp.130-142. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.0030-1299.2005.14022.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00323804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fine-scale genetic structure and gene dispersal in Centaurea corymbosa (Asteraceae) I. Pattern of pollen dispersal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago C. Gonzalez-Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Fréville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Boquien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 17 (4), pp.795 - 806. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1420-9101.2004.00713.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00326252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fine-scale genetic structure and gene dispersal in Centaurea corymbosa (Asteraceae). II. Correlated paternity within and among sibships</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier J. Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago C. González-Martínez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Fréville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 168 (3), pp.1601-1614. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1534/genetics.104.027714⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02680659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial and temporal demographic variability in the endemic plant species Centaurea corymbosa (Asteraceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Freville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hal Caswell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 85 (3), pp.694-703. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1890/03-0119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00326221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of Corridors in Plant Dispersal: an Example with the Endangered Ranunculus nodif lorus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kirchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Ferdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Andalo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Moret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conservation Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 17 (2), pp.401-410. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1046/j.1523-1739.2003.01392.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03496751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Population structure of an endangered species living in contrasted habitats : Parnassia palustris (Saxifragaceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle I. Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Fanny Emilie Bacles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Catherine Holl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Hendoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 11 (6), pp.979-990. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1046/j.1365-294X.2002.01499.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02680483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fire and species range in Mediterranean landscapes: an experimental comparison of seed and seedling performance among Centaurea taxa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anselm Rodrigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Retana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biogeography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 29 (1), pp.135-146. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1046/j.1365-2699.2002.00652.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03496729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilocus genetic structure at contrasted spatial scales of the endangered water fern Marsilea strigosa Willd. (Marsileaceae, Pteridophyta)1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Vitalis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Grillas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Olivieri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 89 (7), pp.1142-1155. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3732/ajb.89.7.1142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00334807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-temporal variation of reproductive success and conservation of the narrow-endemic Centaurea corymbosa (Asteraceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Olivieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 99 (3), pp.375-386. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0006-3207(00)00229-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00335131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gene flow and local adaptation in two endemic plant species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Fréville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 100 (1), pp.21-34. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0006-3207(00)00204-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00334989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic de la situation de Centaurea corymbosa (Asteraceae), endemique du massif de la Clape (Aude, France). (Present status of Centaurea corymbosa (Asteraceae), endemic to the la Clape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Fréville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bocconea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 13, pp.173-179</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00342690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction as a way to manage endangered plant species: Case of the Centaurea corymbosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Fréville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Imbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Suppl. 7, pp.133-134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00343248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les introductions comme mode de gestion d'espèces végétales menacées : le cas de la centaurée de la Clape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Fréville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Imberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Sup7, pp.133-134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03529503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système génétique, polymorphisme neutre et sélectionné : implications en biologie de la conservation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Godelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Austerlitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Brachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Cuguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 30 (1), pp.S15-S28. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1297-9686-30-S1-S15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00894230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marsilea strigosa Willd. : statut génétique et démographique d’une espèce menacée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Vitalis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba Rovira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Olivieri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecologia mediterranea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 24 (2), pp.145-157. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/ecmed.1998.1858⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03496614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting Endemism from Population Structure of a Widespread Species: Case Study in Centaurea maculosa Lam. (Asteraceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Fréville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Ronfort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Olivieri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conservation Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 12 (6), pp.1269 - 1278. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1523-1739.1998.96483.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00335856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centaurea corymbosa, a cliff-dwelling species tottering on the brink of extinction: A demographic and genetic study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Olivieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 94 (7), pp.3471-3476. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.94.7.3471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00336005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statut démographique de Centaurea corymbosa Pourret ( Asteraceae), Hormatophylla pyrenaica (Lapeyr.) Cullen & Dudley ( Brassicaceae ) et Marsilea strigosa Willd. ( Marsileaceae-Pteridophyta ), trois plantes rares du sud de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Molina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Botanica Gallica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 143 (2-3), pp.191-198. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/12538078.1996.10515339⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04431437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégrer le facteur climatique dans la compensation écologique : l’exemple des écosystèmes forestiers.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Sansilvestri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Roturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Fernández‐manjarrés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Frascaria-Lacoste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Harold Levrel; Nathalie Frascaria-Lacoste; Julien Hay; Gilles Martin; Sylvain Pioch. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Restaurer la nature pour compenser les impacts du développement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, QUAE, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01615367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive responses to landscape disturbances : Empirical evidence.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris D Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilkka Hanski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Conservation Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03496838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId175"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Bruno Colas </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">bruno-colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-0004-8218</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Enseignant-chercheur. Enseignements de génétique des populations, dynamique des populations, écologie, biologie de la conservation et épistémologie. Recherches sur la biologie des populations de plantes rares et menacées, le succès reproducteur des plantes, la revégétalisation d’espaces anthropisés et les translocations de conservation.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">PARCOURS</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024 - Professeur de 1ère classe (PR1) AgroParisTech. Laboratoire Ecologie, Systématique et Evolution, UMR 8079 Université Paris-Saclay, CNRS, AgroParisTech.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018 – Professeur de 2ème classe (PR2) AgroParisTech. Laboratoire Ecologie, Systématique et Evolution, UMR 8079 Université Paris-Saclay, CNRS, AgroParisTech.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1998-2017 – Maître de conférences (MCF) de l’Université Paris Diderot.- Laboratoire Ecologie, Systématique et Evolution (ESE), UMR 8079, Université Paris-Sud, CNRS, AgroParisTech de 2011 à 2017.- Laboratoire Conservation des Espèces, Restauration et Suivi des Populations (CERSP, devenu CESCO ensuite), UMR 5173, MNHN, CNRS, de 2004 à 2011.- Laboratoire Fonctionnement et évolution des systèmes écologiques, UMR 7625, Université Pierre et Marie Curie, CNRS, ENS, de 1998 à 2003.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1997-1998 – Attaché temporaire de l’enseignement et de le recherche (ATER) de l’Université Paris Diderot. Laboratoire Fonctionnement et évolution des systèmes écologiques, UMR 7625, Université Pierre et Marie Curie, CNRS, ENS.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1993-1997 – Chargé de mission au Conservatoire botanique national de Porquerolles (Var, 5 CDD) et à l’association des Ecologistes de l’Euzière (Hérault, 1 CDD). Chargé d’une synthèse documentaire des connaissances sur le statut démographique et la biologie des espèces végétales rares méditerranéennes françaises. Puis basé à la station de Génétique et d’Amélioration des Plantes de l’INRA de Montpellier pour une étude démographique, écologique et génétique de cinq espèces végétales rares du Languedoc-Roussillon.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1992-1993 – Contrat Emploi Solidarité à l’association des Ecologistes de l’Euzière, Prades-le-Lez et à la Direction Régionale de l’Environnement (DIREN) de Montpellier.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">CURSUS UNIVERSITAIRE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005 - Habilitation à Diriger des Recherches (HDR). Spécialité Biologie. Université Paris XI.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1994-1997 – Thèse de Doctorat. Spécialité Sciences de la Vie. Université F. Rabelais de Tours. Thèse effectuée au Conservatoire botanique de Porquerolles et à l’INRA de Montpellier sous la direction d’Isabelle Olivieri. Titre : Centaurea corymbosa, chronique d’une extinction programmée.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1990-1991 - DEA de Biologie des Populations et Eco-éthologie à l’université de Rennes 1. Stage sous la direction de Nelly Ménard. Titre : Conséquences écologiques d'une fission de groupe et mécanismes sociaux opérant chez Macaca sylvanus en Algérie.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1989-1990 – Maîtrise de Biologie des Organismes et des Populations. Université de Rennes 1.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1988-1989 – Licence de Biologie des Organismes. Université de Rennes 1.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1987-1988 – Service national.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1984-1986 – Diplômes d’Etudes Universitaires Générales (DEUG) en Sciences de la Vie. Université d’Angers.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">FONCTIONS OCCUPEES</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading6"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Fonctions actuelles</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Directeur de l’UFR Ecologie, Adaptation, Interactions d’AgroParisTech - depuis 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Directeur-adjoint du laboratoire Ecologie, Systématique et évolution (UMR ESE) – depuis 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre du Conseil Scientifique (CS) d’AgroParisTech – depuis 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre du Conseil Scientifique (CS) du Conservatoire Botanique National du Bassin Parisien (CBNBP) – depuis 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre du Comité de suivi du Plan National d’Actions (PNA) Saxifrages rupestres – depuis 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre du Conseil Scientifique (CS) de l’Institut Diversité, Écologie et Évolution du Vivant (IDEEV) – depuis 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre du Comité de Pilotage (COPIL) de l’Institut Diversité, Écologie et Évolution du Vivant (IDEEV) – depuis 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre de l’Assemblée des Parties Prenantes (APP) de la Fondation pour la Recherche sur la Biodiversité (FRB) – depuis 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre du Conseil d’Orientation Stratégique (COS) de la Fondation pour la Recherche sur la Biodiversité (FRB) – depuis 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre de la Commission Biodiversité de la Fédération des Parcs Naturels Régionaux de France (FPNRF) – depuis 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre des jurys d’admission d’AgroParisTech DE (diplômes étrangers), DD (doubles diplômes) et X (Polytechnique) – depuis 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre de la Commission de domaine 3 « Gestion et Ingénierie de l’Environnement » d’AgroParisTech  – depuis 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre de la Commission Sciences et Ingénierie Forestière (SIF) d’AgroParisTech – depuis 2018</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading6"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Fonctions passées</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Responsable de l’équipe Trajectoires Ecologiques et Société (TESS) du laboratoire ESE – 2019-2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre du Conseil des Enseignants d’AgroParisTech – 2018-2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre du Conseil de l’Ecole Doctorale Science du Végétal, du gène à l’écosystème (ED 567 SdV) – 2010-2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre du Conseil de Perfectionnement du Master BEE de l’UPMC, UPSud, AgroParisTech, MNHN – 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre de la Commission de Spécialistes des sections 66, 67, 68 et 69 du CNU, de l’Université Paris Diderot – 2004-2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Membre du Conseil Scientifique du Parc National de la Vanoise – 2001-2005</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">ACTIVITES ET RESPONSABILITES D'ENSEIGNEMENT</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">200 heures annuelles d’enseignement depuis 1997 en génétique des populations, dynamique des populations, écologie, biologie de la conservation, botanique  et épistémologie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Actuellement (2024) responsable ou co-responsable de 4 modules d’enseignement à AgroParisTech en ingénierie écologique sur la biodiversité (2ème année du cursus ingénieur), biologie évolutive (2ème année du cursus ingénieur), écologie (master GTES) et biologie de la conservation (Master BEE).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Tuteur ou enseignant-référent d’environ 80 étudiants ou groupes d’étudiants.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Enseignements divers à l’Université de Lausanne, l’Université de Lille, l’Université Pierre et Marie Curie, au Muséum National d’Histoire Naturelle</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">ACTIVITES ET RESPONSABILITES DE RECHERCHE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publications : 36 articles parus ou sous presse dont 33 dans des revues internationales à comité de lecture. Publication de 2 chapitres d’ouvrages.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communications : 22 communications à des congrès/colloques internationaux, 23 à des congrès/colloques nationaux.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Encadrements de recherche : 8 encadrements de recherche au niveau licence, 26 au niveau master, 8 thèses encadrées et 2 post-doc.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Soutiens financiers par les programmes suivants</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● AAP BQR MNHN (2005-2007) : 33k€</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● AAP Ville de Paris– Paris 2030 (2013-2015) : 39k€</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Initiative de recheche stratégique Paris Saclay ACE-ICSEN (2016-2020) : 30k€</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● AAP LabEx BASC – BASC-Partenariats (2017-2020) : 52 k€</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● CNRS PEPS (2019) : 9 k€</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● AAP BiodivRestor – Biodiversa and Water JPI Joint Call (2022-2025) : 46k€</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Le Lab Recherche-Environnement (2021-2025) : 140 k€</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading4"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">EXPERTISE ET JURYS</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Relecteur : Conservation Biology, Acta Oecologica, Diversity and Distributions, EcoScience, Plant Systematics and Evolution, Plant Ecology, Genetica, Molecular Ecology, Biological Conservation, Evolutionary Ecology, et Botany Letters...</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Participation à 17 comités de thèse, 17 jurys de thèse de Doctorat, 4 jurys d’HDR, 1 commission de spécialistes, 2 comités de sélection pour des postes permanents, 15 jurys d’admission à AgroParisTech, &amp;gt;60 jurys de Master.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (38)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Current state of plant conservation translocations across Europe: motivations, challenges and outcomes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Godefroid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sam Lacquaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andreas Ensslin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Dalrymple</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Abeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity and Conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 34, pp.769-792. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10531-025-03013-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04934559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Taxonomic and phylogenetic biases in translocated angiosperm plant species across European countries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filipa Coutinho Soares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Mouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne‐christine Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadline Kjelsberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfredo García Fernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conservation Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 39 (4), pp.e14451. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cobi.14451⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04996901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Translocations in France: Identifying Gaps between Knowledge, Practice and Perception by Conservation Actors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Ducrettet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Imbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 74 (6), pp.1160-1172. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00267-024-02055-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04712170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing Seed Mixtures for Roadside Revegetation – Richness and Origin as Predictors for Erosion Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaël Mayeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence F. Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augustin Soki-Makilutila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ecological Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 25 (7), pp.8-24. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12911/22998993/187147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04584788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monitoring time of conservation-driven and mitigation-driven plant translocations in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Schatz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 224, pp.791-802. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11258-023-01311-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04187527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratique des translocations végétales conservatoires en France : dimensions réglementaires, organisationnelles et économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Charlotte Vaissière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/vertigo.40522⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achieving conservation outcomes in plant mitigation translocations: the need for global standards</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantelle A. T. Doyle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Abeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Albrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Bellis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 224 (9), pp.745-763. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11258-023-01310-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04112857v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relevance of plant translocation as a conservation tool in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaël Mayeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Charlotte Vaissière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 224, pp.777-790. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11258-023-01295-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04185682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality assessment of mitigation translocation protocols for protected plants in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Schatz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 302 (part B), pp.114064. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jenvman.2021.114064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03496987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dataset of costs of the mitigation hierarchy and plant translocations in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Muller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Schatz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data in Brief</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Data in Brief, 40, pp.107722. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dib.2021.107722⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03497040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant translocations in Europe and the Mediterranean: Geographical and climatic directions and distances from source to host sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Diallo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Ollier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaël Mayeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Fernández-Manjarrés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfredo García-Fernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 109 (6), pp.2296-2308. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2745.13609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04311156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does urbanization affect the reproductive characteristics and ecological affinities of street plant communities?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Desaegher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Nadot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Machon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (17), pp.9977-9989. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ece3.5539⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02282032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floral morphology as the main driver of flower-feeding insect occurrences in the Paris region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Desaegher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Nadot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Urban Ecosystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 21 (4), pp.585-598. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11252-018-0759-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03496956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Buzz in Paris: flower production and plant–pollinator interactions in plants from contrasted urban and rural origins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Desaegher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Nadot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Dajoz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 145 (6), pp.513-523. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10709-017-9993-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03496938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reintroducing reintroductions into the conservation arena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Guigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Kerbiriou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-B. Mihoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18 (5), pp.413-414. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/acv.12244⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01226240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defining reintroduction success using IUCN criteria for threatened species: a demographic assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Guigon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Kerbiriou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.‐b. Mihoub</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18 (5), pp.397-406. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/acv.12188⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04431409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterogeneity of reproductive age increases the viability of semelparous populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Acker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bourget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functional Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 28 (2), pp.458-468. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1365-2435.12187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01209972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Restoration demography: a 10-year demographic comparison between introduced and natural populations of endemic Centaurea corymbosa (Asteraceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kirchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Olivieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 45 (45), pp.1468-1476. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-2664.2008.01536.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00325431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the dynamics of introduced populations in the narrow-endemic Centaurea corymbosa : a demo-genetic integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kirchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 43 (5), pp.1011-1021. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1365-2664.2006.01179.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03496868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of local density on insect visitation and fertilization success in the narrow-endemic Centaurea corymbosa (Asteraceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kirchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sheila, H. Luijten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Imbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Mayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oikos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 111 (1), pp.130-142. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.0030-1299.2005.14022.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00323804v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variation in Dispersal Traits in a Narrow-endemic Plant Species, Centaurea corymbosa Pourret. (Asteraceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Fréville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Imbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 19 (3), pp.241-254. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10682-005-0913-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00323934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fine-scale genetic structure and gene dispersal in Centaurea corymbosa (Asteraceae). II. Correlated paternity within and among sibships</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier J. Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago C. González-Martínez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Fréville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 168 (3), pp.1601-1614. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1534/genetics.104.027714⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02680659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial and temporal demographic variability in the endemic plant species Centaurea corymbosa (Asteraceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Freville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hal Caswell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 85 (3), pp.694-703. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1890/03-0119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00326221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fine-scale genetic structure and gene dispersal in Centaurea corymbosa (Asteraceae) I. Pattern of pollen dispersal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Hardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago C. Gonzalez-Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Fréville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Boquien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 17 (4), pp.795 - 806. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1420-9101.2004.00713.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00326252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of Corridors in Plant Dispersal: an Example with the Endangered Ranunculus nodif lorus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kirchner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Ferdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Andalo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Moret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conservation Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 17 (2), pp.401-410. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1046/j.1523-1739.2003.01392.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03496751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Population structure of an endangered species living in contrasted habitats : Parnassia palustris (Saxifragaceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle I. Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Fanny Emilie Bacles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Catherine Holl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Hendoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 11 (6), pp.979-990. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1046/j.1365-294X.2002.01499.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02680483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fire and species range in Mediterranean landscapes: an experimental comparison of seed and seedling performance among Centaurea taxa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anselm Rodrigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Retana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biogeography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 29 (1), pp.135-146. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1046/j.1365-2699.2002.00652.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03496729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilocus genetic structure at contrasted spatial scales of the endangered water fern Marsilea strigosa Willd. (Marsileaceae, Pteridophyta)1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Vitalis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Grillas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Olivieri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 89 (7), pp.1142-1155. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3732/ajb.89.7.1142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00334807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-temporal variation of reproductive success and conservation of the narrow-endemic Centaurea corymbosa (Asteraceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Olivieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 99 (3), pp.375-386. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0006-3207(00)00229-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00335131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gene flow and local adaptation in two endemic plant species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Fréville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 100 (1), pp.21-34. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0006-3207(00)00204-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00334989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction as a way to manage endangered plant species: Case of the Centaurea corymbosa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Fréville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Imbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Suppl. 7, pp.133-134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00343248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic de la situation de Centaurea corymbosa (Asteraceae), endemique du massif de la Clape (Aude, France). (Present status of Centaurea corymbosa (Asteraceae), endemic to the la Clape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Fréville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Henri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bocconea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 13, pp.173-179</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00342690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les introductions comme mode de gestion d'espèces végétales menacées : le cas de la centaurée de la Clape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Fréville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Imberti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, Sup7, pp.133-134</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03529503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting Endemism from Population Structure of a Widespread Species: Case Study in Centaurea maculosa Lam. (Asteraceae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Fréville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Ronfort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Olivieri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conservation Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 12 (6), pp.1269 - 1278. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1523-1739.1998.96483.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00335856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Système génétique, polymorphisme neutre et sélectionné : implications en biologie de la conservation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Godelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Austerlitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Brachet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Cuguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Genetics Selection Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 30 (1), pp.S15-S28. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1297-9686-30-S1-S15⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00894230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marsilea strigosa Willd. : statut génétique et démographique d’une espèce menacée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Vitalis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba Rovira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Olivieri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecologia mediterranea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 24 (2), pp.145-157. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/ecmed.1998.1858⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03496614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Centaurea corymbosa, a cliff-dwelling species tottering on the brink of extinction: A demographic and genetic study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Olivieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 94 (7), pp.3471-3476. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.94.7.3471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00336005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statut démographique de Centaurea corymbosa Pourret ( Asteraceae), Hormatophylla pyrenaica (Lapeyr.) Cullen & Dudley ( Brassicaceae ) et Marsilea strigosa Willd. ( Marsileaceae-Pteridophyta ), trois plantes rares du sud de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miquel Riba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Molina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Botanica Gallica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 143 (2-3), pp.191-198. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/12538078.1996.10515339⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04431437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intégrer le facteur climatique dans la compensation écologique : l’exemple des écosystèmes forestiers.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxane Sansilvestri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Roturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Fernández‐manjarrés</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Frascaria-Lacoste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Harold Levrel; Nathalie Frascaria-Lacoste; Julien Hay; Gilles Martin; Sylvain Pioch. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Restaurer la nature pour compenser les impacts du développement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, QUAE, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01615367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptive responses to landscape disturbances : Empirical evidence.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Colas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris D Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilkka Hanski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Conservation Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03496838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId175"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D800C7C8"/>
+    <w:nsid w:val="B50B243A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bruno-colas" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0004-8218" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996901v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipa Coutinho Soares" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Mouchet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;christine Monnet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadline Kjelsberg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Garc&#237;a Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cobi.14451" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04934559v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Godefroid" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Lacquaye" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Ensslin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dalrymple" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Abeli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-025-03013-0" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584788v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;l Mayeur" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence F. Carpentier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Soki-Makilutila" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Colas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12911/22998993/187147" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712170v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Julien" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Ducrettet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Diallo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Imbert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00267-024-02055-4" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185682v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Charlotte Vaissi&#232;re" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11258-023-01295-4" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187527v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Schatz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Robert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11258-023-01311-7" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185511v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.40522" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04112857v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantelle A. T. Doyle" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Albrecht" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Bellis" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11258-023-01310-8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03496987v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Muller" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2021.114064" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03497040v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2021.107722" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311156v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ollier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Fern&#225;ndez-Manjarr&#233;s" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Garc&#237;a-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.13609" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02282032v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Desaegher" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nadot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Machon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.5539" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03496956v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Fontaine" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11252-018-0759-5" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03496938v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dajoz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10709-017-9993-7" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01226240v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Robert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Colas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Guigon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kerbiriou" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Mihoub" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/acv.12244" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431409v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.&#8208;b. Mihoub" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/acv.12188" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-S5VCFZDJ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209972v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Acker" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bourget" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.12187" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00325431v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Kirchner" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miquel Riba" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Olivieri" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Mignot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2664.2008.01536.x" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03496868v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2664.2006.01179.x" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00323934v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fr&#233;ville" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10682-005-0913-4" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MFB9DGPB-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00323804v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheila, H. Luijten" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mayol" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.0030-1299.2005.14022.x" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5KFRJ48J-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00326252v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hardy" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago C. Gonzalez-Martinez" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Boquien" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1420-9101.2004.00713.x" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680659v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier J. Hardy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago C. Gonz&#225;lez-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.104.027714" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00326221v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Freville" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hal Caswell" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/03-0119" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03496751v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ferdy" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Andalo" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Moret" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1523-1739.2003.01392.x" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B8075397E1AF4B039F145EC81E255BE465061455/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680483v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Bonnin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fanny Emilie Bacles" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Holl" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hendoux" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-294X.2002.01499.x" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BP9HVT2C-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03496729v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anselm Rodrigo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Retana" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2699.2002.00652.x" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5W660S0X-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00334807v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Vitalis" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Grillas" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3732/ajb.89.7.1142" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00335131v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0006-3207(00)00229-9" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RTWWGP3P-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00334989v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Petit" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0006-3207(00)00204-4" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PSRTSG6M-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00342690v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Henri" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00343248v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03529503v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Imberti" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894230v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Godelle" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Austerlitz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Brachet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Cuguen" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1297-9686-30-S1-S15" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03496614v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miquel Riba Rovira" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ecmed.1998.1858" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00335856v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Ronfort" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1523-1739.1998.96483.x" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1VNRGLFC-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00336005v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.94.7.3471" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431437v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Molina" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12538078.1996.10515339" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615367v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Sansilvestri" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Roturier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Fern&#225;ndez&#8208;manjarr&#233;s" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Frascaria-Lacoste" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03496838v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris D Thomas" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilkka Hanski" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bruno-colas" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0004-8218" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04934559v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Godefroid" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Lacquaye" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Ensslin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dalrymple" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Abeli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-025-03013-0" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996901v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipa Coutinho Soares" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Mouchet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;christine Monnet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadline Kjelsberg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Garc&#237;a Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cobi.14451" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712170v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Julien" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Ducrettet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Diallo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Imbert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Colas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00267-024-02055-4" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584788v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;l Mayeur" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence F. Carpentier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Soki-Makilutila" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12911/22998993/187147" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187527v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Schatz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Robert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11258-023-01311-7" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185511v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Charlotte Vaissi&#232;re" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.40522" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04112857v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantelle A. T. Doyle" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Albrecht" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Bellis" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11258-023-01310-8" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185682v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11258-023-01295-4" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03496987v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Muller" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2021.114064" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03497040v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2021.107722" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311156v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Ollier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Fern&#225;ndez-Manjarr&#233;s" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Garc&#237;a-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.13609" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02282032v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Desaegher" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nadot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Machon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.5539" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03496956v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Fontaine" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11252-018-0759-5" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03496938v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Dajoz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10709-017-9993-7" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01226240v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Robert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Colas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Guigon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kerbiriou" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Mihoub" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/acv.12244" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431409v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.&#8208;b. Mihoub" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/acv.12188" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-S5VCFZDJ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209972v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Acker" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bourget" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.12187" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00325431v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Kirchner" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miquel Riba" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Olivieri" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Mignot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2664.2008.01536.x" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03496868v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2664.2006.01179.x" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00323804v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheila, H. Luijten" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mayol" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.0030-1299.2005.14022.x" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5KFRJ48J-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00323934v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fr&#233;ville" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10682-005-0913-4" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MFB9DGPB-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680659v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier J. Hardy" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago C. Gonz&#225;lez-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.104.027714" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00326221v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Freville" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hal Caswell" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/03-0119" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00326252v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hardy" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago C. Gonzalez-Martinez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Boquien" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1420-9101.2004.00713.x" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03496751v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Ferdy" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Andalo" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Moret" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1523-1739.2003.01392.x" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B8075397E1AF4B039F145EC81E255BE465061455/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680483v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Bonnin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fanny Emilie Bacles" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Holl" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hendoux" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-294X.2002.01499.x" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BP9HVT2C-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03496729v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anselm Rodrigo" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Retana" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-2699.2002.00652.x" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5W660S0X-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00334807v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Vitalis" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Grillas" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3732/ajb.89.7.1142" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00335131v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0006-3207(00)00229-9" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RTWWGP3P-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00334989v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Petit" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0006-3207(00)00204-4" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PSRTSG6M-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00343248v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00342690v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Henri" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03529503v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Imberti" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00335856v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Ronfort" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1523-1739.1998.96483.x" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1VNRGLFC-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00894230v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Godelle" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Austerlitz" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Brachet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Cuguen" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1297-9686-30-S1-S15" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03496614v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miquel Riba Rovira" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ecmed.1998.1858" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00336005v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.94.7.3471" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431437v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Molina" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/12538078.1996.10515339" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615367v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Sansilvestri" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Roturier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Fern&#225;ndez&#8208;manjarr&#233;s" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Frascaria-Lacoste" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03496838v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris D Thomas" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilkka Hanski" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>