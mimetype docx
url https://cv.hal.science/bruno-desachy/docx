--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -1400,57 +1400,130 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04036011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le Stratifiant : a simple tool for processing stratigraphic data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Desachy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Museen der Stadt Wien – Stadtarchäologie. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the 14th International Congress "Cultural Heritage and New Technologies" held in Vienna, Austria November 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.687-699, 2010, 978-3-200-02112-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04025508v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les hôpitaux dans l'espace urbain : implantation et développement à partir des données du centre national d'archéologie urbaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Chaoui-Derieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Desachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1458,163 +1531,90 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Cerruti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Guilloteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thérèse Ibañez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les établissements hospitaliers en France du Moyen Âge au XIXe siècle: espaces, objets et populations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, éditions universitaires de Dijon, pp.53-75, 2010, collection Sociétés, 978-2-915611-52-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04023856v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-04025508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archéologie de l'espace urbain - encadré 2 : les &amp;quot;Terres Noires&amp;quot; urbaines du premier Moyen Âge : une remise en cause du regard archéologique sur la ville</w:t>
               </w:r>
@@ -2042,221 +2042,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03996088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Informatisation des documents d'évaluation du patrimoine archéologique des villes de France - bilan d'étape 2002-2003 : 1.1 Contexte scientifique et méthodologique du projet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Boissavit-Camus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Desachy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Cerruti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Guilloteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thérèse Ibañez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Centre National d'Archéologie Urbaine. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Informatisation des documents d'évaluation du patrimoine archéologique des villes de France - bilan d'étape 2002-2003</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.11-24, 2004, 2-11-095277-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03996037v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’informatique au service de l’archéologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Desachy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Méthodes et initiations d'histoire et d'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, éditions du Temps, pp.170-180, 2004, 978-2-84274-290-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03996056v1</w:t>
-              </w:r>
-[...123 lines deleted...]
-                <w:t xml:space="preserve">hal-03996037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terres Noires du Collège de France (Paris) : traitement par analyse factorielle des comptages en poids de fragments de matériaux de construction</w:t>
               </w:r>
@@ -3461,209 +3461,209 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02901514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">ArchéoFab : Un programme de partage des données et des savoirs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Desachy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archéologies numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2019.0355⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961829v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Informatique et archéologie en France : les années 1980</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Giligny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Desachy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 157-158, pp.114-118. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/nda.7936⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/nda.7936⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-02895080v1</w:t>
-              </w:r>
-[...89 lines deleted...]
-                <w:t xml:space="preserve">hal-03961829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ArchéoFab - Archéologies du Bassin parisien</w:t>
               </w:r>
@@ -4295,239 +4295,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02881869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Bonne fouille ne saurait mentir ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Chaoui-Derieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Desachy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terrain : anthropologie et sciences humaines [Anciennement : Carnets du patrimoine ethnologique ; Revue d'ethnologie de l'Europe]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 57, pp.48-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/terrain.14315⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04036109v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L'approche géoarchéologique de l'urbain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécilia Cammas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Borderie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Desachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Augry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéopages : archéologie &amp; société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 31, p. 80-93</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00750269v1</w:t>
-              </w:r>
-[...102 lines deleted...]
-                <w:t xml:space="preserve">hal-04036109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La question des &amp;quot;terres noires</w:t>
               </w:r>
@@ -4582,51 +4582,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les opérations archéologiques aux abords des cathédrales d'après les données du Centre national d'archéologie urbaine.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Chaoui-Derieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Cerruti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4634,51 +4634,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Desachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Guilloteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thérèse Ibañez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monumental : revue scientifique et technique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, semestriel 1, p. 22-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4835,165 +4835,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03996313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La carte archéologique: une mesure de l’activité des archéologues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Desachy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">M@ppemonde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, L'image du mois</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03996097v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Des mobiliers et de la documentation scientifique : compte rendu de la table ronde de Bibracte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Desachy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 106</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03996300v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03996097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilan de l'archéologie urbaine en Picardie</w:t>
               </w:r>
@@ -5524,51 +5524,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le problème des &amp;quot;Terres Noires&amp;quot; sur les sites urbains tardo-antiques et médiévaux: réflexions et propositions méthodologiques à partir de l'exemple des fouilles du Collège de France à Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécilia Cammas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Champagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6386,51 +6386,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archéologie (Traitement et interprétation). C- Archéologie et nouvelles technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Desachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Giligny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Djindjian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6526,51 +6526,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Cavanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Chaoui-Derieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Desachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6893,597 +6893,597 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04539841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La perte patrimoniale au prisme de l’archéologie : enjeux scientifiques et juridiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noé Wagener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Desachy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La perte patrimoniale : régimes, traces, usages - semaines intensive du 11 au 13 janvier 2023 - Université Paris-Saclay</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Guyancourt UVSQ, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04090821v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le point de vue des &amp;quot;archives du sol&amp;quot; : la gestion du manque en archéologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Desachy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’archivistique des manques - journée d'étude du Master 2 Gestion des archives et de l'archivage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, UVSQ - université Paris-Saclay, Mar 2023, Archives nationales - Site de Pierrefitte-sur-Seine, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04090120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autour de la notion d'unité stratigraphique : pour une formalisation efficace de l'enregistrement stratigraphique prenant en compte la pratique des fouilleurs et les apports des sciences de la terre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Desachy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lire le sol en archéologie : pratiques de terrain et regards croisés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Tours, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.34692/d37y-gw34⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04315550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le site archéologique d’Epiais-Rhus - Vallangoujard (Val-d’Oise) ou &amp;quot;l’atout de l’invisibilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Desachy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Faire parler les silences de l'Histoire : les patrimoines absents - Journée d’étude des élèves conservateurs et conservatrices du patrimoine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Paris Institut national d’histoire de l’art (INHA, Paris), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04088295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Noé Wagener</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Archéologie de l’espace urbain en Gaule IV e -VIII e siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Balcon-Berry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Boissavit-Camus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Borderie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Desachy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Lorans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La perte patrimoniale : régimes, traces, usages - semaines intensive du 11 au 13 janvier 2023 - Université Paris-Saclay</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2023, Guyancourt UVSQ, France</w:t>
+              <w:t xml:space="preserve">Le phénomène urbain dans l'Antiquité tardive et le Haut Moyen Âge (IVe - VIIIe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR ArScAn - équipe THEMAM, Oct 2021, Nanterre (UMR 7041 ArScAn), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03962062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bases de données d'enregistrement archéologique de terrain : quelques remarques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Desachy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Webinar Fieldwork and new technologies applied to archaeology in Lebanon - Friday 23rd April 2021, 14h-17h</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jwana Chaoud, Mav Haider, Dominique Pieri, Apr 2021, Beyrouth, Université Libanaise, IFPO, Liban</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04091027v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">gestion d’imperfection de données temporelles : construction de distributions chronologiques par pas de temps, à partir d’événements de datation imprécise ou de précision hétérogène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Desachy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier "des données aux plateformes géohistoriques en accès libre"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Abbaye de Royaumont, (Asnières-sur-Oise, Val d’Oise), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04090887v1</w:t>
-              </w:r>
-[...188 lines deleted...]
-                <w:t xml:space="preserve">halshs-03962062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ancient artic pyrotechnologies. Experimental fires to document the impact of animal origin fuels on wood combustion</w:t>
               </w:r>
@@ -8142,51 +8142,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Desachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Guilloteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thérèse Ibañez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medieval Europe Paris - 2007 L'Europe en Mouvement - On the Road Again -4e Congrès International d'Archéologie Médiévale et Moderne, Du 3 au 8 septembre 2007 à l'Institut National d'Histoire de l'Art - Université Paris 1 Panthéon-Sorbonne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9170,51 +9170,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00406241v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Desachy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928283v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Journot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Arribet-Deroin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Burnouf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Nissen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009031v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Aubin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Cosler" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lievaux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Prestreau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996281v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Cerruti" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Guilloteau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445279v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Olivier Guilhot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.persee.fr/issue/pica_1272-6117_1999_hos_16_1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979989v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gallety" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03477904v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Tomczyk" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Costa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Brun" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Petit" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979097v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques &#201;lie Brochier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Curie" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fontana" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961859v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890610v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02072905v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Borderie" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Delahaye" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gravier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Pinh&#232;de" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufr.7678" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887811v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Djament" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036011v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Lacroix" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023856v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Chaoui-Derieux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Iba&#241;ez" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025508v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010454v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010430v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00377529v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Nissen-Jaubert" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Arribet-Deroin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Desachy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996133v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Picard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gaillard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996088v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996056v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996037v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Boissavit-Camus" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995346v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985749v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985717v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979665v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979692v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979663v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979656v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979658v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-02333503v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Djindjian" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976133v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976127v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bourgeau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961822v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Costa" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hrc.4843" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-R8D3PHXZ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472864v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Cavanna" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gorin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Hermenault" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.12209" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901514v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Vanlandeghem" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tammy Buonasera" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norman Lauren" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Th&#233;ry-Parisot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2020.102414" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02895080v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Giligny" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.7936" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961829v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2019.0355" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03961884v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03961905v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc F&#233;molant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Peineau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01688222v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Vandevelde" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Slimak" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2017.10.031" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-02326183v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21014/acta_imeko.v5i2.353" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036345v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Durost" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Giudicelli" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guichard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.1960" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-BLT0RNTQ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881868v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881869v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750269v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Augry" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036109v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Besson" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terrain.14315" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025612v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413673v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996320v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996313v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996300v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996097v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996092v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gemehl" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996087v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2005.13176" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996085v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pica.2004.2396" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985682v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Li&#233;veaux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981154v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pica.1998.2293" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981135v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pica.1997.1946" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976162v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979702v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Champagne" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian David" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guyard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976151v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-02333521v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pica.1992.1654" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-02333516v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pica.1992.1648" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976084v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pica.1991.1623" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-02333481v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pica.1991.1621" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-02333468v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/hism.1990.1365" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-02333462v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979687v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-02333435v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rebour" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996328v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322016v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193105v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bombled" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Collinot" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Gilbert" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prune Sauvageot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539841v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090120v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315550v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/d37y-gw34" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088295v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090821v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Wagener" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090887v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091027v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03962062v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Balcon-Berry" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lorans" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02526765v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092060v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03885656v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Filet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Feugnet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01694532v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03962054v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01697831v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaillot" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tronch&#232;re" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895585v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456921v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ciezar" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Dussol" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Guyot" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-02340266v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Belarbi" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511430v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bastian" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolande Simon-Millot" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-02340246v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bel-Hamissi Abdou" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antufati Bacar" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed M'Trengoueni" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200479v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/11sbb" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03961896v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03961873v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03966957v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087287v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00406241v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Desachy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928283v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Journot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Arribet-Deroin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Burnouf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Nissen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009031v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Aubin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Cosler" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lievaux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Prestreau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996281v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Cerruti" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Guilloteau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445279v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Olivier Guilhot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.persee.fr/issue/pica_1272-6117_1999_hos_16_1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979989v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gallety" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03477904v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Tomczyk" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Costa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Brun" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Petit" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979097v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques &#201;lie Brochier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Curie" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fontana" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961859v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890610v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02072905v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Borderie" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Delahaye" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gravier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Pinh&#232;de" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufr.7678" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887811v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Djament" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036011v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Lacroix" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025508v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023856v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Chaoui-Derieux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Iba&#241;ez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010454v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010430v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00377529v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Nissen-Jaubert" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Arribet-Deroin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Desachy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996133v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Picard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Gaillard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996088v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996037v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Boissavit-Camus" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996056v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995346v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985749v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985717v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979665v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979692v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979663v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979656v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979658v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-02333503v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Djindjian" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976133v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976127v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bourgeau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961822v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Costa" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hrc.4843" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-R8D3PHXZ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472864v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Cavanna" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gorin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Hermenault" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.12209" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901514v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Vanlandeghem" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tammy Buonasera" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norman Lauren" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Th&#233;ry-Parisot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2020.102414" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961829v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2019.0355" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02895080v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Giligny" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.7936" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03961884v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03961905v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc F&#233;molant" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Peineau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01688222v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Vandevelde" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Slimak" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2017.10.031" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-02326183v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21014/acta_imeko.v5i2.353" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036345v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Durost" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Giudicelli" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guichard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.1960" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-BLT0RNTQ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881868v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881869v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036109v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Besson" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terrain.14315" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00750269v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cammas" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Augry" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025612v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413673v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996320v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996313v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996097v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996300v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996092v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gemehl" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996087v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2005.13176" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996085v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pica.2004.2396" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985682v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Li&#233;veaux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981154v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pica.1998.2293" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981135v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pica.1997.1946" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976162v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979702v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Champagne" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian David" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Guyard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976151v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-02333521v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pica.1992.1654" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-02333516v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pica.1992.1648" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976084v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pica.1991.1623" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-02333481v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pica.1991.1621" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-02333468v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/hism.1990.1365" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-02333462v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979687v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-02333435v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rebour" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996328v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322016v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05193105v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bombled" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Collinot" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Gilbert" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prune Sauvageot" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539841v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090821v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Wagener" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090120v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315550v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/d37y-gw34" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088295v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03962062v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Balcon-Berry" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lorans" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091027v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090887v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02526765v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092060v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03885656v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Filet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Feugnet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01694532v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03962054v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01697831v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaillot" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tronch&#232;re" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895585v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456921v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ciezar" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Dussol" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Guyot" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-02340266v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Belarbi" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511430v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bastian" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolande Simon-Millot" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-02340246v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bel-Hamissi Abdou" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antufati Bacar" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed M'Trengoueni" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05200479v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/11sbb" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03961896v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03961873v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03966957v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087287v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>