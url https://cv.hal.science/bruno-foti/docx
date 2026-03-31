--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1549,703 +1549,703 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01819942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional Modeling of the Various Volumes of Canines to Determine Age and Sex: A Preliminary Study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A case of an osteolytic lesion on an italian neandertahl jaw</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvana Condemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Tardivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michel Ruquet</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Foti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Thollon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pascal Adalian</w:t>
+                <w:t xml:space="preserve">Stefano Ricci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Giunti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Forensic Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1556-4029.2011.01720.x⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, xx (xx), pp.00. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crpv.2011.08.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00591834v1</w:t>
+                <w:t xml:space="preserve">halshs-00639323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of gestational age from tooth germes : biometric study of dentascan images</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Loïc Lalys</w:t>
+                <w:t xml:space="preserve">Three-dimensional Modeling of the Various Volumes of Canines to Determine Age and Sex: A Preliminary Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Tardivo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Sastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Ruquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christophe Bartoli</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Thollon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Forensic Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 56 (1), pp.220-223. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1556-4029.2010.01533.x⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 56 (3), pp.766-770. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1556-4029.2011.01720.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00591821v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00591834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A case of an osteolytic lesion on an italian neandertahl jaw</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Silvana Condemi</w:t>
+                <w:t xml:space="preserve">Estimation of gestational age from tooth germes : biometric study of dentascan images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Lalys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Ruquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Tardivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Paolo Giunti</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salim Laibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Palevol</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crpv.2011.08.004⟩</w:t>
+              <w:t xml:space="preserve">Journal of Forensic Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 56 (1), pp.220-223. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1556-4029.2010.01533.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00639323v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00591821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intérêt de la modélisation tridimensionnelle des reliefs occlusaux dentaires en identification médicolégale : étude de faisabilité</w:t>
+                <w:t xml:space="preserve">Avantages et limites de l'utilisation de la parodontolyse et de la translucidité de la racine pour estimer l'âge au décès des adultes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-J. Brau</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">E. Chol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Foti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Revue de Médecine Légale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 1, pp.13-21. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.medleg.2010.02.003⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 1, pp.66-70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.medleg.2010.07.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00483805v1</w:t>
+                <w:t xml:space="preserve">halshs-00591971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avantages et limites de l'utilisation de la parodontolyse et de la translucidité de la racine pour estimer l'âge au décès des adultes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intérêt de la modélisation tridimensionnelle des reliefs occlusaux dentaires en identification médicolégale : étude de faisabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-J. Brau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérengère Saliba-Serre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Adalian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Chol</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">M. Ruquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Tardivo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Revue de Médecine Légale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 1, pp.66-70. </w:t>
+              <w:t xml:space="preserve">, 2010, 1, pp.13-21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.medleg.2010.07.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.medleg.2010.02.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00591971v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00483805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intérêt de la modélisation tridimensionnelle des reliefs occlusaux dentaires en identification médico-légale : Étude de faisabilité</w:t>
               </w:r>
@@ -2310,51 +2310,51 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Tardivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Revue de Médecine Légale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.medleg.2010.02.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01819965v1</w:t>
@@ -2365,100 +2365,100 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avantages et limites de l'utilisation de la parodontolyse et de la translucidité de la racine pour estimer l'âge au décès des adultes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Chol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Foti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Revue de Médecine Légale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 1, pp.66-70. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.medleg.2010.07.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01896921v1</w:t>
@@ -2469,51 +2469,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characteristics and prediction of the alveolar bone loss : essay of modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ruquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Bonfil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2588,265 +2588,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00483779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of oral status and oro-pharyngeal candidosis in Elderly in short-term hospital care</w:t>
+                <w:t xml:space="preserve">Gingival Contour Assessment: Clinical Parameters Useful for Esthetic Diagnosis and Treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Tosello</w:t>
+                <w:t xml:space="preserve">Sylvain Charruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-M. Chevaux</w:t>
+                <w:t xml:space="preserve">Christophe Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Foti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Montal</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Foti</w:t>
+                <w:t xml:space="preserve">Jean Camps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Monnet-Corti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Odonto - Stomatologie Tropical = Tropical Dental Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of periodontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 79 (5), pp.795-801. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1902/jop.2008.070488⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00287395v1</w:t>
+                <w:t xml:space="preserve">halshs-00339846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gingival Contour Assessment: Clinical Parameters Useful for Esthetic Diagnosis and Treatment</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Perez</w:t>
+                <w:t xml:space="preserve">Assessment of oral status and oro-pharyngeal candidosis in Elderly in short-term hospital care</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Tosello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Chevaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Montal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Foti</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Virginie Monnet-Corti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of periodontology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Odonto - Stomatologie Tropical = Tropical Dental Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 31 (1), pp.43-48</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00339846v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00287395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intérêt médico-légale et paléopathologique du cément</w:t>
               </w:r>
@@ -2858,51 +2858,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Gabard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Colard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Blondiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3009,51 +3009,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Dominique Piercecchi-Marti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Indian Journal of maxillofacial and oral surgery</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 6 (4), pp.36-43</w:t>
@@ -3082,64 +3082,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application médico-légale de la variabilité de l'alvéolyse humaine : étude préliminaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ruquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Léonetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3311,51 +3311,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche odontologique du dimorphisme sexuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Robert-Bernal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Léonetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3419,51 +3419,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation of biometric study of fetal mandibles by 3D tomodensitometric images.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Perez-Guevara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Giustiniani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3544,64 +3544,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'alternative précision-fiabilité dans l'estimation de l'âge chez l'immature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-H. Orlanducci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Lalys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3650,635 +3650,635 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00174652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Translucidité dentinaire et estimation de l'âge</w:t>
+                <w:t xml:space="preserve">Soins dentaires des enfants sous anesthésie générale. A propos de l'activité de l'unité d'odontologie pédiatrique de l'Hôpital Nord de Marseille. 2ème partie : enquête préliminaire sur l'utilisation de l'anesthésie générale au sein d'un CHU Marseillai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Pédinielli</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stéphanie Nivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bandon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy Brun-Croese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Prevost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javotte Nancy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de médecine légale Droit médical</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 47 (8), pp.363-368</w:t>
+              <w:t xml:space="preserve">Le chirurgien dentiste de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 1156, pp.39-46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00196589v1</w:t>
+                <w:t xml:space="preserve">halshs-00196926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soins dentaires des enfants sous anesthésie générale. A propos de l'activité de l'unité d'odontologie pédiatrique de l'Hôpital Nord de Marseille.1 ère partie :avantages et indications de l'anesthésie générale.</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Translucidité dentinaire et estimation de l'âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Javotte Nancy</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A. Pédinielli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Léonetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Foti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le chirurgien dentiste de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 1155, pp.41-46</w:t>
+              <w:t xml:space="preserve">Journal de médecine légale Droit médical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 47 (8), pp.363-368</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00196925v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00196589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soins dentaires des enfants sous anesthésie générale. A propos de l'activité de l'unité d'odontologie pédiatrique de l'Hôpital Nord de Marseille. 2ème partie : enquête préliminaire sur l'utilisation de l'anesthésie générale au sein d'un CHU Marseillai</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Soins dentaires des enfants sous anesthésie générale. A propos de l'activité de l'unité d'odontologie pédiatrique de l'Hôpital Nord de Marseille.1 ère partie :avantages et indications de l'anesthésie générale.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bandon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Nivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy Brun-Croese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Nivet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Daniel Bandon</w:t>
+                <w:t xml:space="preserve">Jacques Prevost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javotte Nancy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le chirurgien dentiste de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 1156, pp.39-46</w:t>
+              <w:t xml:space="preserve">, 2004, 1155, pp.41-46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00196926v1</w:t>
+                <w:t xml:space="preserve">halshs-00196925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche probabiliste de l'estimation de l'âge chez l'enfant à partir de la maturation dentaire</w:t>
+                <w:t xml:space="preserve">New forensic approach to age determination in children based on tooth eruption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Foti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Lalys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Loïc Lalys</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Giustiniani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nils Chaillet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Georges Léonetti</w:t>
+                <w:t xml:space="preserve">Marta Maczel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 326, pp.441-448</w:t>
+              <w:t xml:space="preserve">Forensic Science International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 132, pp.49-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00004915v1</w:t>
+                <w:t xml:space="preserve">halshs-00004901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New forensic approach to age determination in children based on tooth eruption</w:t>
+                <w:t xml:space="preserve">Approche probabiliste de l'estimation de l'âge chez l'enfant à partir de la maturation dentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Foti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Adalian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Lalys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marta Maczel</w:t>
+                <w:t xml:space="preserve">Nils Chaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Léonetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forensic Science International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 132, pp.49-56</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Biologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 326, pp.441-448</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00004901v1</w:t>
+                <w:t xml:space="preserve">halshs-00004915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facteurs déterminant le port d'une prothèse amovible : rôle particulier de l'exemple familial.</w:t>
               </w:r>
@@ -5491,51 +5491,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodes dentaires : quelles contributions à la détermination de l'âge ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Foti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5579,51 +5579,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Children's age determination using an automated bayesian approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Foti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Chaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Adalian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5774,51 +5774,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="848BFFAC"/>
+    <w:nsid w:val="3DBB9A0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6005,51 +6005,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bruno-foti" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5670-0637" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984776v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ducher" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Foti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Verna" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.morpho.2023.01.004" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911954v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bourgeois" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Saliasi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Dussart" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Llodra" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Tardivo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0204564" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819902v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sastre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hugues Catherine" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges L&#233;onetti" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Adalian" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1556-4029.12821" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-118QCWW6-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819832v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ruquet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Saliba-Serre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Foti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1556-4029.12827" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DP1XXTPD-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609065v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00847242v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00414-013-0863-2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053058v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Lanteri" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Schmitt" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-013-0085-7" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140804v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tardivo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Adalian" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Balzeau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. D&#233;troit" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00737516v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lladeres" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1556-4029.2012.02209.x" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9324ADCF7539793DECD4137BCF2CCAFCDB963A5A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088185v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laurent" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medleg.2012.11" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819942v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvana Condemi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2011.08.004" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WLC59LVT-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591834v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thollon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1556-4029.2011.01720.x" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-79517KG2-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591821v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lalys" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Laibi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bartoli" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1556-4029.2010.01533.x" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CFKJ0KSK-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00639323v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Ricci" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Giunti" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00483805v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Brau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ruquet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medleg.2010.02.003" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591971v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chol" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medleg.2010.07.003" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819965v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brau Jean-Jacques" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01896921v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00483779v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bonfil" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tavitian" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sastre" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287395v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tosello" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Chevaux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Montal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00339846v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Charruel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Perez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Camps" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Monnet-Corti" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1902/jop.2008.070488" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00196560v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gabard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Colard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Blondiaux" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00196642v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Perez-Guevara" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Piercecchi-Marti" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00196556v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287388v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Switajski-Chautard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Tzortzis" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Signoli" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00196616v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Robert-Bernal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00172724v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Giustiniani" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00174652v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Orlanducci" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Serre" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00196589v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. P&#233;dinielli" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00196925v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bandon" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Nivet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Brun-Croese" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Prevost" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javotte Nancy" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00196926v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004915v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Chaillet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004901v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Maczel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00196606v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pettenati-Soubayroux" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bo&#235;tsch" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004923v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Signoli" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ardagna" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dutour" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019691v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00173364v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575314v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Ducher" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Renaud" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Verna" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01074756v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Naji" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01089174v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896923v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019710v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01059963v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Raoult" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Aboudharam" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10654-013-9826-7" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073173v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vernier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00173695v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00196693v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bruno-foti" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5670-0637" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984776v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ducher" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Foti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Verna" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.morpho.2023.01.004" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01911954v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bourgeois" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Saliasi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Dussart" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Llodra" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Tardivo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0204564" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819902v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sastre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hugues Catherine" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges L&#233;onetti" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Adalian" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1556-4029.12821" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-118QCWW6-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819832v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Ruquet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Saliba-Serre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Foti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1556-4029.12827" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DP1XXTPD-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609065v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00847242v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00414-013-0863-2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053058v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Lanteri" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Schmitt" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-013-0085-7" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140804v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tardivo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Adalian" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Balzeau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. D&#233;troit" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00737516v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lladeres" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1556-4029.2012.02209.x" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9324ADCF7539793DECD4137BCF2CCAFCDB963A5A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01088185v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laurent" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medleg.2012.11" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819942v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvana Condemi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2011.08.004" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WLC59LVT-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00639323v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Ricci" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Giunti" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591834v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thollon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1556-4029.2011.01720.x" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-79517KG2-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591821v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Lalys" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Laibi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bartoli" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1556-4029.2010.01533.x" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CFKJ0KSK-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00591971v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chol" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medleg.2010.07.003" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00483805v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-J. Brau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ruquet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medleg.2010.02.003" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819965v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brau Jean-Jacques" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01896921v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00483779v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Bonfil" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tavitian" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sastre" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00339846v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Charruel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Perez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Camps" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Monnet-Corti" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1902/jop.2008.070488" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287395v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tosello" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Chevaux" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Montal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00196560v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gabard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Colard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Blondiaux" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00196642v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Perez-Guevara" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Piercecchi-Marti" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00196556v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00287388v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Switajski-Chautard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Tzortzis" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Signoli" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00196616v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Robert-Bernal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00172724v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Giustiniani" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00174652v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Orlanducci" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Serre" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00196926v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Nivet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bandon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Brun-Croese" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Prevost" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javotte Nancy" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00196589v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. P&#233;dinielli" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00196925v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004901v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Maczel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004915v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Chaillet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00196606v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pettenati-Soubayroux" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bo&#235;tsch" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00004923v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Signoli" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ardagna" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dutour" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019691v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00173364v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575314v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Ducher" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Renaud" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Verna" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01074756v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Naji" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01089174v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896923v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019710v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01059963v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Raoult" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Aboudharam" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10654-013-9826-7" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073173v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vernier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00173695v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00196693v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>