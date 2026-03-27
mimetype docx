--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -100,914 +100,914 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 20‐million‐year Early Jurassic cyclostratigraphic record and its implications for the chaotic inner Solar System and sea‐level changes</w:t>
+                <w:t xml:space="preserve">Astrochronology of the Aptian stage and evidence for the chaotic orbital motion of Mercury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jorge Spangenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Vermeulen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Basin Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 610, pp.118104. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/bre.12754⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2023.118104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03977749v1</w:t>
+                <w:t xml:space="preserve">hal-04071484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Astrochronology of the Aptian stage and evidence for the chaotic orbital motion of Mercury</w:t>
+                <w:t xml:space="preserve">A 20‐million‐year Early Jurassic cyclostratigraphic record and its implications for the chaotic inner Solar System and sea‐level changes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Galbrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jorge Spangenberg</w:t>
+                <w:t xml:space="preserve">Jacques Laskar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Vermeulen</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Silvia Gardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 610, pp.118104. </w:t>
+              <w:t xml:space="preserve">Basin Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2023.118104⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/bre.12754⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04071484v1</w:t>
+                <w:t xml:space="preserve">hal-03977749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Points Stratotypiques Mondiaux (PSM) de France.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Author Correction: A Jurassic record encodes an analogous Dansgaard-Oeschger climate periodicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slah Boulila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Gardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Markus Aretz</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pierre Pellenard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géochronique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-08065-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03808545v1</w:t>
+                <w:t xml:space="preserve">insu-03642014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Author Correction: A Jurassic record encodes an analogous Dansgaard-Oeschger climate periodicity</w:t>
+                <w:t xml:space="preserve">A Jurassic record encodes an analogous Dansgaard–Oeschger climate periodicity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pellenard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 12, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-022-08065-8⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 12 (1), pp.1968. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-05716-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03642014v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03561244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Jurassic record encodes an analogous Dansgaard–Oeschger climate periodicity</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Les Points Stratotypiques Mondiaux (PSM) de France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Pellenard</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Markus Aretz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Desmares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sixto Fernandez-Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Géochronique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 163</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03561244v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03808545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age and driving mechanisms of the Eocene-Oligocene transition from astronomical tuning of a lacustrine record (Rennes Basin, France)</w:t>
+                <w:t xml:space="preserve">Potential encoding of coupling between Milankovitch forcing and Earth's interior processes in the Phanerozoic eustatic sea-level record</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Dupont-Nivet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Bilal Haq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Hara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Dietmar Dietmar Müller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Climate of the Past</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 17 (6), pp.2343-2360. </w:t>
+              <w:t xml:space="preserve">Earth-Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 220, pp.103727. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/cp-17-2343-2021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.earscirev.2021.103727⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03594277v1</w:t>
+                <w:t xml:space="preserve">hal-03284099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential encoding of coupling between Milankovitch forcing and Earth's interior processes in the Phanerozoic eustatic sea-level record</w:t>
+                <w:t xml:space="preserve">Age and driving mechanisms of the Eocene-Oligocene transition from astronomical tuning of a lacustrine record (Rennes Basin, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilal Haq</w:t>
+                <w:t xml:space="preserve">Guillaume Dupont-Nivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathan Hara</w:t>
+                <w:t xml:space="preserve">Hugues Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Dietmar Dietmar Müller</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Jacques Châteauneuf</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth-Science Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 220, pp.103727. </w:t>
+              <w:t xml:space="preserve">Climate of the Past</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 17 (6), pp.2343-2360. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.earscirev.2021.103727⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/cp-17-2343-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03284099v1</w:t>
+                <w:t xml:space="preserve">insu-03594277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Late Cenomanian-Turonian isotopic stratigraphy in the chalk of the Paris Basin (France): A reference section between the Tethyan and boreal realms</w:t>
               </w:r>
@@ -1032,51 +1032,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Briard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 192, pp.14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1104,295 +1104,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03004039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The proposal of a GSSP for the Berriasian Stage (Cretaceous System): Part 1</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Short&amp;quot; or &amp;quot;long&amp;quot; Rhaetian ? Astronomical calibration of Austrian key sections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Galbrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slah Boulila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William a P Wimbledon</w:t>
+                <w:t xml:space="preserve">Leopold Krystyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniela Reháková</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Petr Schnabl</w:t>
+                <w:t xml:space="preserve">Sylvain Richoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Volumina Jurassica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7306/VJ.18.5⟩</w:t>
+              <w:t xml:space="preserve">Global and Planetary Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 192, pp.103253. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2020.103253⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03020636v1</w:t>
+                <w:t xml:space="preserve">hal-02884087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short&amp;quot; or &amp;quot;long&amp;quot; Rhaetian ? Astronomical calibration of Austrian key sections</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Slah Boulila</w:t>
+                <w:t xml:space="preserve">The proposal of a GSSP for the Berriasian Stage (Cretaceous System): Part 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William a P Wimbledon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Reháková</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Svobodová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leopold Krystyn</w:t>
+                <w:t xml:space="preserve">Tiiu Elbra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Richoz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Silvia Gardin</w:t>
+                <w:t xml:space="preserve">Petr Schnabl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global and Planetary Change</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 192, pp.103253. </w:t>
+              <w:t xml:space="preserve">Volumina Jurassica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2020.103253⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7306/VJ.18.5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02884087v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03020636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unraveling short-and long-term carbon cycle variations during the Oceanic Anoxic Event 2 from the Paris Basin Chalk</w:t>
               </w:r>
@@ -1404,77 +1404,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Spangenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Gardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global and Planetary Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 186, pp.103126. </w:t>
@@ -1551,64 +1551,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Rehakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Svobodova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiiu Elbra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petr Schnabl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Volumina Jurassica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 18 (2), pp.119-158. </w:t>
@@ -1793,51 +1793,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HISTOIRE D’UNE LAGUNE À LA LIMITE ÉOCÈNE-OLIGOCÈNE DANS LE BASSIN DE PARIS : SÉRIE SÉDIMENTAIRE DE LA CARRIÈRE DE CORMEILLES-EN-PARISIS (FRANCE)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Le Callonnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Person</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1918,77 +1918,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constraints on the duration of the early Toarcian T-OAE and evidence for carbon-reservoir change from the High Atlas (Morocco)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Driss Sadki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annachiara Bartolini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2048,90 +2048,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term cyclicities in Phanerozoic sea-level sedimentary record and their potential drivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Laskar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilal Haq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Hara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global and Planetary Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 165, pp.128-136. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2159,1189 +2159,1189 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02320045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eccentricity paced monsoon-like system along the northwestern Tethyan margin during the Valanginian (Early Cretaceous): New insights from detrital and nutrient fluxes into the Vocontian Basin (SE France)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J.E. Spangenberg</w:t>
+                <w:t xml:space="preserve">Integrated magnetostratigraphy, biostratigraphy, and chronostratigraphy of the Paleogene pelagic succession at Gubbio (central Italy)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolfo Coccioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Catanzariti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Frontalini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Galbrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Jovane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.palaeo.2015.11.027⟩</w:t>
+              <w:t xml:space="preserve">Geological Society of America Special Papers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 524, p. SPE524-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1130/2016.2524(10)⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01271790v1</w:t>
+                <w:t xml:space="preserve">hal-01406552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated magnetostratigraphy, biostratigraphy, and chronostratigraphy of the Paleogene pelagic succession at Gubbio (central Italy)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Luigi Jovane</w:t>
+                <w:t xml:space="preserve">Eccentricity paced monsoon-like system along the northwestern Tethyan margin during the Valanginian (Early Cretaceous): New insights from detrital and nutrient fluxes into the Vocontian Basin (SE France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Duchamp-Alphonse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Adatte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.-B. Föllmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.E. Spangenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geological Society of America Special Papers</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 443:, pp.145-155 (IF 2,339). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.palaeo.2015.11.027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1130/2016.2524(10)⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01406552v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01271790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The end-Cretaceous in the southwestern Tethys (Elles, Tunisia): orbital calibration of paleoenvironmental events before the mass extinction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Climatic precession is the main driver of Early Cretaceous sedimentation in the Vocontian Basin (France): Evidence from the Valanginian Orpierre succession</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slah Boulila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Thibault</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">G. Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurence Le Callonnec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Earth Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00531-015-1192-0⟩</w:t>
+              <w:t xml:space="preserve">Sedimentary Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 324, pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sedgeo.2015.04.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01189699v1</w:t>
+                <w:t xml:space="preserve">hal-01150959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climatic precession is the main driver of Early Cretaceous sedimentation in the Vocontian Basin (France): Evidence from the Valanginian Orpierre succession</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Slah Boulila</w:t>
+                <w:t xml:space="preserve">The end-Cretaceous in the southwestern Tethys (Elles, Tunisia): orbital calibration of paleoenvironmental events before the mass extinction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Galbrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Charbonnier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Silvia Gardin</w:t>
+                <w:t xml:space="preserve">Fabrice Minoletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Le Callonnec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sedimentary Geology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 324, pp.1-11. </w:t>
+              <w:t xml:space="preserve">International Journal of Earth Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.1-25. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.sedgeo.2015.04.014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00531-015-1192-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01150959v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01189699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Astronomical calibration of the Toarcian Stage: implications for sequence stratigraphy and duration of the early Toarcian OAE</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Lower Maastrichtian cyclostratigraphy of the Bidart section (Basque Country, SW France): A remarkable record of precessional forcing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicoilas Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Rouget</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Gardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Minoletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2013.10.047⟩</w:t>
+              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 395, pp.176-197. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.palaeo.2013.12.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00910756v1</w:t>
+                <w:t xml:space="preserve">hal-00936049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tempo and duration of short-term environmental perturbations across the Cretaceous-Paleogene boundary</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Astronomical calibration of the Toarcian Stage: implications for sequence stratigraphy and duration of the early Toarcian OAE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slah Boulila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Galbrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilia Huret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorothée Husson</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Linda A. Hinnov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stratigraphy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 386, pp.98-111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2013.10.047⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01092775v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00910756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated stratigraphy of the Oxfordian global stratotype section and point (GSSP) candidate in the Subalpine Basin (SE France)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tempo and duration of short-term environmental perturbations across the Cretaceous-Paleogene boundary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Galbrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Gardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Volumina Jurassica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 12 (1), pp.1-44</w:t>
+              <w:t xml:space="preserve">Stratigraphy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 11 (2), pp.159-171</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01061435v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01092775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corrigendum to &amp;quot; Astronomical calibration of the Toarcian Stage: Implication for sequence stratigraphy and duration of the early Toarcian OAE&amp;quot; (Earth Planet. Sci. Lett. 386 (2014) 98-111)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilia Huret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda A. Hinnov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Rouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 406, pp.247-248. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.epsl.2014.09.036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01406499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lower Maastrichtian cyclostratigraphy of the Bidart section (Basque Country, SW France): A remarkable record of precessional forcing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dorothée Husson</w:t>
+                <w:t xml:space="preserve">Integrated stratigraphy of the Oxfordian global stratotype section and point (GSSP) candidate in the Subalpine Basin (SE France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pellenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Fortwengler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicoilas Thibault</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Minoletti</w:t>
+                <w:t xml:space="preserve">Didier Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Thierry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annachiara Bartolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Volumina Jurassica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 12 (1), pp.1-44</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00936049v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01061435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astronomical calibration of the Valanginian &amp;quot;Weissert&amp;quot; episode : the Orpierre marl-limestone succession (vocontian Basin, southeastern France).</w:t>
               </w:r>
@@ -3467,2101 +3467,2101 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00856764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bio-magnetochronology for the upper Campanian - Maastrichtian from the Gubbio area, Italy: new results from the Contessa Highway and Bottaccione sections</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A ~9 myr cycle in Cenozoicδ13C record and long-term orbital eccentricity modulation: Is there a link?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slah Boulila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvia Gardin</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Rodolfo Coccioni</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Laskar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabella Premoli-Silva</w:t>
+                <w:t xml:space="preserve">Heiko Pälike</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Newsletters on Stratigraphy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 45 (1), pp.75-103. </w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 317, pp.273-281. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1127/0078-0421/2012/0014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2011.11.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01436467v1</w:t>
+                <w:t xml:space="preserve">hal-00657907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Astronomical duration of polarity Chron C31r (Lower Maastrichtian): cyclostratigraphy of ODP Site 762 (Indian Ocean) and the Contessa Highway section (Gubbio, Italy)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Where and when the earliest coccolithophores?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Gardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leopold Krystyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Richoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annachiara Bartolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geological Magazine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 149 (2), pp.345-351. </w:t>
+              <w:t xml:space="preserve">Lethaia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 45 (4), pp.507-523. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S0016756811000999⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1502-3931.2012.00311.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00683000v1</w:t>
+                <w:t xml:space="preserve">hal-01436475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Where and when the earliest coccolithophores?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bio-magnetochronology for the upper Campanian - Maastrichtian from the Gubbio area, Italy: new results from the Contessa Highway and Bottaccione sections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Gardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvia Gardin</w:t>
-[...50 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolfo Coccioni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabella Premoli-Silva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lethaia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1502-3931.2012.00311.x⟩</w:t>
+              <w:t xml:space="preserve">Newsletters on Stratigraphy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 45 (1), pp.75-103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1127/0078-0421/2012/0014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01436475v1</w:t>
+                <w:t xml:space="preserve">hal-01436467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Astronomical calibration of upper Campanian-Maastrichtian carbon isotope events and calcareous plankton biostratigraphy in the Indian Ocean (ODP Hole 762C): Implication for the age of the Campanian-Maastrichtian boundary</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">Astronomical duration of polarity Chron C31r (Lower Maastrichtian): cyclostratigraphy of ODP Site 762 (Indian Ocean) and the Contessa Highway section (Gubbio, Italy)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Galbrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bruno Galbrun</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilia Huret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geological Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 149 (2), pp.345-351. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0016756811000999⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.palaeo.2012.03.027⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01436489v1</w:t>
+                <w:t xml:space="preserve">hal-00683000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Upper CampanianeMaastrichtian nannofossil biostratigraphy and high-resolution carbon-isotope stratigraphy of the Danish Basin: Towards a standard δ13C curve for the Boreal Realm</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId125" w:history="1">
+                <w:t xml:space="preserve">Astronomical calibration of upper Campanian-Maastrichtian carbon isotope events and calcareous plankton biostratigraphy in the Indian Ocean (ODP Hole 762C): Implication for the age of the Campanian-Maastrichtian boundary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rikke Harlou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Minoletti</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Gardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cretaceous Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cretres.2011.09.001⟩</w:t>
+              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 337-338, pp.52-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.palaeo.2012.03.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00682051v1</w:t>
+                <w:t xml:space="preserve">hal-01436489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Purbeck beds (Late Jurassic) in the Phare de Chassiron section (Île d'Oléron, NW Aquitaine Basin, France): refined age-assignment and long-term depositional sequences.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Schnyder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Deconinck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Deconinck</w:t>
+                <w:t xml:space="preserve">Claude Colombié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Jan Du Chêne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geobios</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 45 (5), pp.485-499. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.geobios.2012.01.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00745992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A ~9 myr cycle in Cenozoicδ13C record and long-term orbital eccentricity modulation: Is there a link?</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Upper CampanianeMaastrichtian nannofossil biostratigraphy and high-resolution carbon-isotope stratigraphy of the Danish Basin: Towards a standard δ13C curve for the Boreal Realm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicoilas Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rikke Harlou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niels Schovsbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Poul Schiøler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Minoletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cretaceous Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 33, pp.72-90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cretres.2011.09.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2011.11.017⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00657907v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00682051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the origin of Cenozoic and Mesozoic &amp;quot;third-order&amp;quot; eustatic sequences</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Astronomical calibration of the Maastrichtian (Late Cretaceous)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">James V. Browning</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Laskar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda A. Hinnov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth-Science Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.earscirev.2011.09.003⟩</w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 305, pp.328-340. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2011.03.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00636289v1</w:t>
+                <w:t xml:space="preserve">hal-00596824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Instability structures, synsedimentary faults and turbidites, witnesses of a Liassic seismotectonic activity in the Dauphiné Zone (French Alps): A case example in the Lower Pliensbachian at Saint-Michel-en-Beaumont</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">On the origin of Cenozoic and Mesozoic &amp;quot;third-order&amp;quot; eustatic sequences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slah Boulila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenneth G. Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen F. Pekar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James V. Browning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geodynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jog.2010.10.003⟩</w:t>
+              <w:t xml:space="preserve">Earth-Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 109, pp.94-112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.earscirev.2011.09.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00577743v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00636289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement of cyclostratigraphic studies by processing of high-resolution magnetic susceptibility logging: Example of PEP1002 borehole (Bure, Meuse, France)</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Instability structures, synsedimentary faults and turbidites, witnesses of a Liassic seismotectonic activity in the Dauphiné Zone (French Alps): A case example in the Lower Pliensbachian at Saint-Michel-en-Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Bergerat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Céline Ganzhorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crte.2011.04.002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geodynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 51, pp.344-357. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jog.2010.10.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00618283v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00577743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reply to the comment on &amp;quot;Orbitally forced climate and sea-level changes in the Paleoceanic Tethyan domain (marl-limestone alternations, Lower Kimmeridgian, SE France)&amp;quot; by S. Boulila, M. de Rafélis, L. A. Hinnov, S. Gardin, B. Galbrun, P.-Y. Collin [Palaeogeography Palaeoclimatology Palaeoecology 292 (2010) 57-70]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Slah Boulila</w:t>
+                <w:t xml:space="preserve">Improvement of cyclostratigraphic studies by processing of high-resolution magnetic susceptibility logging: Example of PEP1002 borehole (Bure, Meuse, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilia Huret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Thiesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Tabbagh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvia Gardin</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Collin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 343, pp.379-386. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crte.2011.04.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.palaeo.2011.04.017⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00596817v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00618283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Astronomical calibration of the Maastrichtian (Late Cretaceous)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reply to the comment on &amp;quot;Orbitally forced climate and sea-level changes in the Paleoceanic Tethyan domain (marl-limestone alternations, Lower Kimmeridgian, SE France)&amp;quot; by S. Boulila, M. de Rafélis, L. A. Hinnov, S. Gardin, B. Galbrun, P.-Y. Collin [Palaeogeography Palaeoclimatology Palaeoecology 292 (2010) 57-70]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slah Boulila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Gardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc de Rafélis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorothée Husson</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Linda A. Hinnov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Thibault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 305, pp.328-340. </w:t>
+              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 306, pp.252-257. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2011.03.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.palaeo.2011.04.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00596824v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00596817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milankovitch and sub-Milankovitch forcing of the Oxfordian (Late Jurassic) Terres Noires Formation (SE France) and global implications.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Latitudinal migration of calcareous nannofossil Micula murus in the Maastrichtian: Implications for global climate change.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Thibault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Gardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Basin Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 38, pp.203-206</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00520991v1</w:t>
+                <w:t xml:space="preserve">hal-00552891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Orbitally forced climate and sea-level changes in the Paleoceanic Tethyan domain (marl-limestone alternations, Lower Kimmeridgian, SE France)</w:t>
+                <w:t xml:space="preserve">Milankovitch and sub-Milankovitch forcing of the Oxfordian (Late Jurassic) Terres Noires Formation (SE France) and global implications.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvia Gardin</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda A. Hinnov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James G. Ogg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.palaeo.2010.03.026⟩</w:t>
+              <w:t xml:space="preserve">Basin Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 22 (5), pp.717-732. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2117.2009.00429.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00569516v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00520991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Latitudinal migration of calcareous nannofossil Micula murus in the Maastrichtian: Implications for global climate change.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">N. Thibault</w:t>
+                <w:t xml:space="preserve">Orbitally forced climate and sea-level changes in the Paleoceanic Tethyan domain (marl-limestone alternations, Lower Kimmeridgian, SE France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slah Boulila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc de Rafélis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. A. Hinnov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvia Gardin</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 292, pp.57-70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.palaeo.2010.03.026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00552891v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00569516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetic Viscosity for Cyclostratigraphic Logging of Argillaceous Sediment</w:t>
               </w:r>
@@ -5573,64 +5573,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Thiesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Huret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Tabbagh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Drilling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 8, pp.18-23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5823,77 +5823,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-resolution cyclostratigraphic analysis from magnetic susceptibility in a Lower Kimmeridgian (Upper Jurassic) marl-limestone succession (La Méouge, Vocontian Basin, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda A. Hinnov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Collin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sedimentary Geology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 203, pp.54-63. </w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5940,90 +5940,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astronomical calibration of the Early Oxfordian (Vocontian and Paris basins, France): Consequences of revising the Late Jurassic time scale.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda A. Hinnov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilia Huret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 276 (1-2), pp.40-51. </w:t>
@@ -6074,77 +6074,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orbital calibration of the Early Kimmeridgian (southeastern France) : implications for geochronology and sequence stratigraphy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. A. Hinnov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Collin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terra Nova</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 20, pp.245-462</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6169,51 +6169,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New chronostratigraphy of the Cretaceous Paleogene boundary interval at Bidart (France).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6303,51 +6303,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Rocchia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Bourdillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société Géologique de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 169 (4), pp.503-514</w:t>
@@ -6408,103 +6408,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rhétien “court” ou Rhétien “long” ? Calibration astronomique de sections de référence en Autriche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leopold Krystyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Richoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Gardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
@@ -6533,103 +6533,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated stratigraphy of the potential candidate Oxfordian GSSP at Thuoux and Saint-Pierre d'Argençon (France).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Pellenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna-Chiara Bartolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Fortwengler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st International Congress on Stratigraphy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Lisbonne, Portugal. pp.271-275, </w:t>
@@ -6680,77 +6680,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correlation of very long-term variations in Cenozoic _13C record and eccentricity modulation cycles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slah Boulila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Laskar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heiko Pälike</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6775,77 +6775,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une calibration astronomique des temps géologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Husson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Laskar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques de l'IMCCE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6902,51 +6902,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Châpitre 4 : Magnetostigraphy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N.K. Belkaaloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7053,51 +7053,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bonté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Froget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Galbrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">von Rad, U.; Haq, B. U. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Ocean Drilling Program, 122 Scientific Results</w:t>
@@ -7308,51 +7308,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977749v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charbonnier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slah Boulila" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Galbrun" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Laskar" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Gardin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bre.12754" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071484v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Spangenberg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vermeulen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2023.118104" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808545v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Aretz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Desmares" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixto Fernandez-Lopez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03642014v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pellenard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-08065-8" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03561244v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-05716-8" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03594277v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dupont-Nivet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Bauer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Ch&#226;teauneuf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-17-2343-2021" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284099v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Haq" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Hara" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dietmar Dietmar M&#252;ller" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2021.103727" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004039v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Callonnec" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Briard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2020026" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020636v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William a P Wimbledon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Reh&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Svobodov&#225;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiiu Elbra" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Schnabl" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7306/VJ.18.5" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884087v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leopold Krystyn" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Richoz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2020.103253" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459697v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2020.103126" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03149514v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William A. Wimbledon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Rehakova" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Svobodova" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7306/VJ.18.7" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329939v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Coccioni" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Frontalini" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Catanzariti" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Jovane" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rodelli" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2019.03.023" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322189v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Person" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Harivel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Schnyder" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329596v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Sadki" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annachiara Bartolini" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2019.02.005" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320045v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2018.03.004" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271790v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Duchamp-Alphonse" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Adatte" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.-B. F&#246;llmi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Spangenberg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2015.11.027" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5LP2FC8V-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406552v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/2016.2524(10)" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189699v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thibault" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Minoletti" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00531-015-1192-0" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150959v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Charbonnier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2015.04.014" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910756v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Huret" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda A. Hinnov" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rouget" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2013.10.047" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092775v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Husson" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061435v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fortwengler" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marchand" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Thierry" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406499v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2014.09.036" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936049v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoilas Thibault" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2013.12.008" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856764v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gardin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Duchamp-Alphonse" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Adatte" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2013.07.003" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N7CH2XS8-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436467v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Premoli-Silva" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/0078-0421/2012/0014" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683000v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0016756811000999" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-NG6R6C2F-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436475v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1502-3931.2012.00311.x" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C7615BBDD2B46B16D67B489DD1F08E98AB9ABE96/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436489v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rikke Harlou" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2012.03.027" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682051v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Schovsbo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poul Schi&#248;ler" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2011.09.001" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PVKZR2H5-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00745992v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Deconinck" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Colombi&#233;" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Jan Du Ch&#234;ne" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geobios.2012.01.003" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H3VRDV7R-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657907v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiko P&#228;like" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2011.11.017" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636289v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth G. Miller" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen F. Pekar" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James V. Browning" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2011.09.003" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-92QCKNTL-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00577743v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bergerat" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Collin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;line Ganzhorn" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jog.2010.10.003" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N2Z3DPZR-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618283v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Thiesson" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tabbagh" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2011.04.002" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DZC5H8MH-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00596817v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc de Raf&#233;lis" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2011.04.017" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q1CQNRFQ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00596824v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2011.03.008" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QX87NMCW-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520991v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James G. Ogg" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2117.2009.00429.x" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-81MP9VH1-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00569516v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. A. Hinnov" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2010.03.026" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B21G3LC1-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00552891v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Thibault" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00688094v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Thiesson" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Huret" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2204/iodp.sd.8.02.2009" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442130v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dejax" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Keppens" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.T. Nguyen Tu" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Spagna" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2009.07.014" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X2CT0RJK-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340579v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2007.10.04" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541029v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2008.09.006" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340586v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021491v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222078v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Renard" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Rocchia" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Bourdillon" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589251v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016365v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Chiara Bartolini" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-04364-7_55" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03802669v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03809379v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00687983v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.K. Belkaaloul" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lanci" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626605v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Boclet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bont&#233;" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Froget" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2973/odp.proc.sr.122.179.1992" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071484v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charbonnier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slah Boulila" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Spangenberg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vermeulen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Galbrun" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2023.118104" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977749v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Laskar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Gardin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bre.12754" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03642014v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pellenard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-08065-8" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03561244v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-05716-8" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808545v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Aretz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Desmares" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixto Fernandez-Lopez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284099v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Haq" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Hara" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dietmar Dietmar M&#252;ller" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2021.103727" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03594277v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dupont-Nivet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Bauer" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Ch&#226;teauneuf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-17-2343-2021" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004039v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Callonnec" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Briard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2020026" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884087v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leopold Krystyn" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Richoz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2020.103253" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020636v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William a P Wimbledon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Reh&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Svobodov&#225;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiiu Elbra" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Schnabl" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7306/VJ.18.5" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02459697v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2020.103126" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03149514v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William A. Wimbledon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Rehakova" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Svobodova" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7306/VJ.18.7" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329939v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Coccioni" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Frontalini" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Catanzariti" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Jovane" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rodelli" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2019.03.023" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322189v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Person" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Harivel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Schnyder" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329596v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Sadki" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annachiara Bartolini" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2019.02.005" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320045v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2018.03.004" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406552v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/2016.2524(10)" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271790v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Duchamp-Alphonse" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Adatte" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.-B. F&#246;llmi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Spangenberg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2015.11.027" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5LP2FC8V-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150959v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Charbonnier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2015.04.014" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189699v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Thibault" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Minoletti" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00531-015-1192-0" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00936049v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Husson" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoilas Thibault" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2013.12.008" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910756v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Huret" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda A. Hinnov" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rouget" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2013.10.047" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092775v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406499v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2014.09.036" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061435v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fortwengler" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marchand" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Thierry" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00856764v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gardin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Duchamp-Alphonse" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Adatte" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2013.07.003" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N7CH2XS8-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00657907v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiko P&#228;like" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2011.11.017" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436475v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1502-3931.2012.00311.x" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C7615BBDD2B46B16D67B489DD1F08E98AB9ABE96/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436467v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabella Premoli-Silva" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/0078-0421/2012/0014" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683000v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0016756811000999" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-NG6R6C2F-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436489v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rikke Harlou" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2012.03.027" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00745992v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Deconinck" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Colombi&#233;" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Jan Du Ch&#234;ne" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geobios.2012.01.003" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H3VRDV7R-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682051v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Schovsbo" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poul Schi&#248;ler" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2011.09.001" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PVKZR2H5-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00596824v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2011.03.008" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QX87NMCW-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00636289v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth G. Miller" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen F. Pekar" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James V. Browning" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2011.09.003" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-92QCKNTL-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00577743v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bergerat" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Collin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;line Ganzhorn" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jog.2010.10.003" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N2Z3DPZR-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00618283v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Thiesson" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tabbagh" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2011.04.002" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DZC5H8MH-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00596817v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc de Raf&#233;lis" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2011.04.017" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q1CQNRFQ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00552891v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Thibault" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520991v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James G. Ogg" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2117.2009.00429.x" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-81MP9VH1-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00569516v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. A. Hinnov" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2010.03.026" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B21G3LC1-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00688094v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Thiesson" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Huret" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2204/iodp.sd.8.02.2009" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442130v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dejax" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Keppens" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.T. Nguyen Tu" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Spagna" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2009.07.014" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X2CT0RJK-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340579v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2007.10.04" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00541029v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2008.09.006" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340586v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021491v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222078v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Renard" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Rocchia" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Bourdillon" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589251v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016365v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Chiara Bartolini" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-04364-7_55" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03802669v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03809379v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00687983v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.K. Belkaaloul" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lanci" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626605v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Boclet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bont&#233;" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Froget" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2973/odp.proc.sr.122.179.1992" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>