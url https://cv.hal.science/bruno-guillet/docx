--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -168,13951 +168,14085 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (26)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tuning Strain by Varying CaTiO 3 Thickness in Heteroepitaxially Grown La 2/3 Sr 1/3 MnO 3 Double-Clamped Resonators on Silicon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Tarsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Manca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Pellegrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bernini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 18 (7), pp.11568-11574. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.5c21849⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05564802v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Low-noise anisotropic magnetoresistance sensing at human body temperature: unveiling the optimal doping in La 1− x Sr x MnO 3 films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raul Solis Leon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ines Garcia Manuz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandeep Kumar Chaluvadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Polewczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 58 (46), pp.465301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6463/ae18de⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05442594v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structural and chemical studies of the nanoscale modifications induced by swift heavy ion irradiation in SrTiO 3 at grazing incidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad S Jamal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tagi Tagiyev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Blond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guillous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 35 (50), pp.e09004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adfm.202509004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05440370v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Ongoing Decline in Activity of Comet 103P/Hartley 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariel Graykowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Langin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Chiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Marchis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Planetary Science Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6 (9), pp.224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/PSJ/ae018e⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05403855v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optical constants and thickness determination of La 2 / 3 Sr 1 / 3 MnO3 thin films on Nb:SrTiO3 substrates by spectro-ellipsometry: Combination of optical and X-ray techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Blond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandeep Kumar Chaluvadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Duprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Portier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 669, pp.160489. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2024.160489⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04701288v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High-Performance Implantable Sensors based on Anisotropic Magnetoresistive La 0.67 Sr 0.33 MnO 3 for Biomedical Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arturo Vera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isidoro Martínez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Guilherme Enger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rubén Guerrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACS Biomaterials Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (2), pp.1020-1029. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsbiomaterials.2c01147⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04108030v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Key Parameters for Detectivity Improvement of Low Noise Anisotropic Magnetoresistive Sensors Made of La 2/3 Sr 1/3 MnO 3 Single Layers on Vicinal Substrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Enger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imtiaz Bhatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACS Applied Electronic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5 (2), pp.729-739. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsaelm.2c01096⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04107995v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electrical characterization and extraction of activation energies of the defect states in the LaAlO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;/SrTiO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; heterostructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Lechaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Minj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florencio Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gervasi Herranz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 121 (8), pp.081904. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0101255⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03843347v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Low-Noise and Quasi-Ideal DC Current Source Dedicated to Four-Probe Low-Frequency Noise Measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheng Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Instrumentation and Measurement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 69 (1), pp.194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TIM.2019.2890891⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02273188v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Photoinduced Persistent Electron Accumulation and Depletion in LaAlO 3 / SrTiO 3 Quantum Wells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Lechaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blai C Casals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Minj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 124 (24), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/physrevlett.124.246804⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02906097v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enhanced electrical and magnetic properties in La0.7Sr0.3MnO3 thin films deposited on CaTiO3 buffered silicon substrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Adamo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Theeg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Katz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvana Mercone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">APL Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 3 (6), 11 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4915486⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04188632v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enhanced electrical and magnetic properties in La0.7Sr0.3MnO3 thin films deposited on CaTiO3 buffered silicon substrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Adamo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Theeg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Katz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvana Mercone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">APL Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 11 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4915486⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01194577v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Measurement of thermal conductance of La0.7Sr0.3MnO3 thin films deposited on SrTiO3 and MgO substrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ammar Aryan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Fur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 326, pp.204 - 210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2014.11.119⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01108530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment on &amp;quot;A case study on the scaling of 1/f noise: La23Sr13MnO3 thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Barone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Pagano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.115,116101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4868864]⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00976675v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence of fabrication steps on optical and electrical properties of InN thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geeta Rani Mutta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommaso Brazzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Semiconductor Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 29 (9), pp.095010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01078616v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Experimental evidence of correlation between 1/f noise level and metal-to-insulator transition temperature in epitaxial La0.7Sr0.3MnO3 thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheng Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Perna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Fur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 46, pp.202001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00977721v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Epitaxial La0.7Sr0.3MnO3 thin films grown on SrTiO3 buffered silicon substrates by reactive molecular-beam epitaxy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Adamo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheng Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lebargy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 209 (6), pp.1090-1095</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00976339v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Direct observation of magnetization reversal and low field magnetoresistance of epitaxial La0.7Sr0.3MnO3/SrTiO3 (001) thin films at room temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalal Fadil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheng Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Saib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lebargy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 112, pp.013906. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4730966⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00976072v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La0.7Sr0.3MnO3 Thin Films for Magnetic and Temperature Sensors at Room Temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheng Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalal Fadil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuang Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ammar Aryan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sensors &amp; Transducers.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, p.253-265</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00976579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volume charge carrier number fluctuations probed by low frequency noise measurements in InN layers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geeta Rani Mutta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Grandal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 98 (25), pp.252104-1--3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3601855⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00976041v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Epitaxial Growth of Sputtered Ultra-thin NbN Layers and Junctions on Sapphire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-C. Villegier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bouat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Cavalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Setzu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Espiau de Lamaestre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Applied Superconductivity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 19 (3), pp.3375-3378. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASC.2009.2019243⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00974758v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Properties of Ultra-Thin NbN Films for Membrane-Type THz HEB</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ö. Arthursson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-N. Metzner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Chauvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Low Temperature Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 151, pp.570-574</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-00372235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Can multiferroics be synthesied by superlattice approach ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Thin Solid Films</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00222020v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Properties of ultra-thin NBN films for membrane-type THZ HEB</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Low Temperature Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00222009v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High critical current densities observed in PrBa2Cu3O7-x/YBa2Cu3O7-x/PrBa2Cu3O7-x ultrathin film constrictions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Péroz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Villégier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Dégardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Kreisler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 89, pp.142502-142504</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00325012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Low-noise La0.7Sr0.3MnO3 thermometers for uncooled bolometric applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fan Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 99, pp.3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00018145v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (71)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanoscale structural and chemical studies of the modifications induced by swift heavy ion irradiation in SrTiO3 at grazing incidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad S Jamal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tagi Tagiyev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Blond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Guillous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">REI22 (22nd International Conference in Radiation Effects on Insulators)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05396889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Progress status in low frequency noise AMR LSMO sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raul Solis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Guilherme Enger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandeep Kumar Chaluvadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Polewczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Petrov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICNF 2025 (International conference on Noise and Fluctuations)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Taormina, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05396902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High sensitive magnetic sensors based on anisotropic magnetoresistive effect in epitaxial La2/3Sr1/3MnO3 thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Guilherme Enger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lebargy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">iWOE-30 (International Workshop on Oxide Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Darmstadt, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04792213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sub-nT detectivity in anisotropic magnetoresistances based on La2/3Sr1/3MnO3 thin films</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Suspended oxide-based resistive bolometers on silicon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanuza Marques Do Nascimento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuang Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIM2023 (4th edition of the International Conference IEEE Advances in Magnetics)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2023, Moena, Italy</w:t>
+              <w:t xml:space="preserve">School on oxide M/NEMS and membranes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, evenement en distanciel, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04108070v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04792207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suspended oxide-based resistive bolometers on silicon</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Sub-nT detectivity in anisotropic magnetoresistances based on La2/3Sr1/3MnO3 thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Guiherme Enger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imtiaz-Noor Bhatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">School on oxide M/NEMS and membranes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, evenement en distanciel, Italy</w:t>
+              <w:t xml:space="preserve">AIM2023 (4th edition of the International Conference IEEE Advances in Magnetics)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Moena, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04792207v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04108070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of size and Sr content on the detectivity of anisotropic magnetoresistive sensors patterned in La(1-x)SrxMnO3 thin films</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Correlation between I-V and noise measurements to probe transport mechanism of the LSMO/Nb:STO heterostructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Blond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fallou Gning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Mcheick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bruno Guillet</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JEMS 2023 (Joint European Magnetic Symposia)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Madrid, Spain</w:t>
+              <w:t xml:space="preserve">QUOROM-10 Virtual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, https://quoromvirtualconference.wordpress.com/quorom-10/, Apr 2023, Evenement en distanciel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04792191v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04792208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlation between I-V and noise measurements to probe transport mechanism of the LSMO/Nb:STO heterostructure</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Effect of size and Sr content on the detectivity of anisotropic magnetoresistive sensors patterned in La(1-x)SrxMnO3 thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raul Solis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arturo Vera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Guilherme Enger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurence Méchin</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QUOROM-10 Virtual Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, https://quoromvirtualconference.wordpress.com/quorom-10/, Apr 2023, Evenement en distanciel, France</w:t>
+              <w:t xml:space="preserve">JEMS 2023 (Joint European Magnetic Symposia)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04792208v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04792191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Epitaxial La2/3Sr1/3MnO3 thin films on vicinal SrTiO3 substrates for sensitive anisotropic magnetoresistive sensors operated at room temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Guilherme Enger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raul Solis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imtiaz-Noor Bhatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COST OPERA WG2 workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Bucarest, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04792206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Progress in process development of La0.7Sr0.3MnO3 thin films for uncooled THz bolometers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Quinten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Lechaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Gunther</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 48th International Conference on Infrared, Millimeter, and Terahertz Waves (IRMMW-THz)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Montreal, Canada. pp.1-2, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IRMMW-THz57677.2023.10299059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04277933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anisotropic magnetoresistance based on La2/3Sr1/3MnO3 thin films: ways of improvement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Guiherme Enger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imtiaz Noor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR Oxyfun, Journées nationales 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Guéthary, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03843381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impedance measurements in La&amp;lt;sub&amp;gt;0.7&amp;lt;/sub&amp;gt;Sr &amp;lt;sub&amp;gt;0.3&amp;lt;/sub&amp;gt;MnO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; thin films for uncooled THz bolometers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Quinten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Lechaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Lampin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gunther</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 47th International Conference on Infrared, Millimeter and Terahertz Waves (IRMMW-THz)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Delft, Netherlands. pp.1-2, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IRMMW-THz50927.2022.9896104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03794713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra-low magnetic field AMR magnetometers study based on LSMO for biomedical applications</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Persistent Photocarrier Accumulation and Depletion in LaAlO3 /SrTiO3 Quantum Wells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruben R Guerrero</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luiz Guilherme Enger</w:t>
+                <w:t xml:space="preserve">Yu Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Lechaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blai C Casals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucas Perez</w:t>
+                <w:t xml:space="preserve">Albert Minj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JEMS (Joint European Magnetic Symposia)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, ONLINE - Lisbon, Portugal</w:t>
+              <w:t xml:space="preserve">APS March Meeting, Symposium "Complex Oxides and Heterostructures"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, ONLINE, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03431625v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03431676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanotechnology-based neural interfaces for spinal cord reconnection</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Ultra-low magnetic field AMR magnetometers study based on LSMO for biomedical applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arturo Vera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isidoro Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruben R Guerrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Guilherme Enger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arturo Vera</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th World Biomaterials Congress WBC 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, ONLINE - Glasgow, United Kingdom</w:t>
+              <w:t xml:space="preserve">JEMS (Joint European Magnetic Symposia)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, ONLINE - Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03431659v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03431625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Persistent Photocarrier Accumulation and Depletion in LaAlO3 /SrTiO3 Quantum Wells</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Albert Minj</w:t>
+                <w:t xml:space="preserve">Nanotechnology-based neural interfaces for spinal cord reconnection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Teresa Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.L. Rodilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivo Calaresu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Guilherme Enger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arturo Vera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APS March Meeting, Symposium "Complex Oxides and Heterostructures"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2021, ONLINE, United States</w:t>
+              <w:t xml:space="preserve">11th World Biomaterials Congress WBC 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, ONLINE - Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03431676v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03431659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suspended La2/3Sr1/3MnO3bridges on silicon substrates for high-performance uncooled infrared bolometers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanuza Marques Do Nascimento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laryssa Carvalho de Araujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">iWOE27 (27th edition of the International Workshop on Oxide Electronics)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Gênes, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03431707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Persistent Photocarrier Accumulation and Depletion in LaAlO3/SrTiO3 Quantum Wells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Lechaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blai C Casals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Minj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">QUOROM3 (Quantum Oxide Research Online Meeting)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2021, ONLINE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03431673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of uncooled ultra low-NEP LSMO bolometers at 3.39 µm and in the MWIR and LWIR bands</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Carolina Adamo</w:t>
+                <w:t xml:space="preserve">Optimization of thin film La2/3Sr1/3MnO3 magnetic field sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Guiherme Enger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lam Chok Sing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IRMM-THz 2019 (44th International Conference on Infrared, Millimeter, and Terahertz Waves)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">GDR Meeticc, Journées thématiques « Magnétisme »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02382784v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02521923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of thin film La2/3Sr1/3MnO3 magnetic field sensor</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marc Lam Chok Sing</w:t>
+                <w:t xml:space="preserve">Characterization of uncooled ultra low-NEP LSMO bolometers at 3.39 µm and in the MWIR and LWIR bands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanuza M Nascimento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Pierron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Starecki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Adamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR Meeticc, Journées thématiques « Magnétisme »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Caen, France</w:t>
+              <w:t xml:space="preserve">IRMM-THz 2019 (44th International Conference on Infrared, Millimeter, and Terahertz Waves)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02521923v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02382784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low-frequency noise considerations for sensors based on manganites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ammar Aryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICNF 2019 (25th International Conference on Noise and Fluctuations)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Neuchatel, Switzerland. pp.326-329, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5075/epfl-ICLAB-ICNF-269309⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02336146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of uncooled La0.67Sr0.33MnO3 bolometers in the MWIR and LWIR bands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanuza M Nascimento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Starecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Blaise Brubach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR Oxyfun, Journée thématique “Couches minces d’oxydes fonctionnels et applications »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02521941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bolomètres IR non refroidis à base de LSMO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanuza Marques Do Nascimento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNRDM - Journées Nationales du Réseau Doctoral en Micro-nanoélectronique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02534909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of uncooled IR LSMO bolometers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanuza M Nascimento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Eduardo Bgn Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Adamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SUPERFOX (SuperFOx Conference on Superconductivity and Functional Oxides)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Salerno, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02523185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AMR sensors made of La0.67Sr0.33MnO3 epitaxial thin films for neuronal activity measurement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco Frantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lam Chok Sing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JEMS (The Joint European Magnetic Symposia)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Mayence, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02523187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetic sensors based on LSMO thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco Frantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandeep-Kumar Chaluvadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SUPERFOX (SuperFOx Conference on Superconductivity and Functional Oxides)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Salerno, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02523183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AMR sensors made of La0.67Sr0.33MnO3 epitaxial thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco Frantz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lam Chok Sing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR Oxyfun, Journées nationales 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Piriac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01924101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low Frequency Noise in In-Situ SiN Passivated InAlGaN/GaN HEMTs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Rzin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piero Gamarra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Lacam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICNF 2017 (24th International Conference on Noise and Fluctuations)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Vilnius, Lithuania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02523201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetic Sensors Based on AMR Effect in LSMO Thin Films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lam Chok Sing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurosensors 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Paris, France. pp.635 - 6, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/proceedings1040635⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01615532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical and Electrical Characterizations of Uncooled Bolometers Based on LSMO Thin Films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanuza M Nascimento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario E B G N Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leandro Manera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurosensors 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Paris, France. pp.634 - 634, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/proceedings1040634⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01615527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégration des oxydes fonctionnels sur silicium : le cas des bolomètres à base de couches minces La0.7Sr0.3MnO3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ammar Aryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanuza M Nascimento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR Oxyfun</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Autrans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01641860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncooled phonon noise limited La0.7Sr0.3MnO3 suspended bolometers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ammar Aryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Adamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Darrell G. Schlom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41st International Conference on Infrared, Millimeter, and Terahertz waves IRMMW-THz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Copenhagen, Denmark. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IRMMW-THz.2016.7758405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01615510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical characterization of uncooled bolometers based on La0.7Sr0.3MnO3 thin films</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Free-standing La0.7Sr0.3MnO3 thin films on silicon for uncooled bolometers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Darrell G. Schlom</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Marquez Do Nascimento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Adamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXI Iberchip Workshop – IWS’2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2015, Montevideo, Uruguay</w:t>
+              <w:t xml:space="preserve">COST TO-BE 2015 Spring Meeting, University of Aveiro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Aveiro, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02523235v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01196055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Free-standing La0.7Sr0.3MnO3 thin films on silicon for uncooled bolometers</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Optical characterization of uncooled bolometers based on La0.7Sr0.3MnO3 thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanuza M Nascimento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">C. Adamo</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ammar Aryan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darrell G. Schlom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COST TO-BE 2015 Spring Meeting, University of Aveiro</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Aveiro, Portugal</w:t>
+              <w:t xml:space="preserve">XXI Iberchip Workshop – IWS’2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2015, Montevideo, Uruguay</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01196055v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02523235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La0.7Sr0.3MnO3 as promising material for uncooled bolometers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ammar Aryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Marquez Do Nascimento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">E-MRS 2015 Fall Meeting (Symposium L - Towards oxide-based electronics: growth and applications of oxide thin films and heterostructures)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01196126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suspended La0.7Sr0.3MnO3 bridges on silicon for uncooled bolometers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanuza M Nascimento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolina Adamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Darrell G. Schlom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMRS Spring meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01641954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bolomètres non refroidis à base d'oxyde de manganèse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ammar Aryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanuza M Nascimento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Eduardo Bgn Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR Oxyfun Workshop du GDR OXYFUN, Oxydes Conducteurs Transparents et X-Chromes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01641906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MOKE Microscopy and low field domain magneteroresistance of patterned La0.7Sr0.3MnO3 thin films</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Uncooled La0.7Sr0.3MnO3 suspended bolometers at optimal operating conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ammar Aryan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Marques Do Nascimento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Adamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMSA 2014 (10th European Conference on Magnetic Sensors and Actuators)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">E-MRS 2014 Fall Meeting (Symposium Q : Terahertz and infrared optoelectronics: from materials to devices)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01078629v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01194774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uncooled La0.7Sr0.3MnO3 suspended bolometers at optimal operating conditions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">MOKE Microscopy and low field domain magneteroresistance of patterned La0.7Sr0.3MnO3 thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Flament</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalal Fadil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Perna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">C. Adamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS 2014 Fall Meeting (Symposium Q : Terahertz and infrared optoelectronics: from materials to devices)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Varsovie, Poland</w:t>
+              <w:t xml:space="preserve">EMSA 2014 (10th European Conference on Magnetic Sensors and Actuators)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01194774v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01078629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low noise La0.7Sr0.3MnO3 thin films for uncooled sensitive sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TO-BE 2014 Fall meeting (Towards Oxide-Based Electronics: science, sample growth and applications of transition metal oxides)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01195552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of operating temperature and bias current as linked parameters for the optimization of uncooled suspended La0.7Sr0.3MnO3 bolometers on silicon substrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ammar Aryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SuperFOx conference (Workshop on Superconductivity and Functional Oxides)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01195554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self heating effects in La0.7Sr0.3MnO3 suspended bridges :How to use them to reach theoretical limits for uncooled bolometers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Marquez Do Nascimento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Adamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IWOE21 conference (21st International Workshop on Oxide Electronics)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, New York, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01195596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La0.7Sr0.3MnO3 suspended microbridges for uncooled bolometers made using reactive ion etching of the silicon substrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ammar Aryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Adamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Fur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MNE2012 (38th International Micro &amp; Nano Engineering Conference)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Toulouse, France. pp.101-104</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00977471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La0.7Sr0.3MnO3 as an alternative material for uncooled bolometers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Correlation of 1/f noise with DC electrical properties in La0.7Sr0.3MnO3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheng Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Adamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cédric Fur</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.G. Schlom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">41st Freiburg Infrared Colloquium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2013, freiburg, Germany</w:t>
+              <w:t xml:space="preserve">INCF 2013 (20th International Conference on Noise and Fluctuations)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00979462v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00979752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface or volume conduction in InN thin films?</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">La0.7Sr0.3MnO3 as an alternative material for uncooled bolometers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurence Méchin</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuang Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ammar Aryan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Adamo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Fur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INCF 2013 (20th International Conference on Noise and Fluctuations)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Montpellier, France</w:t>
+              <w:t xml:space="preserve">41st Freiburg Infrared Colloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2013, freiburg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00979516v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00979462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlation of 1/f noise with DC electrical properties in La0.7Sr0.3MnO3</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Surface or volume conduction in InN thin films?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geeta Rani Mutta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Faye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">D.G. Schlom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INCF 2013 (20th International Conference on Noise and Fluctuations)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00979752v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00979516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PAMBE grown InN layers electrical conduction by low frequency noise technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geeta Rani Mutta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Faye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomaso Brazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICDS 27 (27th International Conference on Defects in Semiconductors 2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Bologna, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00979757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LSMO on Si substrates: an alternative material for uncooled bolometers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Optical Characterisation of La0.7Sr0.3MnO3 Thin Film Based Uncooled Bolometers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ammar Aryan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Fur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Infrared technologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, munich, Germany</w:t>
+              <w:t xml:space="preserve">SENSORDEVICES 2012 (The third International Conference on Sensor Device Technologies and Applications)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, rome, Italy. p.61-65</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00979451v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00976640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical Characterisation of La0.7Sr0.3MnO3 Thin Film Based Uncooled Bolometers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">LSMO on Si substrates: an alternative material for uncooled bolometers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuang Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ammar Aryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Adamo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Fur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SENSORDEVICES 2012 (The third International Conference on Sensor Device Technologies and Applications)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, rome, Italy. p.61-65</w:t>
+              <w:t xml:space="preserve">Workshop on Infrared technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00976640v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00979451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Free standing La0.7Sr0.3MnO3/SrTiO3 heterostructures on silicon substrates for uncooled bolometers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ammar Aryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Fur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WOE (19th Workshop on Oxide Electronics (WOE19), Palace't Loo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, apeldoorn, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00979448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruit en 1/f dans des couches minces de Nitrure d'Indium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geeta Rani Mutta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Faye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JMC13 (13èmes Journées de la Matière Condensée)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00979305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermally isolated La0.7Sr0.3MnO3 suspended bridges on silicon substrate for uncooled bolometers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ammar Aryan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Adamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Fur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SuperFOx 2012 (First conference on Superconductivity and Functional Oxides)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, como, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00979298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of charge carrier number fluctuations in InN thin films?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Uncertainties in the estimation of low frequency noise level extracted from noise spectral density measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Javier Grandal</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheng Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bogdan Cretu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachida Talmat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Achour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICNF 2011 (21th International Conference on Noise and Fluctuations)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, toronto, Canada. pp.487-489</w:t>
+              <w:t xml:space="preserve">Noise and Fluctuations (ICNF), 2011 21st International Conference on,INCF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Toronto, Canada. 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00977388v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00993924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potentialities of La0.7Sr0.3MnO3 thin films for magnetic and temperature sensors at room temperature</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">B. Renault</w:t>
+                <w:t xml:space="preserve">Evidence of charge carrier number fluctuations by low frequency noise measurements in MBE grown Indium Nitride layers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geeta Rani Mutta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Sanchez-Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SENSORDEVICES 2011 (The Second International Conference on Sensor Device Technologies and Applications)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, nice, France. pp. 63-68</w:t>
+              <w:t xml:space="preserve">E-MRS 2011 Spring meeting (Symposium H: Indium nitride and related alloys)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00977383v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00979292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of charge carrier number fluctuations by low frequency noise measurements in MBE grown Indium Nitride layers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId125" w:history="1">
+                <w:t xml:space="preserve">Evidence of charge carrier number fluctuations in InN thin films?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geeta Rani Mutta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M.A. Sanchez-Garcia</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arantxa Vivalta-Clemente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Grandal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS 2011 Spring meeting (Symposium H: Indium nitride and related alloys)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, nice, France</w:t>
+              <w:t xml:space="preserve">ICNF 2011 (21th International Conference on Noise and Fluctuations)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, toronto, Canada. pp.487-489</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00979292v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00977388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uncertainties in the estimation of low frequency noise level extracted from noise spectral density measurements</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+                <w:t xml:space="preserve">Potentialities of La0.7Sr0.3MnO3 thin films for magnetic and temperature sensors at room temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sheng Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">H. Achour</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalal Fadil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuang Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ammar Aryan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Noise and Fluctuations (ICNF), 2011 21st International Conference on,INCF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Toronto, Canada. 4 p</w:t>
+              <w:t xml:space="preserve">SENSORDEVICES 2011 (The Second International Conference on Sensor Device Technologies and Applications)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, nice, France. pp. 63-68</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00993924v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00977383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micro-ponts La0,7Sr0,3MnO3 suspendus sur silicium pour des applications en bolométrie non refroidie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Adamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Fur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sheng Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR Multiferroique &amp; MICO (réunion scientifique thématique multiferroïque)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, gif sur yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00979265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncooled suspended bolometers based on La0.7Sr0.3MnO3 thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Fur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sheng Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Infrared, Millimeter and THz Waves Conference (IRMMW-THz 2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00979019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La0.7Sr0.3MnO3 thin films for uncooled bolometers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Fur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sheng Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMRS 09, Symposium D "IR and THz electronics: from materials to devices"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00978982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temperature dependence of 1/f noise in LSMO nanowires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Gaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Autier-Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INCF 2009 (20th International Conference on Noise and Fluctuations), 14-19 juin 2009, Pisa, Italie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Pisa, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00974976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">1/f noise in La0.7Sr0.3MnO3 thin films : effect of the patterned geometry and of the substrate at 300 K</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sheng Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WOE 16, 16th International Workshop on Oxide Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, tarragona, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00974789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetization reversal in vicinal La0.7Sr0.3MnO3 thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Perna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Fur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st National Congress on Functional Oxides for Electronics (FoxE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2009, sorrento, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00978970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A systematic study of the impact of geometry on the low frequency noise in patterned La0.7Sr0.3MnO3 thin films at 300 K</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sheng Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIP Conference Proceedings,20th International Conference on Noise and Fluctuations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Pisa, Italy. p.125-128</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00974727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LSMO based thermometers and bolometers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Perna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Fur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st National Congress on Functional Oxides for Electronics(FoxE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, sorrento, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00994866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La0.7Sr0.3MnO3 thin films for uncooled bolometers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shuang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Fur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sheng Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMRS 09, Symposium D "IR and THz electronics: from materials to devices", 14-18 septembre 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00974972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bolometric applications at room temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Gunther</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiény Jean-Paterne Kouadio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Seminar on Electrical Metrology - VIII Semetro</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Paraiba, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00974725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low frequency noise measurements in InN films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arantxa Vilalta-Clemente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Grandal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMRS 09, Symposium H "InN material and alloys", 14-18 septembre 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00974856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bolometric applications at room temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Gunther</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiény Jean-Paterne Kouadio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Seminar on Electrical Metrology - VIII Semetro</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Paraiba, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02961818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microbolometer on polymer membrane with heat feedback control for non radiative applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Denoual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Lebargy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Robbes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Sensors 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2007, Atlanta, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00211887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisations de films ultra minces NBN pour des applications HEB THZ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ö. Arthursson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Chauvat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Ruterana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4èmes Journées dispositifs supraconducteurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00198521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-Tc superconducting hot electron bolometers for terahertz mixer applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Kreisler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Péroz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Dégardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-C. Villegier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Space Terahertz Technologies (ISSTT'06)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00352102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bolomètres supraconducteurs pour l'infrarouge et les ondes terahertz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Dégardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Kreisler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Péroz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mattia Longhin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8e Journées Cryogénie et supraconductivité de l'Association Française du Froid</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2006, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00326142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-Tc Superconducting Hot Electron Bolometers for Terahertz Mixer Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Kreisler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Dégardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-C. Villegier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Chaubet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th World Multi-Conference on Systemics Cybernetics and Informatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2005, Orlando, United States. pp.165-170</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00326138v1</w:t>
-              </w:r>
-[...3184 lines deleted...]
-                <w:t xml:space="preserve">hal-00018145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical characterization of Freestanding La2/3Sr1/3MnO3/CaTiO3/SrTiO3/Silicon microbridges for resonant bolometers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaia Tarsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Marre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NMC 2024 (Nano Mechanical Cantilever Workshop)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04792210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pulsed laser deposition of La2/3Sr1/3MnO3 thin films: first experiments using a Nd-YAG laser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaia Tarsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Blond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandeep Kumar Chaluvadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epitaxie des oxydes et des semiconducteurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Fréjus, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04792209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resonant La2/3Sr1/3MnO3 suspended microbridges: mechanical characterisation, integration of the piezoelectric layer and application as bolometers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaia Tarsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola Manca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Magagnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Vilquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">iWOE-30 (International Workshop on Oxide Electronics)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Darmstadt, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04792215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation électrique de diodes Schottky à base d'oxydes LSMO/Nb:STO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fallou Gning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Blond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nano, Micro et Optoélectronique 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Monptellier, France. 1, pp.hal-04792216, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05024958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disentangling The Magnetoresistance Contributions Of Perovskites Thin Films</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId262" w:history="1">
+                <w:t xml:space="preserve">Study Of Magnetoresistive Behaviour Of LSMO Thin Films Towards Optimise AMR Biosensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I Garcia Manuz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raul Solis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Manuel Diez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G De Anara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L. Fernandez Cunado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JEMS 2023 (Joint European Magnetic Symposia)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04792204v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04792203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study Of Magnetoresistive Behaviour Of LSMO Thin Films Towards Optimise AMR Biosensors</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId262" w:history="1">
+                <w:t xml:space="preserve">Disentangling The Magnetoresistance Contributions Of Perovskites Thin Films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I Garcia Manuz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Manuel Diez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raul Solis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G De Anara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L. Fernandez Cunado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JEMS 2023 (Joint European Magnetic Symposia)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04792203v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04792204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AMR effect in patterned La2/3Sr1/3MnO3 thin films on SrTiO3 vicinal substrates at body temperature (310K)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Sub-nT AMR sensors based on low noise La0.7Sr0.3MnO3 thin films for neuronal activity measurement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Guiherme Enger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lam Chok Sing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GDR Oxyfun, Journée thématique “Couches minces d’oxydes fonctionnels et applications »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Caen, France</w:t>
+              <w:t xml:space="preserve">Magnetic frontiers - Magnetic Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02522172v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02523176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sub-nT AMR sensors based on low noise La0.7Sr0.3MnO3 thin films for neuronal activity measurement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">AMR effect in patterned La2/3Sr1/3MnO3 thin films on SrTiO3 vicinal substrates at body temperature (310K)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Guiherme Enger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lam Chok Sing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnetic frontiers - Magnetic Sensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">GDR Oxyfun, Journée thématique “Couches minces d’oxydes fonctionnels et applications »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02523176v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02522172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local Control of Strain in La0.7Sr0.3MnO3 Thin Films – Application to MEMS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laryssa Carvalho de Araujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanuza M Nascimento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandeep-Kumar Chaluvadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR Oxyfun, Journée thématique “Couches minces d’oxydes fonctionnels et applications »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02522094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep-Level Transient Fourier Spectroscopy (DLTFS) for the characterization of defect states in functional oxide-based devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Lechaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Minj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gervasi C Herranz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR Oxyfun, Journée thématique “Couches minces d’oxydes fonctionnels et applications »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02522206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sub-nT AMR sensors based on low noise La0.7Sr0.3MnO3 thin films for neuronal activity measurement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Guiherme Enger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lam Chok Sing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESM 2019 (European School on Magnetism - Experimental techniques)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Brno, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02522256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local Control of Strain in La0.7Sr0.3MnO3 Thin Films – Application to MEMS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laryssa Carvalho de Araujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Pierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanuza M Nascimento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandeep-Kumar Chaluvadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISOE 2019 (International School of Oxide Electronics)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Cargese, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02522271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anisotropic magnetoresistance in LSMO thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lam Chok Sing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COST TO-BE Fall meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Riga, Latvia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01641278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of gate-drain spacing engineering on DC and noise performance of SiN in-situ passivated InAlGaN/GaN HEMTs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mehdi Rzin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ezgi Dogmus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMRS Fall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Varsovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01641574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensitive sensors based on La0.7Sr0.3MnO3 thin film</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales du GDR OXYFUN</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Autrans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01108541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14122,147 +14256,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bidirectional medical devices for monitoring and stimulating neurons (EP 3 939 497 A1)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Teresa Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julio Camarero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolfo Miranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : EP 3 939 497 A1. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03843317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14272,91 +14406,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la résistance électrique aux micro-capteurs performants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Instrumentations et Détecteurs [physics.ins-det]. Université de Caen Basse Normandie, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01119329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14366,323 +14500,323 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncooled bolometer response of a low noise La2/3Sr1/3MnO3 thin film</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Routoure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fan Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00011178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">YBCO Transition Edge Sensors Used For Very Low Noise Thermal Control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Robbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00000377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High performance temperature controller: application to the excess noise measurements of YBCO thermometers in the transition region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Robbes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00000372v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14692,114 +14826,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lecture et contrôle faible bruit de température à très haute résolution : application à la mesure de bruit excédentaire, à la bolométrie résistive, et à la radiométrie à substitution électrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Guillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Micro et nanotechnologies/Microélectronique. Université de Caen, 2003. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00011373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId288"/>
+      <w:footerReference w:type="default" r:id="rId294"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -14867,51 +15001,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="957C548A"/>
+    <w:nsid w:val="44A19494"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15098,51 +15232,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bruno-guillet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4091-0247" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/078760585" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/IVV-0326-2023" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05396889v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad S Jamal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Pierron" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tagi Tagiyev" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Blond" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Guillous" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05396902v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Solis" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Guilherme Enger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep Kumar Chaluvadi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Polewczyk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Petrov" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792213v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Flament" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lebargy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Guillet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108070v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Guiherme Enger" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rousseau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imtiaz-Noor Bhatti" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792207v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence M&#233;chin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanuza Marques Do Nascimento" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuang Liu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792191v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Vera" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792208v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fallou Gning" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mcheick" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792206v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277933v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Quinten" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Lechaux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gunther" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz57677.2023.10299059" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843381v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imtiaz Noor" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794713v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Quinten" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lechaux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pierron" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Lampin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gunther" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50927.2022.9896104" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431625v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidoro Martinez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben R Guerrero" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Perez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431659v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Gonzalez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.L. Rodilla" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Calaresu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431676v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Chen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blai C Casals" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Minj" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431707v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laryssa Carvalho de Araujo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431673v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382784v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanuza M Nascimento" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Starecki" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Adamo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521923v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lam Chok Sing" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02336146v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Aryan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5075/epfl-ICLAB-ICNF-269309" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521941v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Blaise Brubach" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534909v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523185v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Eduardo Bgn Silva" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523187v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Frantz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523183v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep-Kumar Chaluvadi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924101v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523201v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Rzin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero Gamarra" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lacam" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615532v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings1040635" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615527v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario E B G N Silva" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Manera" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings1040634" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01641860v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615510v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darrell G. Schlom" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2016.7758405" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523235v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01196055v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Marquez Do Nascimento" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Adamo" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01196126v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01641954v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01641906v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078629v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalal Fadil" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Perna" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Routoure" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194774v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Liu" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Marques Do Nascimento" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195552v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195554v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195596v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00977471v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Adamo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fur" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979462v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979516v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geeta Rani Mutta" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Faye" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979752v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheng Wu" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.G. Schlom" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979757v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomaso Brazzini" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979451v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976640v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Langlois" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979448v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979305v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979298v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00977388v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arantxa Vivalta-Clemente" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Grandal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00977383v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Renault" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979292v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Sanchez-Garcia" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993924v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Cretu" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Talmat" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Achour" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979265v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979019v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00978982v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974976v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gaucher" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Autier-Laurent" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974789v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00978970v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974727v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994866v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974972v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974725v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fi&#233;ny Jean-Paterne Kouadio" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974856v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arantxa Vilalta-Clemente" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Grandal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02961818v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00211887v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Denoual" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Robbes" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198521v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;. Arthursson" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chauvat" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ruterana" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00352102v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kreisler" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe P&#233;roz" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick D&#233;gardin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Villegier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00326142v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Longhin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00326138v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chaubet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442594v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Solis Leon" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Garcia Manuz" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ae18de" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440370v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillous" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202509004" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403855v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Graykowski" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Langin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chiron" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Marchis" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/PSJ/ae018e" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701288v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dufour" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Duprey" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Portier" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2024.160489" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108030v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidoro Mart&#237;nez" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rub&#233;n Guerrero" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsbiomaterials.2c01147" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107995v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Enger" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imtiaz Bhatti" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.2c01096" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843347v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florencio S&#225;nchez" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gervasi Herranz" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0101255" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273188v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Barone" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2019.2890891" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906097v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevlett.124.246804" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188632v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Theeg" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Katz" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvana Mercone" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4915486" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194577v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108530v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2014.11.119" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976675v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pagano" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4868864]" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078616v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Brazzini" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00977721v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976339v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976072v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Saib" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4730966" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976579v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976041v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3601855" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974758v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bouat" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cavalier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Setzu" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Espiau de Lamaestre" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2009.2019243" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00372235v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-N. Metzner" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00222020v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00222009v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00325012v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Vill&#233;gier" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018145v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Yang" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792210v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaia Tarsi" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Marre" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792209v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792215v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Manca" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Magagnin" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Vilquin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05024958v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792204v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Garcia Manuz" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Manuel Diez" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G De Anara" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Fernandez Cunado" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792203v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522172v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523176v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522094v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522206v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gervasi C Herranz" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522256v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522271v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01641278v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01641574v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezgi Dogmus" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108541v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843317v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Camarero" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rodriguez" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Miranda" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01119329v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00011178v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000377v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000372v2" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00011373v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bruno-guillet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4091-0247" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/078760585" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/IVV-0326-2023" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564802v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tarsi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Manca" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pellegrino" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pierron" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bernini" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.5c21849" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442594v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Solis Leon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Garcia Manuz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep Kumar Chaluvadi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Pierron" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Polewczyk" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ae18de" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440370v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad S Jamal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tagi Tagiyev" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Blond" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillous" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202509004" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403855v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Graykowski" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Langin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chiron" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Guillet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Marchis" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/PSJ/ae018e" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701288v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dufour" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Duprey" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Portier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2024.160489" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108030v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Vera" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidoro Mart&#237;nez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Guilherme Enger" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rub&#233;n Guerrero" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsbiomaterials.2c01147" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107995v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Enger" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Flament" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imtiaz Bhatti" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rousseau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaelm.2c01096" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843347v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Lechaux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Chen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Minj" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florencio S&#225;nchez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gervasi Herranz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0101255" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273188v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Routoure" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheng Wu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Barone" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence M&#233;chin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIM.2019.2890891" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906097v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blai C Casals" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevlett.124.246804" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188632v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Adamo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Theeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Katz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvana Mercone" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4915486" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194577v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108530v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammar Aryan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fur" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Langlois" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2014.11.119" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976675v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pagano" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4868864]" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078616v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geeta Rani Mutta" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Brazzini" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00977721v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Perna" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976339v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Adamo" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lebargy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976072v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalal Fadil" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Renault" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Saib" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4730966" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976579v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuang Liu" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976041v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Grandal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3601855" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974758v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Villegier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bouat" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cavalier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Setzu" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Espiau de Lamaestre" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASC.2009.2019243" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00372235v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;. Arthursson" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-N. Metzner" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chauvat" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00222020v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00222009v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00325012v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe P&#233;roz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Vill&#233;gier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick D&#233;gardin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Kreisler" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018145v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Yang" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05396889v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Guillous" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05396902v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Solis" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Petrov" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792213v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792207v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanuza Marques Do Nascimento" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04108070v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Guiherme Enger" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imtiaz-Noor Bhatti" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792208v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fallou Gning" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Mcheick" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792191v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792206v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277933v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Quinten" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gunther" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz57677.2023.10299059" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843381v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imtiaz Noor" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794713v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Quinten" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lechaux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Lampin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gunther" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz50927.2022.9896104" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431676v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431625v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidoro Martinez" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben R Guerrero" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Perez" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431659v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Teresa Gonzalez" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.L. Rodilla" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Calaresu" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431707v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laryssa Carvalho de Araujo" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431673v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521923v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lam Chok Sing" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382784v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanuza M Nascimento" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Starecki" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Adamo" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02336146v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5075/epfl-ICLAB-ICNF-269309" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521941v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Blaise Brubach" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534909v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523185v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Eduardo Bgn Silva" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523187v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Frantz" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523183v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep-Kumar Chaluvadi" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01924101v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523201v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Rzin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piero Gamarra" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lacam" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615532v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings1040635" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615527v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario E B G N Silva" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leandro Manera" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings1040634" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01641860v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01615510v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darrell G. Schlom" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRMMW-THz.2016.7758405" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01196055v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Marquez Do Nascimento" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523235v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01196126v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01641954v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01641906v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194774v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Liu" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Marques Do Nascimento" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01078629v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195552v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195554v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195596v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00977471v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979752v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.G. Schlom" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979462v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979516v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Faye" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979757v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomaso Brazzini" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976640v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979451v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979448v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979305v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979298v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993924v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Cretu" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Talmat" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Achour" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979292v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Sanchez-Garcia" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00977388v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arantxa Vivalta-Clemente" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00977383v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979265v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979019v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00978982v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974976v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gaucher" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Autier-Laurent" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974789v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00978970v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974727v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994866v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974972v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974725v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fi&#233;ny Jean-Paterne Kouadio" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974856v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arantxa Vilalta-Clemente" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Grandal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02961818v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00211887v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Denoual" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Robbes" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198521v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ruterana" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00352102v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00326142v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Longhin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00326138v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chaubet" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792210v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaia Tarsi" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Marre" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792209v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792215v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Manca" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Magagnin" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Vilquin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05024958v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792203v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Garcia Manuz" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Manuel Diez" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G De Anara" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Fernandez Cunado" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04792204v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02523176v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522172v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522094v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522206v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gervasi C Herranz" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522256v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522271v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01641278v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01641574v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezgi Dogmus" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01108541v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843317v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Camarero" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rodriguez" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Miranda" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01119329v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00011178v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000377v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00000372v2" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00011373v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>