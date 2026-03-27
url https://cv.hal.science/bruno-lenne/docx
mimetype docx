--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -100,749 +100,749 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recommandations du jury de la conférence de consensus sur l’interprétation et la communication des scores en neuropsychologie (Paris, 22 novembre 2024)</w:t>
+                <w:t xml:space="preserve">L’interprétation et la communication des scores en neuropsychologie : en finir avec la tour de Babel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Allain</w:t>
+                <w:t xml:space="preserve">Sylvie Willems</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Belin</w:t>
+                <w:t xml:space="preserve">Hichem Slama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giulia Dormal</w:t>
+                <w:t xml:space="preserve">Béatrice Degraeve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Favre</w:t>
+                <w:t xml:space="preserve">François Radiguer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Fleurion</w:t>
+                <w:t xml:space="preserve">George Michael</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de neuropsychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 17 (3), pp.141-151. </w:t>
+              <w:t xml:space="preserve">, 2025, 17 (3), pp.121-140. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1684/nrp.2025.0826⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1684/nrp.2025.0825⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05335082v1</w:t>
+                <w:t xml:space="preserve">hal-05335074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’interprétation et la communication des scores en neuropsychologie : en finir avec la tour de Babel</w:t>
+                <w:t xml:space="preserve">French consensus procedure for neuropsychological assessment in multiple sclerosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Willems</w:t>
+                <w:t xml:space="preserve">C. Jougleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hichem Slama</w:t>
+                <w:t xml:space="preserve">H. Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Degraeve</w:t>
+                <w:t xml:space="preserve">Hélène Brissart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Radiguer</w:t>
+                <w:t xml:space="preserve">B. Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">George Michael</w:t>
+                <w:t xml:space="preserve">S. François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de neuropsychologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 17 (3), pp.121-140. </w:t>
+              <w:t xml:space="preserve">Revue Neurologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 181 (1-2), pp.58-66. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1684/nrp.2025.0825⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neurol.2024.06.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05335074v1</w:t>
+                <w:t xml:space="preserve">hal-05064388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French consensus procedure for neuropsychological assessment in multiple sclerosis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A comparative analysis of depression screening tools in multiple sclerosis: Implications for diagnosis and prevalence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Degraeve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Jougleux</w:t>
+                <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Joly</w:t>
+                <w:t xml:space="preserve">Laurène Norberciak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Brissart</w:t>
+                <w:t xml:space="preserve">Caroline Massot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Lenne</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cécile Donze</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Neurologique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neurol.2024.06.005⟩</w:t>
+              <w:t xml:space="preserve">Multiple Sclerosis and Related Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 93, pp.106220. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msard.2024.106220⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05064388v1</w:t>
+                <w:t xml:space="preserve">hal-04870029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparative analysis of depression screening tools in multiple sclerosis: Implications for diagnosis and prevalence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Degraeve</w:t>
+                <w:t xml:space="preserve">Impact of information processing speed on episodic memory in multiple sclerosis: insights from survival analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Zikos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Massot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Donze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Lenne</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Arnaud Kwiatkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multiple Sclerosis and Related Disorders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.msard.2024.106220⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical and Experimental Neuropsychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 47 (7), pp.601-615. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13803395.2025.2578341⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04870029v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05481677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of information processing speed on episodic memory in multiple sclerosis: insights from survival analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Lenne</w:t>
+                <w:t xml:space="preserve">Recommandations du jury de la conférence de consensus sur l’interprétation et la communication des scores en neuropsychologie (Paris, 22 novembre 2024)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Belin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Dormal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Zikos</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Cécile Donze</w:t>
+                <w:t xml:space="preserve">Emilie Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Kwiatkowski</w:t>
+                <w:t xml:space="preserve">Delphine Fleurion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical and Experimental Neuropsychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 47 (7), pp.601-615. </w:t>
+              <w:t xml:space="preserve">Revue de neuropsychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (3), pp.141-151. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/13803395.2025.2578341⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1684/nrp.2025.0826⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05481677v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05335082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationship Between Emotion Recognition and Cognition in Multiple Sclerosis: A Meta-analysis Protocol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Degraeve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMJ Neurology Open</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1001,90 +1001,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corpus callosum damage to account for cognitive, affective, and social-cognitive dysfunctions in multiple sclerosis: A model of callosal disconnection syndrome?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Degraeve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henrique Sequeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Halima Mecheri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Multiple Sclerosis Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 29 (2), pp.160-168. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1118,103 +1118,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving cognition in people with multiple sclerosis: Study protocol for a multi-arm, randomized, blinded trial of multidomain cognitive rehabilitation using a video-serious game (E-SEP Cognition)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Degraeve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessy Davroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurène Norberciak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Kwiatkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMJ Neurology Open</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
@@ -1243,64 +1243,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interpréter les données de méta-analyses : principes et limites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Degraeve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de neuropsychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître, 15 (3), pp.185-198. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1373,51 +1373,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stefaniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franca Schmid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Kwiatkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hautecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1468,90 +1468,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of physical activity, physical fitness and exercises on cognitive impairment in patients with multiple sclerosis: A review of evidence and underlying mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Lenne</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Cécile Donze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Massot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Degraeve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Neurologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1866,51 +1866,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EVASEP: A Noninterventional Study Describing the Perception of Neurologists, Patients, and Caregivers on Caregivers’ Role in the Support of Patients Suffering from Multiple Sclerosis Treated with Subcutaneous Interferon Beta 1a</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Donzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Jean Deleglise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1981,338 +1981,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04236535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microdeletions of ELP4 Are Associated with Language Impairment, Autism Spectrum Disorder, and Mental Retardation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Treatment discontinuation in multiple sclerosis: The French Web-based survey ALLIANCE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Donzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Addis</w:t>
+                <w:t xml:space="preserve">Lucie Malapel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Kwiatkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joo Wook Ahn</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Caroline Ogilvie</w:t>
+                <w:t xml:space="preserve">Pierre Louchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Mutation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/humu.22816⟩</w:t>
+              <w:t xml:space="preserve">Multiple Sclerosis Journal - Experimental, Translational and Clinical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1, pp.205521731560072. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/2055217315600720⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04236537v1</w:t>
+                <w:t xml:space="preserve">hal-04236532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Treatment discontinuation in multiple sclerosis: The French Web-based survey ALLIANCE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cécile Donzé</w:t>
+                <w:t xml:space="preserve">Microdeletions of ELP4 Are Associated with Language Impairment, Autism Spectrum Disorder, and Mental Retardation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Addis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joo Wook Ahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Dobson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Malapel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bruno Lenne</w:t>
+                <w:t xml:space="preserve">Abhishek Dixit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Louchard</w:t>
+                <w:t xml:space="preserve">Caroline Ogilvie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multiple Sclerosis Journal - Experimental, Translational and Clinical</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 1, pp.205521731560072. </w:t>
+              <w:t xml:space="preserve">Human Mutation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 36 (9), pp.842-850. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/2055217315600720⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/humu.22816⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04236532v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04236537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation des troubles cognitifs : aspects conceptuels et méthodologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rekha Barthélémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hautecœur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2372,51 +2372,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impaired recognition of facial emotional expressions in Multiple Sclerosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rekha Barthelemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2506,51 +2506,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decrease of mutual information in brain electrical activity of patients with relapsing-remitting multiple sclerosis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2812,51 +2812,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foued Derraz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Pinti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Peyrodie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2911,51 +2911,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuropsychologie de la SEP. Cognition et Fatigue.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurologies. Revue pluridisciplinaire en neurologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 12 (123)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3012,64 +3012,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Journée sclérose en plaques : Patients – Cliniciens – Chercheurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Degraeve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Portes Ouvertes de France SEP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, (Valencienne, LAMIH UMR CNRS 8201), Jan 2026, Valencienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3088,1318 +3088,1318 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05484212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet BrainMotionMS: Rééducation en double tâche avec une application digitale au domicile chez les patients présentant une SEP</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Actualités de la cognition dans le sclérose en plaques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Degraeve</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Caroline Massot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion annuelle de la SFSEP</w:t>
+              <w:t xml:space="preserve">Congès annuel de la société française de sclérose en plaques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Vichy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05484254v1</w:t>
+                <w:t xml:space="preserve">hal-05481919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Actualités de la cognition dans le sclérose en plaques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Multiple Sclerosis patients favour detection of pleasant faces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Degraeve</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Honoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Degraeve Beatrice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henrique Sequeira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congès annuel de la société française de sclérose en plaques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2025, Vichy, France</w:t>
+              <w:t xml:space="preserve">22nd World Congress of Psychophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Krakow, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05481919v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05481902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple Sclerosis patients favour detection of pleasant faces</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Projet BrainMotionMS: Rééducation en double tâche avec une application digitale au domicile chez les patients présentant une SEP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Degraeve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Donze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Alexandre Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Henrique Sequeira</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Massot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd World Congress of Psychophysiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Krakow, Poland</w:t>
+              <w:t xml:space="preserve">Réunion annuelle de la SFSEP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Vichy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05481902v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05484254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dépression et Sclérose en Plaques : Prévalence, facteurs de risques et répercussions.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Impact des troubles neuropsychologiques sur l’exploration visuelle, l’initiation de la marche et la marche dans la sclérose en plaques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Degraeve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Decoufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Alexandre Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Agnani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion annuelle de la Société Francophone de la Sclérose en Plaques (SF- SEP )</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2023, Le Touquet - Paris - Plage, France</w:t>
+              <w:t xml:space="preserve">, Sep 2023, le Touquet paris plage, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04249776v1</w:t>
+                <w:t xml:space="preserve">hal-04249783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact des troubles neuropsychologiques sur l’exploration visuelle, l’initiation de la marche et la marche dans la sclérose en plaques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Recommendations française pour l'évaluation cognitives dans la sclérose en plaques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Jougleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Degraeve</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hélène Brissart</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion annuelle de la Société Francophone de la Sclérose en Plaques (SF- SEP )</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, le Touquet paris plage, France</w:t>
+              <w:t xml:space="preserve">Société Française de la Sclérose en Plaques (SF-SEP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, LE TOUQUET, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04249783v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04282943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recommendations française pour l'évaluation cognitives dans la sclérose en plaques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cognition sociale et jugement moral dans la sclérose en plaques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Degraeve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Zikos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Arnaud Kwiatkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Donze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hélène Brissart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Société Française de la Sclérose en Plaques (SF-SEP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, LE TOUQUET, France</w:t>
+              <w:t xml:space="preserve">Réunion annuelle de la Société Francophone de la Sclérose en Plaques (SF- SEP )</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Le Touquet - Paris - Plage, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04282943v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04249765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognition sociale et jugement moral dans la sclérose en plaques.</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">La fatigue dans la sclérose en plaques, modèles théoriques et recommendations pratiques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Hamelin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion annuelle de la Société Francophone de la Sclérose en Plaques (SF- SEP )</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Le Touquet - Paris - Plage, France</w:t>
+              <w:t xml:space="preserve">Société Française de la Sclérose en Plaques (SF-SEP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Le TOUQUET, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04249765v1</w:t>
+                <w:t xml:space="preserve">hal-04282893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La fatigue dans la sclérose en plaques, modèles théoriques et recommendations pratiques.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Dépression et Sclérose en Plaques : Prévalence, facteurs de risques et répercussions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Degraeve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Massot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fanny Hamelin</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Donze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Société Française de la Sclérose en Plaques (SF-SEP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Le TOUQUET, France</w:t>
+              <w:t xml:space="preserve">Réunion annuelle de la Société Francophone de la Sclérose en Plaques (SF- SEP )</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Le Touquet - Paris - Plage, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04282893v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04249776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remédiation cognitive dans la sclérose en plaques, apport des nouvelles technologies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Biais de positivité : lorsque la conscience du temps qui passe nous fait positiver ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Degraeve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Brissart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Société Française de la Sclérose en Plaques (SF-SEP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Nïmes, France</w:t>
+              <w:t xml:space="preserve">Forum des Sciences Cognitives de Lille « Méfions-nous des apparences, quelle réalité percevons-nous ? »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Lille (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04283147v1</w:t>
+                <w:t xml:space="preserve">hal-04205277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biais de positivité : lorsque la conscience du temps qui passe nous fait positiver ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Impact of information processing speed on episodic memory in multiple sclerosis: a survival analysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Luneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Fleurion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halima Mecheri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Degraeve</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum des Sciences Cognitives de Lille « Méfions-nous des apparences, quelle réalité percevons-nous ? »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Lille (France), France</w:t>
+              <w:t xml:space="preserve">17th European Congress of Psychology - (ECP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Ljubljana, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04205277v1</w:t>
+                <w:t xml:space="preserve">hal-04283186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of information processing speed on episodic memory in multiple sclerosis: a survival analysis.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Toward a Validated Tool for Assessing Nonliteral Language Comprehension in Adults with ASD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Degraeve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Fleurion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Halima Mecheri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Degraeve</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Aguert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th European Congress of Psychology - (ECP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Ljubljana, Slovenia</w:t>
+              <w:t xml:space="preserve">17th European Congress of Psychology (ECP2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Slovenian Psychologists’ Association; Drustvo Psihologov Slovenije (DPS), Jul 2022, Ljubljana, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04283186v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04069212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a Validated Tool for Assessing Nonliteral Language Comprehension in Adults with ASD</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Remédiation cognitive dans la sclérose en plaques, apport des nouvelles technologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Degraeve</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Marc Aguert</w:t>
+                <w:t xml:space="preserve">Hélène Brissart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th European Congress of Psychology (ECP2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Slovenian Psychologists’ Association; Drustvo Psihologov Slovenije (DPS), Jul 2022, Ljubljana, Slovenia</w:t>
+              <w:t xml:space="preserve">Société Française de la Sclérose en Plaques (SF-SEP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Nïmes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04069212v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TROUBLES COGNITIFS ET ÉMOTIONNELS DES PATIENTS ATTEINTS DE SCLÉROSE EN PLAQUES, DE LA DÉFINITION À LA RÉHABILITATION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Degraeve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’étude de l’Institut Fédératif de Recherche « Prendre Soin, Inclusion et Société » (IFR – PSIS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Lille (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4424,51 +4424,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de l’activité physique et sportive sur les troubles cognitifs dans la sclérose en plaques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de Neurologie en langue française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4506,51 +4506,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing cognitive changes in Multiple Sclerosis: which change index is the most reliable?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franca Schmid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stefaniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4672,77 +4672,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Péron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Leteneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Degraeve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Donze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">40ème congrès de la société française de médecine physique et de réadaptation (SOFMER)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Strasbourg, France</w:t>
@@ -4771,103 +4771,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slow learning or memory deficit? Survival analysis of episodic memory performanec of MS.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Degraeve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Zikos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Massot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Donze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Kwiatkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SAGE Publications. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41st Congress of the European Committee for Treatment and Research in Multiple Sclerosis</w:t>
@@ -4909,103 +4909,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beyond recognition: Uncovering automatic aversion to negative stimuli in MS.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Zikos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Degraeve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Pinti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Donze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Kwiatkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41st Congress of the European Committee for Treatment and Research in Multiple Sclerosis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Barcelona, Spain. SAGE Publications, Multiple Sclerosis Journal (MSJ), 31 (3), pp.842, 2025, </w:t>
@@ -5043,90 +5043,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is the Beck Depression Inventory Fast-Screen a valid screening tool for MS- patients ? A comparison to its full-length version.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Degraeve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Massot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Donze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Committee For Treatment And Research In Multiple Sclerosis (ECTRIMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Milan (Italie), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5145,416 +5145,416 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04235757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is age an aggravating factor of cognitive impairment in multiple sclerosis (MS)?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">L’adhésion thérapeutique dans la sclérose en plaques : la place des facteurs sociocognitifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Audrey Henry</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Chavaudra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Potard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Multiple Sclerosis Cognition Society (IMSCOG)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journée Neurologiques de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Strasbourg (67), France. Revue neurologique, 178, pp.S114, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurol.2022.02.386⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04205170v1</w:t>
+                <w:t xml:space="preserve">hal-04277416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’adhésion thérapeutique dans la sclérose en plaques : la place des facteurs sociocognitifs</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Impact of information processing speed on episodic memory in multiple sclerosis: a survival analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Catherine Potard</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Luneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Fleurion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halima Mecheri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Degraeve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Neurologiques de Langue Française</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Multiple Sclerosis Cognition Society (IMSCOG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Bordeaux (France), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neurol.2022.02.386⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04277416v1</w:t>
+                <w:t xml:space="preserve">hal-04205184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of information processing speed on episodic memory in multiple sclerosis: a survival analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Is age an aggravating factor of cognitive impairment in multiple sclerosis (MS)?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Degraeve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Lenne</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Degraeve</w:t>
+                <w:t xml:space="preserve">Arnaud Kwiatkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Multiple Sclerosis Cognition Society (IMSCOG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Bordeaux (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04205184v1</w:t>
+                <w:t xml:space="preserve">hal-04205170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using immersive virtual reality as a cognitive assessment tool for the elderly: a systematic literature review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Zikos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Pasquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5644,51 +5644,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefaniak Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hautecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de neurologie en langue française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Lyon, France. Revue neurologique, 176, pp.S18-S19, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5774,51 +5774,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Stefaniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hautecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de Neurologie de Langue Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, E-congrès, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5837,286 +5837,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03024242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing slow-learning in MS with time-to-event data approach</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Relationship between information processing speed and episodic memory in MS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélissa Mansincal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Degraeve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hautecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INTERNATIONAL MULTIPLE SCLEROSIS COGNITION SOCIETY (IMSCOG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04205134v1</w:t>
+                <w:t xml:space="preserve">hal-04205147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between information processing speed and episodic memory in MS</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Assessing slow-learning in MS with time-to-event data approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Luneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Degraeve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hautecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INTERNATIONAL MULTIPLE SCLEROSIS COGNITION SOCIETY (IMSCOG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04205147v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04205134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratiques de réhabilitation cognitive dans la sclérose en plaques : état des lieux en région Hauts de France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rekha Barthelemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hautecoeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6176,90 +6176,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélioration des troubles cognitifs et de l’impact sur la vie quotidienne après 12 mois de traitement par Qizenday®</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Donzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-Alexandre Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Massot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Kwiatkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de neurologie en langue française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Bordeaux, France. Revue Neurologique, 174, pp.S102, 2018, </w:t>
@@ -6310,51 +6310,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Normalisation du Rey Dot Counting Test (DCT) en population clinique francophone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rekha Barthelemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hautecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6427,77 +6427,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconnaissance des émotions dans la sclérose en plaques. Une approche neurocomportementale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie de Moura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Honoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Kwiatkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hautecoeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6561,51 +6561,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractère prédictif du déficit dysexécutif dans les troubles de mémoire épisodique dans la SEP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Barthelemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Leuse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6672,472 +6672,472 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04277601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EVASEP : étude non interventionnelle décrivant le rôle de l’aidant naturel dans l’accompagnement des patients atteints de sclérose en plaques, traités par un interféron bêta 1a en sous-cutané selon trois points de vue : neurologues, patients et aidants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Alliance : enquête nationale sur le suivi pluridisciplinaire des patients atteints de sclérose en plaques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Hautecoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Malapel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Caizergues</w:t>
+                <w:t xml:space="preserve">P. Louchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Meite</w:t>
+                <w:t xml:space="preserve">V. Neuville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de neurologie en langue française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Montpellier (34000), France. Revue neurologique, 169, pp.A110, 2013, </w:t>
+              <w:t xml:space="preserve">Journées Neurologies en langue française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Montpellier, France. 169, pp.A106, 2013, </w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neurol.2013.01.264⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neurol.2013.01.254⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04277571v1</w:t>
+                <w:t xml:space="preserve">hal-04277502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alliance : enquête nationale sur le suivi pluridisciplinaire des patients atteints de sclérose en plaques</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId191" w:history="1">
+                <w:t xml:space="preserve">Alliance : évaluation de l’interruption des soins dans la sclérose en plaques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Neuville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Donzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Malapel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Louchard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">V. Neuville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Neurologies en langue française</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neurol.2013.01.254⟩</w:t>
+              <w:t xml:space="preserve">Journées de neurologie en langue française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, MONTEPLLIER, France. Revue neurologique, 169, pp.A103, 2013, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurol.2013.01.246⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04277502v1</w:t>
+                <w:t xml:space="preserve">hal-04277594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alliance : évaluation de l’interruption des soins dans la sclérose en plaques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">EVASEP : étude non interventionnelle décrivant le rôle de l’aidant naturel dans l’accompagnement des patients atteints de sclérose en plaques, traités par un interféron bêta 1a en sous-cutané selon trois points de vue : neurologues, patients et aidants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Hautecoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Neuville</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">P. Louchard</w:t>
+                <w:t xml:space="preserve">C. Crinquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Caizergues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Meite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de neurologie en langue française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, MONTEPLLIER, France. Revue neurologique, 169, pp.A103, 2013, </w:t>
+              <w:t xml:space="preserve">, 2013, Montpellier (34000), France. Revue neurologique, 169, pp.A110, 2013, </w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neurol.2013.01.246⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neurol.2013.01.264⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04277594v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04277571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets de l’art-thérapie, à dominante peinture, sur l’estime de soi et la qualité de vie de patients atteints de sclérose en plaques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Devin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Calais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7197,51 +7197,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognitive disorders and corpus callosum in relapsing-remitting multiple sclerosis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Nandrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7322,51 +7322,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emotion recognition and interhemispheric transfer in relapsing-remitting multiple sclerosis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Nandrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7447,51 +7447,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deficit in emotional facial expression recognition in multiple sclerosis and interhemispheric transfer.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Nandrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7568,64 +7568,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EVASEP: role of care giver in supporting patients with multiple sclerosis treated with interferon beta-1a over 24 months.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Donze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hautecoeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7663,51 +7663,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specific impairments in the recognition of emotional facial expressions in multiple sclerosis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Nandrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7784,51 +7784,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional and MRI study of corpus callosum in relapsing-remitting multiple sclerosis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Nandrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7905,64 +7905,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sexuality and intimacy in MS patients.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Donze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samantha Demaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8026,51 +8026,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P3-50 Etude des corrélations entre les tests neuropsychologiques et l’analyse linéaire et non linéaire de l’électroencéphalogramme au cours des démences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Crinquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8160,90 +8160,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P3-49 Diagnostic étiologique des démences à l’aide de l’analyse linéaire et non linéaire de l’électroencéphalogramme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Crinquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Leuse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10e Réunion Francophone sur la Maladie d'Alzheimer et les syndromes apparentés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, Nantes, France. Revue Neurologique, 165 (10), pp.91, 2009, </w:t>
@@ -8294,51 +8294,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of relapse on cognition for patients with multiple sclerosis (MS).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Crinquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Mackowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8389,51 +8389,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profiles of performance of the PASAT with “dyad score” in different subtypes of multiple sclerosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Crinquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8510,51 +8510,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Troubles cognitifs et perturbations du transfert interhémisphérique dans la sclérose en plaques.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de Neurologie en Langue Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2006, Toulouse (31000), France. Revue Neurologique, 162 (Supplément au n°4), pp.2S62</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8579,51 +8579,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Troubles cognitifs dans la Sclérose en Plaques (SEP) et corrélations avec les perturbations EEG en analyse non-linéaire : Etude préliminaire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Mackowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8736,51 +8736,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Groupe de parole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Denève</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8818,51 +8818,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Groupe de parole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Denève</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8932,77 +8932,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Handitech Trophy (concours national organisé par Job in Live en partenariat avec Bpifrance) : prix Chercheurs attribué au projet L’île de la cognition, serious game de remédiation cognitive dans la sclérose en plaques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Degraeve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Donze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9052,103 +9052,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preservation of positive emotion recognition in patients with multiple sclerosis: Artifact related to methodological issues or real feature of the disorder?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Zygmunt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Hautecoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Halima Mecheri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Kwiatkowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -9206,64 +9206,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">REVEILLE : bRain rEorganization after serious game-based cognitiVe rEhabilitation In muLtiple scLErosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Degraeve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université Catholique de Lille. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -9317,90 +9317,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognition Sociale et Morale dans la Sclérose en Plaques : entre Mécanismes Cognitifs et Biais Motivationnels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Zikos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Pinti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Degraeve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Psychologie. UNIVERSITÉ POLYTECHNIQUE HAUTS-DE-FRANCE, 2025. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -9427,51 +9427,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Troubles cognitifs et émotionnels dans la sclérose en plaques récurrente-rémittente : de la déconnexion interhémisphérique au syndrome de déconnexions multiples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Neurosciences. Université de Lille, 2010. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2010LIL30037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -9530,51 +9530,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuropsychologie de la sclérose en plaques : de l’identification des troubles cognitifs et socio-affectifs à leur remédiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Neurosciences. Ecole Doctorale Biologie Santé, Lille, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9761,51 +9761,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335082v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Allain" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Belin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Dormal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Favre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Fleurion" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2025.0826" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335074v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Willems" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Slama" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Degraeve" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Radiguer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Michael" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2025.0825" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064388v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jougleux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Joly" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brissart" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lenne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2024.06.005" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04870029v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lenne" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Norberciak" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Massot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Donze" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msard.2024.106220" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05481677v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Zikos" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Kwiatkowski" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2025.2578341" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04276821v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Henry" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236531v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Donz&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Massot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Defer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vermersch" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lecoz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2022.10.004" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04204926v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Sequeira" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Mecheri" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13524585221091067" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276815v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Degraeve" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy Davroux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04204963v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2023.0765" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205316v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Stefaniak" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franca Schmid" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hautecoeur" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2023.2232122" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04235388v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2023.06.003" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03688709v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Montagne" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Derhourhi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Piton" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Toussaint" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Durand" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmet.2018.05.005" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03351279v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Vanlerberghe" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Jourdain" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Ghoumid" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Frenois" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Mezel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41431-018-0303-3" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236535v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Donz&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Jean Deleglise" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Kempf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Bellili" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2016/4986073" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236537v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Addis" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joo Wook Ahn" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dobson" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Dixit" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ogilvie" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.22816" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236532v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Malapel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Louchard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2055217315600720" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235745v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rekha Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hautec&#339;ur" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Antoine" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2014.0300" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722157v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rekha Barthelemy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Nandrino" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Pinti" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7358/neur-2014-015-lenn" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03109534v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Blanc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gallois" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hautec&#230;ur" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/BEN-120278" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236539v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Bouquillon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Andrieux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Landais" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Duban-Bedu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Boidein" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmg.2010.11.009" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MWGXP87Q-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838381v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foued Derraz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Peyrodie" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzeddine Chikh" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287118v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05484212v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05484254v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Alexandre Guyot" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05481919v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05481902v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Honor&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Degraeve Beatrice" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04249776v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04249783v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Decoufour" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Agnani" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282943v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jougleux" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04249765v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04282893v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Hamelin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283147v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205277v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283186v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Luneau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069212v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Aguert" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205294v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04277749v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024269v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05484269v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David P&#233;ron" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leteneur" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05481837v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13524585251358343" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05481866v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04235757v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04205170v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277416v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Chavaudra" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Potard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2022.02.386" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04205184v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249978v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pasquier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04277722v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Audrey" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefaniak Nicolas" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2020.01.093" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024242v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04205134v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04205147v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Mansincal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04277707v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2018.01.356" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04277678v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2018.01.230" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04277689v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2017.01.067" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277643v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie de Moura" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2016.01.226" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277601v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barthelemy" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Leuse" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kwiatkowski" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hautecoeur" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2014.01.088" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277571v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Crinquette" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Caizergues" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meite" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2013.01.264" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277502v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Malapel" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Louchard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Neuville" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2013.01.254" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277594v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2013.01.246" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277468v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Devin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Calais" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2012.01.103" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287156v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Leuse" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gallois Jeanne" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287141v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287185v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287918v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287926v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287933v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287940v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Demaille" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277630v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gallois" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boudet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Peyrodie" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0035-3787(09)72678-5" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277616v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0035-3787(09)72677-3" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312584v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Crinquette" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mackowiak" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312571v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312605v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312616v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Forzy" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05481974v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Den&#232;ve" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276777v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05484249v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04206556v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Zygmunt" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04870161v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/tel-05484233v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04288013v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010LIL30037" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/tel-05482004v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335074v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Willems" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Slama" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Degraeve" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Radiguer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Michael" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2025.0825" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064388v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jougleux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Joly" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brissart" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lenne" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2024.06.005" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04870029v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lenne" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Norberciak" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Massot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Donze" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msard.2024.106220" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05481677v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Zikos" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Kwiatkowski" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2025.2578341" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335082v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Allain" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Belin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Dormal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Favre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Fleurion" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2025.0826" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04276821v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Henry" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236531v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Donz&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Massot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Defer" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vermersch" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lecoz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2022.10.004" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04204926v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Sequeira" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Halima Mecheri" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13524585221091067" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276815v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Degraeve" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy Davroux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04204963v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2023.0765" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205316v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Stefaniak" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franca Schmid" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hautecoeur" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2023.2232122" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04235388v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2023.06.003" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03688709v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Montagne" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Derhourhi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Piton" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Toussaint" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Durand" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmet.2018.05.005" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03351279v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemence Vanlerberghe" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Jourdain" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Ghoumid" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Frenois" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Mezel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41431-018-0303-3" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236535v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Donz&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Jean Deleglise" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Kempf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Bellili" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2016/4986073" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236532v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Malapel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Louchard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2055217315600720" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236537v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Addis" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joo Wook Ahn" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dobson" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Dixit" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ogilvie" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.22816" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235745v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rekha Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hautec&#339;ur" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Antoine" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2014.0300" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722157v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rekha Barthelemy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Nandrino" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Pinti" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7358/neur-2014-015-lenn" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03109534v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Blanc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gallois" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hautec&#230;ur" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/BEN-120278" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236539v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Bouquillon" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Andrieux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Landais" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Duban-Bedu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Boidein" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmg.2010.11.009" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MWGXP87Q-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838381v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foued Derraz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Peyrodie" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzeddine Chikh" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287118v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05484212v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05481919v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05481902v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Honor&#233;" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Degraeve Beatrice" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05484254v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Alexandre Guyot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04249783v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Decoufour" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Agnani" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282943v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jougleux" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04249765v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04282893v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Hamelin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04249776v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205277v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283186v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Luneau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069212v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Aguert" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283147v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205294v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04277749v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024269v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05484269v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David P&#233;ron" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Leteneur" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05481837v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13524585251358343" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05481866v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04235757v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277416v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Chavaudra" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Potard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2022.02.386" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04205184v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04205170v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249978v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pasquier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04277722v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Audrey" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefaniak Nicolas" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2020.01.093" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024242v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04205147v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Mansincal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04205134v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04277707v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2018.01.356" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04277678v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2018.01.230" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04277689v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2017.01.067" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277643v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie de Moura" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2016.01.226" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277601v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barthelemy" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Leuse" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kwiatkowski" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hautecoeur" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2014.01.088" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277502v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Malapel" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Louchard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Neuville" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2013.01.254" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277594v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2013.01.246" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277571v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Crinquette" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Caizergues" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meite" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2013.01.264" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277468v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Devin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Calais" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2012.01.103" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287156v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Leuse" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gallois Jeanne" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287141v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287185v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287918v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287926v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287933v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287940v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Demaille" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277630v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gallois" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boudet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Peyrodie" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0035-3787(09)72678-5" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277616v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0035-3787(09)72677-3" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312584v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Crinquette" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mackowiak" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312571v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312605v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312616v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Forzy" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05481974v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Den&#232;ve" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276777v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-05484249v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04206556v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Zygmunt" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/hal-04870161v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/tel-05484233v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04288013v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010LIL30037" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-catholille.hal.science/tel-05482004v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>