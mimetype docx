--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -770,295 +770,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03081365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A low Schottky barrier height and transport mechanism in gold–graphene–silicon (001) heterojunctions</w:t>
+                <w:t xml:space="preserve">Reduction of Schottky Barrier Height at Graphene/Germanium Interface with Surface Passivation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Courtin Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Le Gall</w:t>
+                <w:t xml:space="preserve">Alain Moréac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Delhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Chrétien</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Delhaye</w:t>
+                <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C9NA00393B⟩</w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (23), pp.5014. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app9235014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02284803v1</w:t>
+                <w:t xml:space="preserve">hal-02384497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduction of Schottky Barrier Height at Graphene/Germanium Interface with Surface Passivation</w:t>
+                <w:t xml:space="preserve">A low Schottky barrier height and transport mechanism in gold–graphene–silicon (001) heterojunctions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Courtin Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chrétien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Moréac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Delhaye</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9 (23), pp.5014. </w:t>
+              <w:t xml:space="preserve">Nanoscale Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1 (9), pp.3372-3378. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/app9235014⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C9NA00393B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02384497v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02284803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxidation mechanism of thin Cu films A gateway towards the formation of single oxide phase</w:t>
               </w:r>
@@ -1191,51 +1191,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of oxygen vacancies at the Fe/SrTiO3(001) interface Schottky barrier and surface electron accumulation layer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Catrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1498,51 +1498,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philipp Aebi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 121 (8), pp.4363-4367. </w:t>
@@ -1593,51 +1593,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Band alignments in Fe/graphene/Si(001) junctions studied by x-ray photoemission spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1874,51 +1874,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philipp Aebi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1995,51 +1995,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">k-space spin filtering effect in the epitaxial Fe/Au/Fe/GaAs(001) spin-valve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2129,51 +2129,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative magnetic imaging at the nanometer scale by ballistic electron magnetic microscopy.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guézo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2263,51 +2263,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Layer-resolved study of Mg atom incorporation at MgO/Ag(001) buried interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3182,295 +3182,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00663791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-plane magnetic anisotropies in epitaxial Fe(001) thin films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spatially resolved electronic properties of MgO/GaAs(001) tunnel barrier studied by ballistic electron emission microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guézo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Turban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Tournerie</w:t>
+                <w:t xml:space="preserve">Claude Lallaizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Schieffer</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pascal Turban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PHYSREVB.78.134401⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 93 (17), pp.2116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3012571⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00673007v1</w:t>
+                <w:t xml:space="preserve">hal-00672975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatially resolved electronic properties of MgO/GaAs(001) tunnel barrier studied by ballistic electron emission microscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Guézo</w:t>
+                <w:t xml:space="preserve">In-plane magnetic anisotropies in epitaxial Fe(001) thin films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tournerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schieffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lépine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Lallaizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Turban</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Schieffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 93 (17), pp.2116. </w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 78 (13), pp.134401. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.3012571⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PHYSREVB.78.134401⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00672975v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00673007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport property study of MgO-GaAs(001) contacts for spin injection devices</w:t>
               </w:r>
@@ -3584,295 +3584,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00908143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interface bonding of a ferromagnetic/semiconductor junction: A photoemission study of Fe/ZnSe(001)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Band structure of the epitaxial Fe∕MgO∕GaAs(001) tunnel junction studied by x-ray and ultraviolet photoelectron spectroscopies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Eddrief</w:t>
+                <w:t xml:space="preserve">J. C. Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Marangolo</w:t>
+                <w:t xml:space="preserve">P. Turban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor H. Etgens</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">F Sirotti</w:t>
+                <w:t xml:space="preserve">P. Schieffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.73.115315⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 89, pp.152106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.2361273⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01293047v1</w:t>
+                <w:t xml:space="preserve">hal-01759243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Band structure of the epitaxial Fe∕MgO∕GaAs(001) tunnel junction studied by x-ray and ultraviolet photoelectron spectroscopies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Y. Lu</w:t>
+                <w:t xml:space="preserve">Interface bonding of a ferromagnetic/semiconductor junction: A photoemission study of Fe/ZnSe(001)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Eddrief</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Marangolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. C. Le Breton</w:t>
+                <w:t xml:space="preserve">Victor H. Etgens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Turban</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">B. Lépine</w:t>
+                <w:t xml:space="preserve">S Ustaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Schieffer</w:t>
+                <w:t xml:space="preserve">F Sirotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 89, pp.152106. </w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 73 (11), pp.115315. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.2361273⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.73.115315⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01759243v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01293047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation of a body-centered-cubic Fe-based alloy at the Fe ∕ GaAs(001) interface</w:t>
               </w:r>
@@ -4071,51 +4071,51 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Schieffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 89 (15), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.2361273⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01743399v1</w:t>
@@ -5953,51 +5953,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Moréac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Schieffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6417,402 +6417,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02446227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning the Schottky barrier height at metal/solid 2D/Si heterostructure</w:t>
+                <w:t xml:space="preserve">Silicon Band Engineering with 2D materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Courtin Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Chrétien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Turban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotech Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Issy-les-Moulineaux, France</w:t>
+              <w:t xml:space="preserve">8th NIMS-UR1-CNRS-SG Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Tsukuba, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02287702v1</w:t>
+                <w:t xml:space="preserve">hal-02384509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microscopie à émission d’électrons balistiques : le transport d’électrons chauds comme sonde des propriétés électroniques locales aux interfaces</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bruno Lépine</w:t>
+                <w:t xml:space="preserve">Tuning the Schottky barrier height at metal/solid 2D/Si heterostructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Courtin Jules</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Chrétien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Delhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Turban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées du STM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">Nanotech Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Issy-les-Moulineaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02402462v1</w:t>
+                <w:t xml:space="preserve">hal-02287702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silicon Band Engineering with 2D materials</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pascal Turban</w:t>
+                <w:t xml:space="preserve">Microscopie à émission d’électrons balistiques : le transport d’électrons chauds comme sonde des propriétés électroniques locales aux interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guézo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Junay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Solal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th NIMS-UR1-CNRS-SG Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Tsukuba, Japan</w:t>
+              <w:t xml:space="preserve">Journées du STM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02384509v1</w:t>
+                <w:t xml:space="preserve">hal-02402462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fe/SrTiO3(001) interface : electron accumulation layer and Schottky barrier</w:t>
               </w:r>
@@ -6850,51 +6850,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées GDR OXYFUN</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Piriac-sur-Mer, France</w:t>
@@ -6936,51 +6936,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ballistic Emission Electron Microscopy investigation of the spin filtering effect in epitaxial Fe/Au/Fe/GaAs(001) spin valve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guézo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7061,51 +7061,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Band Alignments in Fe/Graphene/Si(001) Junctions Studied by X-ray Photoemission Spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7212,51 +7212,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Turban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7542,195 +7542,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01196061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La microscopie à émission d'électrons balistiques pour l'étude du micromagnétisme dans la limite ultramince.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microscopie à électrons balistiques : des propriétés électroniques locales à l'imagerie magnétique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Turban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guézo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Bruno Lépine</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schieffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Surfaces et Interfaces</w:t>
+              <w:t xml:space="preserve">27èmes Journées Surfaces et Interfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2013, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00906195v1</w:t>
+                <w:t xml:space="preserve">hal-00880001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of Interfacial Mg Atoms on the Electronic and Structural Properties of MgO Films on Ag(001)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7792,195 +7792,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00881506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microscopie à électrons balistiques : des propriétés électroniques locales à l'imagerie magnétique.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La microscopie à émission d'électrons balistiques pour l'étude du micromagnétisme dans la limite ultramince.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Tricot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Delhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guézo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philippe Schieffer</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27èmes Journées Surfaces et Interfaces</w:t>
+              <w:t xml:space="preserve">Journées Surfaces et Interfaces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2013, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00880001v1</w:t>
+                <w:t xml:space="preserve">hal-00906195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ballistic Emission Electron Microscopy investigation of the spin filtering effect in epitaxial Fe/Au/Fe/GaAs(001) spin valve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8061,51 +8061,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuning the Electronic Properties of MgO/metal Buried Interfaces by Mg Atom Intercalation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jaouen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8186,51 +8186,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative Ballistic Electron Magnetic Microscopy of epitaxial Fe(001) microstructures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8311,51 +8311,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local magnetoconductance properties of epitaxial spin-valves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8417,277 +8417,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00935597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local magnetoconductance properties of epitaxial Fe/Au/Fe planar spin-valves</w:t>
+                <w:t xml:space="preserve">La microscopie à émission d'électrons balistiques pour l'étude locale d'hétérostructures magnétorésistives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guézo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Di Matteo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">M-SNOWS 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2012, Les Houches, France</w:t>
+              <w:t xml:space="preserve">Forum des microscopies à sonde locale 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Saint-Jacut, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00937024v1</w:t>
+                <w:t xml:space="preserve">hal-00937003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ballistic Emission Electron Microscopy investigation of the spin filtering effect in epitaxial Fe/Au/Fe/GaAs(001) spin valve</w:t>
+                <w:t xml:space="preserve">Local magnetoconductance properties of epitaxial Fe/Au/Fe planar spin-valves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Claveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yann Claveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guézo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Di Matteo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Colloquium on Magnetic Films and Surfaces (ICMFS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Shangaï, China</w:t>
+              <w:t xml:space="preserve">Journées Surfaces Interfaces (26e édition)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2012, Saint-Aubin, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00933364v1</w:t>
+                <w:t xml:space="preserve">hal-00937265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ballistic Electron Magnetic Microscopy: Towards the Nanometer Scale</w:t>
               </w:r>
@@ -8699,620 +8699,620 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Boutigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guézo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Nanoscience and Technology (ICN+T 2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Paris, France</w:t>
+              <w:t xml:space="preserve">International Colloquium on Magnetic Films and Surfaces (ICMFS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Shangaï, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00935595v1</w:t>
+                <w:t xml:space="preserve">hal-00933361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ballistic Electron Emission Microscopy (BEEM): Local probe of electronic properties at buried interfaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Local magnetoconductance properties of epitaxial Fe/Au/Fe planar spin-valves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Claveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Tricot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guézo</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Soraya Ababou-Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Di Matteo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Nanoscience and Technology (ICN+T 2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Paris, France</w:t>
+              <w:t xml:space="preserve">M-SNOWS 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2012, Les Houches, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00935580v1</w:t>
+                <w:t xml:space="preserve">hal-00937024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ballistic Electron Magnetic Microscopy: Towards the Nanometer Scale</w:t>
+                <w:t xml:space="preserve">Ballistic Emission Electron Microscopy investigation of the spin filtering effect in epitaxial Fe/Au/Fe/GaAs(001) spin valve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Claveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guézo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Delhaye</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Di Matteo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Colloquium on Magnetic Films and Surfaces (ICMFS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Shangaï, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00933361v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00933364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La microscopie à émission d'électrons balistiques pour l'étude locale d'hétérostructures magnétorésistives</w:t>
+                <w:t xml:space="preserve">Ballistic Electron Magnetic Microscopy: Towards the Nanometer Scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Boutigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guézo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sergio Di Matteo</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum des microscopies à sonde locale 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Saint-Jacut, France</w:t>
+              <w:t xml:space="preserve">International Conference on Nanoscience and Technology (ICN+T 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00937003v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00935595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local magnetoconductance properties of epitaxial Fe/Au/Fe planar spin-valves</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ballistic Electron Emission Microscopy (BEEM): Local probe of electronic properties at buried interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guézo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Turban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francine Solal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soraya Ababou-Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Di Matteo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Surfaces Interfaces (26e édition)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2012, Saint-Aubin, France</w:t>
+              <w:t xml:space="preserve">International Conference on Nanoscience and Technology (ICN+T 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00937265v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00935580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microscopie à Emission d'Electrons Balistiques (BEEM): sonde locale des propriétés électroniques d'interfaces enterrées</w:t>
               </w:r>
@@ -9324,77 +9324,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guézo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Turban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francine Solal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soraya Ababou-Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13èmes journées de la matière condensée, JMC13</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Montpellier, France</w:t>
@@ -9417,1152 +9417,1152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00934019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ballistic electron emission microscopy investigation of epitaxial thin films and nanostructures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">BEEM as a local probe of electronic properties at buried interfaces: band structure effects in the epitaxial Au(110)/GaAs(001) Schottky contact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guézo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Turban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Tricot</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Di Matteo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schieffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st Workshop NIMS-UR1 : Materials and sustainable development : issues and challenges</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Rennes, France</w:t>
+              <w:t xml:space="preserve">13th ICFSI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00732789v1</w:t>
+                <w:t xml:space="preserve">hal-00703661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magneto-transport properties of Fe/Au/Fe/GaAs(001) spin valves</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Ballistic electron emission microscopy investigation of epitaxial thin films and nanostructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Turban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guézo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Claveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pascal Turban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIVème colloque Louis Néel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Brest, France</w:t>
+              <w:t xml:space="preserve">1st Workshop NIMS-UR1 : Materials and sustainable development : issues and challenges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00732786v1</w:t>
+                <w:t xml:space="preserve">hal-00732789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ballistic emission electron microscopy: towards the nanometer scale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Magneto-transport properties of Fe/Au/Fe/GaAs(001) spin valves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Tricot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Hamonou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sophie Guézo</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schieffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Turban</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Schieffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Surfaces Interfaces 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Poitiers, France</w:t>
+              <w:t xml:space="preserve">XIVème colloque Louis Néel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00732781v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00732786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards the Local Magnetoconductance Properties of Spin Valves</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Tricot</w:t>
+                <w:t xml:space="preserve">Band aligment at MgO/metal interface: Schottky barrier height and Negative electron affinity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jaouen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Jézéquel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Delhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Turban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIVième Colloque Louis Néel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Brest, France</w:t>
+              <w:t xml:space="preserve">ECOSS 28</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Wroclaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00703860v1</w:t>
+                <w:t xml:space="preserve">hal-00703843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Band aligment at MgO/metal interface: Schottky barrier height and Negative electron affinity</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Bruno Lépine</w:t>
+                <w:t xml:space="preserve">Towards the Local Magnetoconductance Properties of Spin Valves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Claveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Hamonou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Turban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECOSS 28</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Wroclaw, Poland</w:t>
+              <w:t xml:space="preserve">XIVième Colloque Louis Néel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00703843v1</w:t>
+                <w:t xml:space="preserve">hal-00703860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New forms of synchronization dynamics of a dual-polarization laser with frequency-shifted feedbac</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Bruno Lépine</w:t>
+                <w:t xml:space="preserve">Ballistic emission electron microscopy: towards the nanometer scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Hervé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Tricot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guézo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Turban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schieffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th ICFSI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">Journées Surfaces Interfaces 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00703825v1</w:t>
+                <w:t xml:space="preserve">hal-00732781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BEEM as a local probe of electronic properties at buried interfaces: band structure effects in the epitaxial Au(110)/GaAs(001) Schottky contact</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Guézo</w:t>
+                <w:t xml:space="preserve">New forms of synchronization dynamics of a dual-polarization laser with frequency-shifted feedbac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Jaouen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Jézéquel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Delhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Turban</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">S. Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th ICFSI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00703661v1</w:t>
+                <w:t xml:space="preserve">hal-00703825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preliminary study of the growth of MgO on Si(001) by x-ray photoelectron spectroscopy</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Delhaye</w:t>
+                <w:t xml:space="preserve">Etude des états de défauts à l'interface MgO/GaAs(001)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Le Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Jézéquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lépine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Schieffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop and Winter School: Photoemission</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Dijon, France</w:t>
+              <w:t xml:space="preserve">24èmes Journées Surfaces et Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00919190v1</w:t>
+                <w:t xml:space="preserve">hal-00919270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude des états de défauts à l'interface MgO/GaAs(001)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Preliminary study of the growth of MgO on Si(001) by x-ray photoelectron spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Jaouen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Delhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lépine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Le Gall</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bruno Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Schieffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24èmes Journées Surfaces et Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Nantes, France</w:t>
+              <w:t xml:space="preserve">International Workshop and Winter School: Photoemission</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00919270v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00919190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transverse-momentum selection rules for ballistic electrons at epitaxial metal/GaAs(001) interfaces</w:t>
               </w:r>
@@ -10667,527 +10667,527 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00919213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of MgO/GaAs(001) contacts for spin injection/detection in n-type unipolar devices</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guy Jézéquel</w:t>
+                <w:t xml:space="preserve">BEEM investigation of some spintronics heterostructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Turban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guézo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Lallaizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schieffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lépine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Schieffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Research Society (MRS) Spring Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Materials Research Society, Apr 2009, San Fransisco, France</w:t>
+              <w:t xml:space="preserve">8th Japan-France Workshop on Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Tsukuba, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01579282v1</w:t>
+                <w:t xml:space="preserve">hal-00668123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ballistic Electron Emission Microscopy: band structure effects in the epitaxial Au/GaAs(001) Schottky contact</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Claude Lallaizon</w:t>
+                <w:t xml:space="preserve">Study of MgO/GaAs(001) contacts for spin injection/detection in n-type unipolar devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Le Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Jézéquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lépine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schieffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Conference on Atomically Controlled Surfaces, Interfaces and Nanostructures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Granada, Spain</w:t>
+              <w:t xml:space="preserve">Materials Research Society (MRS) Spring Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Materials Research Society, Apr 2009, San Fransisco, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00668614v1</w:t>
+                <w:t xml:space="preserve">hal-01579282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BEEM investigation of some spintronics heterostructures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ballistic Electron Emission Microscopy: band structure effects in the epitaxial Au/GaAs(001) Schottky contact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guézo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Turban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Di Matteo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Lallaizon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Schieffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th Japan-France Workshop on Nanomaterials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Tsukuba, Japan</w:t>
+              <w:t xml:space="preserve">10th International Conference on Atomically Controlled Surfaces, Interfaces and Nanostructures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Granada, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00668123v1</w:t>
+                <w:t xml:space="preserve">hal-00668614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microscopie à émission d'électrons balistiques (BEEM) : Imagerie et Spectroscopie d'interfaces avec une résolution nanométrique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ballistic Electron Emission Microscopy applied to spintronics heterostructures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Turban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guézo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Lallaizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">S. Le Gall</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Schieffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2èmes Journées Nanosciences de Bretagne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Nantes, France</w:t>
+              <w:t xml:space="preserve">1st Rennes-Sendai Joint Workshop on advanced materials and devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00733367v1</w:t>
+                <w:t xml:space="preserve">hal-00717512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local electronic properties of MgO tunnel barrier studied by Ballistic Electron Emission Microscopy (BEEM)</w:t>
               </w:r>
@@ -11199,51 +11199,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guézo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Turban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Lallaizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11292,277 +11292,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00717479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microscopie à émission d'électrons balistiques (BEEM) : Etude des propriétés électroniques locales de barrières tunnel de MgO</w:t>
+                <w:t xml:space="preserve">Microscopie à émission d'électrons balistiques (BEEM) : Imagerie et Spectroscopie d'interfaces avec une résolution nanométrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guézo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Turban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Lallaizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Le Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Le Gall</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12eme Colloque Louis Néel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, La Grande Motte, France</w:t>
+              <w:t xml:space="preserve">2èmes Journées Nanosciences de Bretagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00733372v1</w:t>
+                <w:t xml:space="preserve">hal-00733367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ballistic Electron Emission Microscopy applied to spintronics heterostructures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microscopie à émission d'électrons balistiques (BEEM) : Etude des propriétés électroniques locales de barrières tunnel de MgO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Guézo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Turban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Lallaizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bruno Lépine</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st Rennes-Sendai Joint Workshop on advanced materials and devices</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Rennes, France</w:t>
+              <w:t xml:space="preserve">12eme Colloque Louis Néel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, La Grande Motte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00717512v1</w:t>
+                <w:t xml:space="preserve">hal-00733372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -11619,51 +11619,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Moréac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Berset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11731,64 +11731,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryam Sadeghiyan Dehaghani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guézo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soraya Ababou-Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11869,51 +11869,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Guézo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rozenn Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12218,64 +12218,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metal/2D Solid/Si study for spintronic application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Courtin Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Moréac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12468,51 +12468,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">XPS as an effective method to study the band alignement in Fe/2D Solid/Silicon heterostructure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Courtin Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12574,320 +12574,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02287630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical properties of epitaxial Fe films on SrTiO3(001)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Catrou</w:t>
+                <w:t xml:space="preserve">Band Alignments in Fe/Graphene/Si(001) Junctions Studied by X-ray Photoemission Spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Le Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Tricot</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Turban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Surfaces et Interfaces</w:t>
+              <w:t xml:space="preserve">Journées Surface et Interfaces 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01743266v1</w:t>
+                <w:t xml:space="preserve">hal-01454880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduction of Silicon Schottky Barrier Height by Hexagonal Boron Nitride Monolayer In Fe/hBN/Si junctions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Physical properties of epitaxial Fe films on SrTiO3(001)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Catrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Delhaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bruno Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Turban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème colloque Louis Néel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">Journées Surfaces et Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01635415v1</w:t>
+                <w:t xml:space="preserve">hal-01743266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Band Alignments in Fe/Graphene/Si(001) Junctions Studied by X-ray Photoemission Spectroscopy</w:t>
+                <w:t xml:space="preserve">Reduction of Silicon Schottky Barrier Height by Hexagonal Boron Nitride Monolayer In Fe/hBN/Si junctions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12903,73 +12903,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Turban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Surface et Interfaces 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Rennes, France</w:t>
+              <w:t xml:space="preserve">18ème colloque Louis Néel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01454880v1</w:t>
+                <w:t xml:space="preserve">hal-01635415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fe on SrTiO3(001) : growth, reactivity and band offset</w:t>
               </w:r>
@@ -12994,51 +12994,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13093,51 +13093,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Growth and characterization of MgO-based heterostructures : electronic and transport properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Delhaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13205,51 +13205,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des propriétés de transport de structures MgO/GaAs delta dopées dédiées à l’électronique de spin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13343,51 +13343,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the MgO growth conditions on the electronic band structure of the Au/MgO/GaAs(001) heterostructure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Jézéquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13455,51 +13455,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport properties study of MgO/GaAs(001) contacts for spin injection in unipolar devices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13580,51 +13580,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des propriétés de transport du contact MgO/GaAs pour l’injection de spin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13874,51 +13874,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746869v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mordret" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Le Breton" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Delhaye" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno L&#233;pine" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schieffer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.144427" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711724v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shabnam Dadgostar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Pura Ruiz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Serrano Gutierrez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mseb.2022.115830" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792838v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bienlo Flora Zerbo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mircea Modreanu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Povey" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Lin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine L&#233;toublon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst12101363" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157411v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mariette" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Lorenc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cailleau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Collet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gu&#233;rin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-21316-y" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03081365v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Courtin Jules" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tricot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Delhaye" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Turban" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. L&#233;pine" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.245301" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284803v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Le Gall" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chr&#233;tien" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mor&#233;ac" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9NA00393B" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384497v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Tricot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app9235014" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01809058v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumita Choudhary" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.V.N. V N Sarma" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surojit Pande" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ababou-Girard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5028407" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01879725v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Catrou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.98.115402" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02011572v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barate" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.&#8201;h. H Liang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiantian Zhang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Frougier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Xu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevapplied.8.054027" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01502359v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jaouen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Hildebrand" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Aebi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b12541" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01372806v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4960199" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187832v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Junay" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gu&#233;zo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4928167" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01101454v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.90.125433" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906297v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Herv&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Claveau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4831755" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839561v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4811690" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00844344v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier S&#233;billeau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.027601" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910875v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3675859" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732777v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Gall" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3567948" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658304v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Di Matteo" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVB.81.085319" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760553v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Lu" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jezequel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ababou" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alnot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3465308" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732776v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3525159" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00663791v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Tran" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Jaffr&#232;s" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Seneor" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrile Deranlot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.176801" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00673007v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tournerie" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Lallaizon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVB.78.134401" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672975v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3012571" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908143v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2802727" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293047v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Eddrief" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Marangolo" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor H. Etgens" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ustaze" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Sirotti" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.73.115315" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759243v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Le Breton" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Turban" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schieffer" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2361273" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743395v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guivarc&#8217;h" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lallaizon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. S&#233;billeau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2364063" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743399v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jc Le Breton" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743403v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2167847" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743410v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mattana" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Elsen" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. George" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jaffres" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nguyen van Dau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.71.075206" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743414v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guivarc'H" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-6090(03)01232-X" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3VW8HM17-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743418v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. George" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fert" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.90.166601" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743473v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Thomas" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Shen" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tournerie" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.90.017205" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743484v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Abel" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-0248(02)00834-5" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JZ4MH67Q-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743487v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0039-6028(01)01667-3" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7JVNKPFB-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951282v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gergaud" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Putero" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/PROC-615-G2.9.1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743492v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. D&#233;putier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.371553" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743495v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.367063" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743499v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cruguel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Solal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.55.R16061" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950161v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tressaud" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Chevalier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Amine" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Dance" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0167-2738(89)90404-9" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-40X6ZNKG-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950163v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tressaud" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Lozano" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0217984988001119" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289218v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hulerich Camel Tchouekem" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Morin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168280v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Febvre" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Levallois" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Paranthoen" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Landesman" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796793v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Letoublon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rolland" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CAS52836.2021.9604140" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446227v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haley Glavina" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Baudouin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Alix" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02287702v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402462v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384509v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742995v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Charbonnier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773083v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635394v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743322v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470510v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01196061v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906195v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881506v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880001v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906187v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881497v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906191v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935597v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937024v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933364v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935595v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Boutigny" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935580v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Solal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Ababou-Girard" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933361v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937003v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937265v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934019v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732789v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732786v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hamonou" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732781v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703860v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703843v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703825v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703661v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919190v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jaouen" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919270v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919213v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579282v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668614v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668123v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733367v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00717479v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733372v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00717512v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066819v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berset" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096186v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Sadeghiyan Dehaghani" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557435v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Bernard" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557421v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402277v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02287917v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557387v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02287630v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743266v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635415v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454880v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743276v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743288v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579593v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579591v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579548v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579546v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746869v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mordret" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Le Breton" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Delhaye" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno L&#233;pine" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schieffer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.110.144427" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711724v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shabnam Dadgostar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Pura Ruiz" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Serrano Gutierrez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mseb.2022.115830" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792838v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bienlo Flora Zerbo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mircea Modreanu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Povey" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun Lin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine L&#233;toublon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst12101363" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157411v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mariette" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Lorenc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cailleau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Collet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gu&#233;rin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-21316-y" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03081365v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Courtin Jules" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tricot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Delhaye" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Turban" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. L&#233;pine" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.245301" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384497v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mor&#233;ac" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Tricot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app9235014" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284803v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Le Gall" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Chr&#233;tien" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9NA00393B" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01809058v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumita Choudhary" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.V.N. V N Sarma" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surojit Pande" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ababou-Girard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5028407" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01879725v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Catrou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.98.115402" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02011572v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barate" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.&#8201;h. H Liang" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiantian Zhang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Frougier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Xu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevapplied.8.054027" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01502359v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jaouen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Hildebrand" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Aebi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b12541" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01372806v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4960199" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187832v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Junay" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gu&#233;zo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4928167" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01101454v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.90.125433" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906297v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Herv&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Claveau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4831755" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839561v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4811690" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00844344v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier S&#233;billeau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.111.027601" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910875v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3675859" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732777v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Gall" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3567948" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658304v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Di Matteo" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVB.81.085319" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760553v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Lu" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jezequel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ababou" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alnot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3465308" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732776v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3525159" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00663791v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Tran" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Jaffr&#232;s" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Seneor" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrile Deranlot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.176801" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672975v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Lallaizon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3012571" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00673007v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tournerie" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVB.78.134401" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908143v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2802727" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759243v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Le Breton" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Turban" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schieffer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2361273" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01293047v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Eddrief" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Marangolo" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor H. Etgens" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ustaze" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Sirotti" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.73.115315" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743395v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guivarc&#8217;h" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lallaizon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. S&#233;billeau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2364063" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743399v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jc Le Breton" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743403v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2167847" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743410v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mattana" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Elsen" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. George" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jaffres" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nguyen van Dau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.71.075206" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743414v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guivarc'H" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0040-6090(03)01232-X" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3VW8HM17-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743418v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. George" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fert" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.90.166601" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743473v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Thomas" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Shen" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tournerie" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.90.017205" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743484v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Abel" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0022-0248(02)00834-5" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JZ4MH67Q-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743487v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0039-6028(01)01667-3" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7JVNKPFB-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01951282v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gergaud" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Putero" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/PROC-615-G2.9.1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743492v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. D&#233;putier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.371553" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743495v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.367063" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743499v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cruguel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Solal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.55.R16061" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950161v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tressaud" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Chevalier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil Amine" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Dance" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0167-2738(89)90404-9" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-40X6ZNKG-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950163v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tressaud" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Lozano" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0217984988001119" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289218v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hulerich Camel Tchouekem" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Morin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168280v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Febvre" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Levallois" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Paranthoen" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Landesman" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796793v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Letoublon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rolland" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CAS52836.2021.9604140" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446227v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haley Glavina" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Baudouin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Alix" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02384509v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02287702v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402462v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742995v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Charbonnier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01773083v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635394v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743322v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470510v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01196061v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880001v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881506v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906195v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906187v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881497v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906191v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935597v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937003v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937265v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933361v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Boutigny" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937024v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933364v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935595v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935580v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Solal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Ababou-Girard" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934019v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703661v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732789v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732786v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Hamonou" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703843v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703860v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00732781v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703825v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919270v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919190v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jaouen" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919213v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668123v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579282v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668614v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00717512v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00717479v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733367v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733372v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066819v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berset" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096186v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Sadeghiyan Dehaghani" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557435v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Bernard" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557421v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402277v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02287917v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557387v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02287630v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454880v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743266v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635415v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743276v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743288v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579593v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579591v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579548v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01579546v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>