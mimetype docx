--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -437,343 +437,343 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05253830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monge Ampère gravity: from the large deviation principle to cosmological simulations through optimal transport</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Displacement Field Analysis via Optimal Transport: Multi-Tracer Approach to Cosmological Reconstruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farnik Nikakhtar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ravi K Sheth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikhil Padmanabhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roya Mohayaee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review D</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 110 (6), pp.063550. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevD.110.063550⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 109 (12), pp.123512. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.109.123512⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04590343v1</w:t>
+                <w:t xml:space="preserve">hal-04537822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Displacement Field Analysis via Optimal Transport: Multi-Tracer Approach to Cosmological Reconstruction</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ravi K Sheth</w:t>
+                <w:t xml:space="preserve">Monge Ampère gravity: from the large deviation principle to cosmological simulations through optimal transport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nikhil Padmanabhan</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Yann Brenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roya Mohayaee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review D</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 109 (12), pp.123512. </w:t>
+              <w:t xml:space="preserve">, 2024, 110 (6), pp.063550. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevD.109.123512⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevD.110.063550⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04537822v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04590343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Transport Reconstruction of Biased Tracers in Redshift Space</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farnik Nikakhtar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikhil Padmanabhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ravi K Sheth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roya Mohayaee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review D</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 108 (8), pp.083534. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
@@ -801,248 +801,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04170689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Transport Reconstruction of Baryon Acoustic Oscillations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Accurate Baryon Acoustic Oscillations Reconstruction via Semidiscrete Optimal Transport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ravi K. Sheth</w:t>
+                <w:t xml:space="preserve">Sebastian von Hausegger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roya Mohayaee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 129, </w:t>
+              <w:t xml:space="preserve">, 2022, 128 (20), pp.201302. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.129.251101⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.128.201302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03974048v1</w:t>
+                <w:t xml:space="preserve">hal-03413154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accurate Baryon Acoustic Oscillations Reconstruction via Semidiscrete Optimal Transport</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimal Transport Reconstruction of Baryon Acoustic Oscillations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farnik Nikakhtar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastian von Hausegger</w:t>
+                <w:t xml:space="preserve">Ravi K. Sheth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roya Mohayaee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 128 (20), pp.201302. </w:t>
+              <w:t xml:space="preserve">, 2022, 129, </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.128.201302⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.129.251101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03413154v1</w:t>
+                <w:t xml:space="preserve">hal-03974048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Restricted Power Diagrams on the GPU</w:t>
               </w:r>
@@ -1175,64 +1175,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A fast semidiscrete optimal transport algorithm for a unique reconstruction of the early Universe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roya Mohayaee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian von Hausegger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Monthly Notices of the Royal Astronomical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 506 (1), pp.1165-1185. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1511,248 +1511,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02136697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computing a high-dimensional euclidean embedding from an arbitrary smooth riemannian metric</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Notions of optimal transport theory and how to implement them on a computer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zichun Zhong</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Xiaohu Guo</w:t>
+                <w:t xml:space="preserve">Erica Schwindt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Transactions on Graphics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3197517.3201369⟩</w:t>
+              <w:t xml:space="preserve">Computers and Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.1-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cag.2018.01.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03214192v1</w:t>
+                <w:t xml:space="preserve">hal-01717967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Notions of optimal transport theory and how to implement them on a computer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Computing a high-dimensional euclidean embedding from an arbitrary smooth riemannian metric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zichun Zhong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenping Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jing Hua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erica Schwindt</w:t>
+                <w:t xml:space="preserve">Xiaohu Guo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Graphics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, pp.1-22. </w:t>
+              <w:t xml:space="preserve">ACM Transactions on Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 37 (4), pp.1-16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cag.2018.01.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3197517.3201369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01717967v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03214192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meshless Voronoi on the GPU</w:t>
               </w:r>
@@ -2295,1341 +2295,1341 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01397846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Numerical Algorithm for L-2 Optimal Transport in 3D</w:t>
+                <w:t xml:space="preserve">Robustness and Efficiency of Geometric Programs The Predicate Construction Kit (PCK)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESAIM: Mathematical Modelling and Numerical Analysis</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Computer-Aided Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01226395v1</w:t>
+                <w:t xml:space="preserve">hal-01225202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anisotropic and feature sensitive triangular remeshing using normal lifting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Nivoliers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Geuzaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Computational and Applied Mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 289, pp.225-240. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cam.2015.01.041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01202738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robustness and Efficiency of Geometric Programs The Predicate Construction Kit (PCK)</w:t>
+                <w:t xml:space="preserve">A Numerical Algorithm for L-2 Optimal Transport in 3D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer-Aided Design</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ESAIM: Mathematical Modelling and Numerical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Volume 49, Number 6, November-December 2015 Special Issue - Optimal Transport, 49 (6), pp.22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/m2an/2015055⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01225202v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01226395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting Optimal Delaunay Triangulation for 3D Graded Mesh Generation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Wenping Wang</w:t>
+                <w:t xml:space="preserve">Toward Mixed-element Meshing based on Restricted Voronoi Diagrams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Pellerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Caumon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Feng Sun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Journal on Scientific Computing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Procedia Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 23rd International Meshing Roundtable (IMR23), 82, pp.279-290. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proeng.2014.10.390⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01101627v1</w:t>
+                <w:t xml:space="preserve">hal-01105033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward Mixed-element Meshing based on Restricted Voronoi Diagrams</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jeanne Pellerin</w:t>
+                <w:t xml:space="preserve">Voronoi grids conforming to 3D structural features</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Merland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Caumon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Collon-Drouaillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Procedia Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 23rd International Meshing Roundtable (IMR23), 82, pp.279-290. </w:t>
+              <w:t xml:space="preserve">Computational Geosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 18 (3-4, SI), pp.373-383. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.proeng.2014.10.390⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10596-014-9408-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01105033v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01303811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Voronoi grids conforming to 3D structural features</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Merland</w:t>
+                <w:t xml:space="preserve">Automatic surface remeshing of 3D structural models at specified resolution: A method based on Voronoi diagrams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Pellerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Caumon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pauline Collon-Drouaillet</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Botella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Geosciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10596-014-9408-0⟩</w:t>
+              <w:t xml:space="preserve">Computers &amp; Geosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 62, pp.103-116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cageo.2013.09.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01303811v1</w:t>
+                <w:t xml:space="preserve">hal-00924622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic surface remeshing of 3D structural models at specified resolution: A method based on Voronoi diagrams</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jeanne Pellerin</w:t>
+                <w:t xml:space="preserve">Revisiting Optimal Delaunay Triangulation for 3D Graded Mesh Generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhonggui Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenping Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Botella</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ligang Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feng Sun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers &amp; Geosciences</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SIAM Journal on Scientific Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.A930-A954</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00924622v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01101627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Easy DNA Modeling and More with GraphiteLifeExplorer</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Damien Larivière</w:t>
+                <w:t xml:space="preserve">Approximating Functions on a Mesh with Restricted Voronoi Diagrams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Nivoliers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Éric Fourmentin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0053609⟩</w:t>
+              <w:t xml:space="preserve">Computer Graphics Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 32 (5), pp.83-92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/cgf.12175⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00924190v1</w:t>
+                <w:t xml:space="preserve">hal-00929994v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quad-Mesh Generation and Processing: A Survey</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Bommes</w:t>
+                <w:t xml:space="preserve">Fitting Polynomial Volumes to Surface Meshes with Voronoï Squared Distance Minimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles-Philippe Paillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Poulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Graphics Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 32 (6), pp.51--76. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/cgf.12014⟩</w:t>
+              <w:t xml:space="preserve">, 2013, 32 (5), pp.103-112. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/cgf.12177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01059755v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00930030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fitting Polynomial Volumes to Surface Meshes with Voronoï Squared Distance Minimization</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Poulain</w:t>
+                <w:t xml:space="preserve">Particle-based Anisotropic Surface Meshing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zichun Zhong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaohu Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenping Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feng Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Graphics Forum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/cgf.12177⟩</w:t>
+              <w:t xml:space="preserve">ACM Transactions on Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 32 (4), pp.99:1--99:14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2461912.2461946⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00930030v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00930147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Particle-based Anisotropic Surface Meshing</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Wenping Wang</w:t>
+                <w:t xml:space="preserve">Easy DNA Modeling and More with GraphiteLifeExplorer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Hornus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Larivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Fourmentin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Transactions on Graphics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/2461912.2461946⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (1), pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0053609⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00930147v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00924190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approximating Functions on a Mesh with Restricted Voronoi Diagrams</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Nivoliers</w:t>
+                <w:t xml:space="preserve">Quad-Mesh Generation and Processing: A Survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bommes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nico Pietroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrico Puppo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Graphics Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 32 (5), pp.83-92. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2013, 32 (6), pp.51--76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/cgf.12014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/cgf.12175⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00929994v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01059755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Method for Stochastic Inverse Modeling of Fault Geometry and Connectivity Using Flow Data</w:t>
               </w:r>
@@ -3726,744 +3726,744 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03029492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GPU-powered tools boost molecular visualization.</w:t>
+                <w:t xml:space="preserve">GPU-accelerated atom and dynamic bond visualization using hyperballs: a unified algorithm for balls, sticks, and hyperboloids.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Chavent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Krone</w:t>
+                <w:t xml:space="preserve">Antoine Vanel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katrin Bidmon</w:t>
+                <w:t xml:space="preserve">Alex Tek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Levy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Nominé</w:t>
+                <w:t xml:space="preserve">Sophie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Briefings in Bioinformatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 12 (6), pp.689-701. </w:t>
+              <w:t xml:space="preserve">Journal of Computational Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 32 (13), pp.2924-35. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/bib/bbq089⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jcc.21861⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00645161v1</w:t>
+                <w:t xml:space="preserve">hal-00645162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meshless quadrangulation by global parameterization</w:t>
+                <w:t xml:space="preserve">Adjacent versus coincident representations of geospatial uncertainty: Which promote better decisions?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. R. Li</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thomas Viard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Caumon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Levy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Graphics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cag.2011.05.003⟩</w:t>
+              <w:t xml:space="preserve">Computers &amp; Geosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 37 (4), pp.511-520. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cageo.2010.08.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00763290v1</w:t>
+                <w:t xml:space="preserve">insu-00593625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient computation of clipped Voronoi diagram for mesh generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dong-Ming Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wenping Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yang Liu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer-Aided Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cad.2011.09.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00647979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GPU-accelerated atom and dynamic bond visualization using hyperballs: a unified algorithm for balls, sticks, and hyperboloids.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sophie Robert</w:t>
+                <w:t xml:space="preserve">Meshless quadrangulation by global parameterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. R. Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaopeng Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wu-Jun Che</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weiming Dong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jcc.21861⟩</w:t>
+              <w:t xml:space="preserve">Computers and Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 35 (5), pp.992-1000. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cag.2011.05.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00645162v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00763290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adjacent versus coincident representations of geospatial uncertainty: Which promote better decisions?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">GPU-powered tools boost molecular visualization.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Chavent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Krone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katrin Bidmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Viard</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Philippe Nominé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers &amp; Geosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 37 (4), pp.511-520. </w:t>
+              <w:t xml:space="preserve">Briefings in Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 12 (6), pp.689-701. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cageo.2010.08.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/bib/bbq089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00593625v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00645161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Obtuse triangle suppression in anisotropic meshes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feng Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yi-King Choi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wenping Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dong-Ming Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yang Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Aided Geometric Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 28 (9), pp.537-548. </w:t>
@@ -4507,1298 +4507,1298 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00763324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lp Centroidal Voronoi Tesselation and its applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stochastic simulations of fault networks in 3D structural modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Cherpeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Caumon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yang Liu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Transactions on Graphics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, Proceedings of ACM SIGGRAPH 2010, 29 (4), </w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 342 (9), pp.687-694. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/1833349.1778856⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.crte.2010.04.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00600251v1</w:t>
+                <w:t xml:space="preserve">inria-00602500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stochastic simulations of fault networks in 3D structural modeling</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Lp Centroidal Voronoi Tesselation and its applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Liu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 342 (9), pp.687-694. </w:t>
+              <w:t xml:space="preserve">ACM Transactions on Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Proceedings of ACM SIGGRAPH 2010, 29 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.crte.2010.04.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/1833349.1778856⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00602500v1</w:t>
+                <w:t xml:space="preserve">inria-00600251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isotropic Remeshing with Fast and Exact Computation of Restricted Voronoi Diagram</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId140" w:history="1">
+                <w:t xml:space="preserve">On Centroidal Voronoi Tessellation--Energy Smoothness and Fast Computation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenping Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feng Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dong-Ming Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Graphics Forum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 28 (5), pp.1445-1454. </w:t>
+              <w:t xml:space="preserve">ACM Transactions on Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 28 (4), pp.Article 101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1467-8659.2009.01521.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/1559755.1559758⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00547790v1</w:t>
+                <w:t xml:space="preserve">inria-00547936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On Centroidal Voronoi Tessellation--Energy Smoothness and Fast Computation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Wenping Wang</w:t>
+                <w:t xml:space="preserve">Geometry Aware Direction Field Processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Alonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACM Transactions on Graphics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 28 (4), pp.Article 101. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/1559755.1559758⟩</w:t>
+              <w:t xml:space="preserve">, 2009, 29 (1), pp.Article 1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/1640443.1640444⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00547936v1</w:t>
+                <w:t xml:space="preserve">inria-00547716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometry Aware Direction Field Processing</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Activated protein C improves LPS-induced cardiovascular dysfunction by decreasing tissular inflammation and oxidative stress.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacira Sennoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meziani Ferhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dessebe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Cattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Solène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Transactions on Graphics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Critical Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 37, pp.246 - 255</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00547716v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03267483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Material Space Texturing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wang Huamin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Turk Greg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Vallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Graphics Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 28 (6), pp.1659-1669. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1467-8659.2009.01423.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00432402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activated protein C improves LPS-induced cardiovascular dysfunction by decreasing tissular inflammation and oxidative stress.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Isotropic Remeshing with Fast and Exact Computation of Restricted Voronoi Diagram</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dong-Ming Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feng Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenping Wang</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Care Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computer Graphics Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 28 (5), pp.1445-1454. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1467-8659.2009.01521.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03267483v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00547790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometry Textures and Applications</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bin Wang</w:t>
+                <w:t xml:space="preserve">Spectral Geometry Processing with Manifold Harmonics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Graphics Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 27 (8), pp.2053-2065. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1467-8659.2008.01185.x⟩</w:t>
+              <w:t xml:space="preserve">, 2008, 27 (2), pp.251-260. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1467-8659.2008.01122.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00331914v1</w:t>
+                <w:t xml:space="preserve">inria-00331894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N-Symmetry Direction Field Design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wan-Chiu Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACM Transactions on Graphics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 27 (2), pp.Article 10. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/1356682.1356683⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00331900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectral Geometry Processing with Manifold Harmonics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Vallet</w:t>
+                <w:t xml:space="preserve">MetaMol: High-quality visualization of molecular skin surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Chavent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Maigret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Graphics Forum</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Molecular Graphics and Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 27 (2), pp.209-216. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmgm.2008.04.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1467-8659.2008.01122.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inria-00331894v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00339122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MetaMol: High-quality visualization of molecular skin surface</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Chavent</w:t>
+                <w:t xml:space="preserve">Geometry Textures and Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo de Toledo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bin Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bernard Maigret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Graphics and Modelling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmgm.2008.04.007⟩</w:t>
+              <w:t xml:space="preserve">Computer Graphics Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 27 (8), pp.2053-2065. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1467-8659.2008.01185.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00339122v1</w:t>
+                <w:t xml:space="preserve">inria-00331914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concurrent number cruncher - A GPU implementation of a general sparse linear solver</w:t>
               </w:r>
@@ -6224,948 +6224,948 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04062068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced visualization for various unstructured grids using ah hoc topological structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Caumon</w:t>
+                <w:t xml:space="preserve">ABF++ : Fast and Robust Angle Based Flattening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alla Sheffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Paul</w:t>
+                <w:t xml:space="preserve">Maxim Mogilnitsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Bogomyakov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers &amp; Geosciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ACM Transactions on Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 24 (2), pp.311-330. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/1061347.1061354⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00105629v1</w:t>
+                <w:t xml:space="preserve">inria-00105689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ABF++ : Fast and Robust Angle Based Flattening</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alla Sheffer</w:t>
+                <w:t xml:space="preserve">Advanced visualization for various unstructured grids using ah hoc topological structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Caumon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alexander Bogomyakov</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Castanie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Paul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Transactions on Graphics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Computers &amp; Geosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 32 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00105689v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00105629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anisotropic Polygonal Remeshing</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dual Domain Extrapolation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Desbrun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACM Transactions on Graphics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003, 22 (3), pp.485-493. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/1201775.882296⟩</w:t>
+              <w:t xml:space="preserve">, 2003, 22 (3), pp.364-369. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/882262.882277⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00099624v1</w:t>
+                <w:t xml:space="preserve">inria-00099625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dual Domain Extrapolation</w:t>
+                <w:t xml:space="preserve">Comparaison de l'application locale de corticoïdes et de lidocaïne dans la prévention des douleurs pharyngolaryngées post-intubation Topical methylprednisolone vs lidocaïne for the prevention of postoperative sore throat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Mouillac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Quilichini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Schmitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Gaudart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Transactions on Graphics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/882262.882277⟩</w:t>
+              <w:t xml:space="preserve">Annales Françaises d'Anesthésie et de Réanimation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 22, pp.595-599. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0750-7658(03)00214-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00099625v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01211746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison de l'application locale de corticoïdes et de lidocaïne dans la prévention des douleurs pharyngolaryngées post-intubation Topical methylprednisolone vs lidocaïne for the prevention of postoperative sore throat</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Anisotropic Polygonal Remeshing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Alliez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Cohen-Steiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Devillers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Gaudart</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mathieu Desbrun</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Françaises d'Anesthésie et de Réanimation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 22, pp.595-599. </w:t>
+              <w:t xml:space="preserve">ACM Transactions on Graphics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 22 (3), pp.485-493. </w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0750-7658(03)00214-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/1201775.882296⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01211746v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00099624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Texture Particles</w:t>
+                <w:t xml:space="preserve">GsTL: a geostatistical template library in C++</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Dischler</w:t>
+                <w:t xml:space="preserve">Nicolas Rémy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karl Maritaud</w:t>
+                <w:t xml:space="preserve">Arben Shtuka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Djamchid Ghazanfarpour</w:t>
+                <w:t xml:space="preserve">Jeff Caers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Graphics Forum</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Computers &amp; Geosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 28 (8), pp.971-979</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00956165v1</w:t>
+                <w:t xml:space="preserve">inria-00100879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Least Squares Conformal Maps for Automatic Texture Atlas Generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Maillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACM Transactions on Graphics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 21 (3), 10 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/566654.566590⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00100754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GsTL: a geostatistical template library in C++</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Texture Particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Dischler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karl Maritaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Rémy</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jeff Caers</w:t>
+                <w:t xml:space="preserve">Djamchid Ghazanfarpour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers &amp; Geosciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computer Graphics Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 21 (3), pp.401-410. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1467-8659.t01-1-00600⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00100879v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00956165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ensembles simpliciaux hiérarchisés et intersections de surfaces</w:t>
               </w:r>
@@ -7474,51 +7474,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Herrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Nivoliers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bonneel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7575,64 +7575,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A fast semi-discrete optimal transport algorithm for a unique reconstruction of the early Universe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roya Mohayaee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian von Hausegger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7644,216 +7644,216 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03081581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hexahedral Meshing: Mind the Gap!</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Computing the distance between two finite element solutions defined on different 3D meshes on a GPU</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Reberol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01551603v1</w:t>
+                <w:t xml:space="preserve">hal-01634176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computing the distance between two finite element solutions defined on different 3D meshes on a GPU</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hexahedral Meshing: Mind the Gap!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Sokolov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Reberol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Ledoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01634176v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01551603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hexahedral-dominant meshing</w:t>
               </w:r>
@@ -8151,51 +8151,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmitry Sokolov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Reberol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8227,537 +8227,537 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01927557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic Sealing and Simplification of 3D Geological Surface Models Using Topology Recovery</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">RINGMesh: A programming library for developing mesh based geomodeling applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Botella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mazuyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">79th EAGE Conference and Exhibition 2017</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3997/2214-4609.201701143⟩</w:t>
+              <w:t xml:space="preserve">International Association for Mathematical Geosciences Annual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Freiberg, Germany. pp.93-100, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cageo.2017.03.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04068895v1</w:t>
+                <w:t xml:space="preserve">hal-04104890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RINGMesh: A programming library for developing mesh based geomodeling applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Automatic Sealing and Simplification of 3D Geological Surface Models Using Topology Recovery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Anquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Caumon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Association for Mathematical Geosciences Annual Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cageo.2017.03.005⟩</w:t>
+              <w:t xml:space="preserve">79th EAGE Conference and Exhibition 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAGE, Jun 2017, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3997/2214-4609.201701143⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04104890v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04068895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Practical 3D frame field generation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dmitry Sokolov</w:t>
+                <w:t xml:space="preserve">Centroidal power diagrams with capacity constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shi-Qing Xin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhonggui Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lei Chu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaohui Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIGGRAPH ASIA 2016</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Siggraph asia 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, macao, Macau SAR China. pp.1 - 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2980179.2982428⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01397711v1</w:t>
+                <w:t xml:space="preserve">hal-01401949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Centroidal power diagrams with capacity constraints</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Shi-Qing Xin</w:t>
+                <w:t xml:space="preserve">Practical 3D frame field generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Sokolov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Siggraph asia 2016</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SIGGRAPH ASIA 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, macao, Macau SAR China. pp.1 - 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/2980179.2982428⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01401949v1</w:t>
+                <w:t xml:space="preserve">hal-01397711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dihedral angle-based maps of tetrahedral meshes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles-Philippe Paillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8941,256 +8941,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04068753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fitting Polynomial Surfaces to Triangular Meshes with Voronoi Squared Distance Minimization</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dong-Ming Yan</w:t>
+                <w:t xml:space="preserve">State of the Art in Quad Meshing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bommes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nico Pietroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrico Puppo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudio Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International Meshing Roundtable - IMR 2011</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Eurographics - 33rd Annual Conference of the European Association for Computer Graphics - 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Cagliari, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00763898v1</w:t>
+                <w:t xml:space="preserve">hal-00804550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">State of the Art in Quad Meshing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">David Bommes</w:t>
+                <w:t xml:space="preserve">Fitting Polynomial Surfaces to Triangular Meshes with Voronoi Squared Distance Minimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Nivoliers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dong-Ming Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurographics - 33rd Annual Conference of the European Association for Computer Graphics - 2012</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">20th International Meshing Roundtable - IMR 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Paris, France. pp.601-617, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-24734-7_33⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00804550v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00763898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic Mesh Optimization for Free Surfaces in Fluid Simulation</w:t>
               </w:r>
@@ -9252,356 +9252,356 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00764267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elements of geometry processing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Topological control for isotropic remeshing of non-manifold surfaces with varying resolution: application to 3D structural models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Pellerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Richard Hao Zhang</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Caumon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th ACM SIGGRAPH Conference and Exhibition on Computer Graphics and Interactive Techniques in Asia - SiggraphAsia 2011</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/2077434.2077439⟩</w:t>
+              <w:t xml:space="preserve">IAMG 2011 - Mathematical Geosciences at the Crossroads of Theory and Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Salzburg, Austria. pp.678-688, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5242/iamg.2011.0158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00763332v1</w:t>
+                <w:t xml:space="preserve">hal-00763409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Building PEBI Grids Conforming To 3D Geological Features Using Centroidal Voronoi Tessellations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Merland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Caumon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAMG 2011 - Mathematical Geosciences at the Crossroads of Theory and Practice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Salzburg, Austria. pp.254-265, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5242/iamg.2011.0064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00763403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topological control for isotropic remeshing of non-manifold surfaces with varying resolution: application to 3D structural models</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Elements of geometry processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Caumon</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Hao Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAMG 2011 - Mathematical Geosciences at the Crossroads of Theory and Practice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Salzburg, Austria. pp.678-688, </w:t>
+              <w:t xml:space="preserve">4th ACM SIGGRAPH Conference and Exhibition on Computer Graphics and Interactive Techniques in Asia - SiggraphAsia 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2011, Hong Kong, China. pp.Article n°5, </w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5242/iamg.2011.0158⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/2077434.2077439⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00763409v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00763332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computing 2D Periodic Centroidal Voronoi Tessellation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dong-Ming Yan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kai Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9674,90 +9674,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Building Centroidal Voronoi Tesselations for Flow Simulation in Reservoirs Using Flow Information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Merland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Caumon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Collon-Drouaillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPE Reservoir Simulation Symposium - 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2011, The Woodlands, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9785,268 +9785,276 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00763400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient Computation of 3D Clipped Voronoi Diagram</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Wenping Wang</w:t>
+                <w:t xml:space="preserve">Invisible Seams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Nivoliers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yang Liu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geometric Modeling and Processing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">21st Eurographics Symposium on Rendering - EGSR 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Saarbrücken, Germany</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00547794v1</w:t>
+                <w:t xml:space="preserve">inria-00547713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invisible Seams</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A Rendering Method for Small Molecules up to Macromolecular Systems: HyperBalls Accelerated by Graphics Processors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Chavent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Vanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Teck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Levy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Raffin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st Eurographics Symposium on Rendering - EGSR 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Saarbrücken, Germany</w:t>
+              <w:t xml:space="preserve">Journées Ouvertes en Biologie, Informatique et Mathématiques (JOBIM'10)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Unknown, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00547713v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00953423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stochastic simulation of fault networks from 2D seismic lines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Cherpeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -10065,201 +10073,193 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SEG Technical Program Expanded Abstracts 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Denver, United States. pp.2366-2370, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1190/1.3513325⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId293" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04066606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Rendering Method for Small Molecules up to Macromolecular Systems: HyperBalls Accelerated by Graphics Processors</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Efficient Computation of 3D Clipped Voronoi Diagram</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dong-Ming Yan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenping Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Liu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Ouvertes en Biologie, Informatique et Mathématiques (JOBIM'10)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geometric Modeling and Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Cantabria, Jun 2010, Castro Urdiales, Spain. pp.269-282, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-13411-1_18⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00953423v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00547794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Perspectives for 3D Visualization of Dynamic Reservoir Uncertainty</w:t>
               </w:r>
@@ -10375,77 +10375,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reverse engineering for industrial-environment cad models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo de Toledo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Levy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Paul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Tools and Methods of Competitive Engineering, TMCE 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2008, Izmir, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10470,51 +10470,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visualization of Industrial Structures with Implicit GPU Primitives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo de Toledo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10546,529 +10546,529 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00331897v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometry Textures</w:t>
+                <w:t xml:space="preserve">Iterative Methods for Visualization of Implicit Surfaces on GPU</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo Toledo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Paul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th Brazilian Symposium on Computer Graphics and Image Processing - SIBGRAPI 2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2007, Belo Horizonte, Brazil. pp.79-86, </w:t>
+              <w:t xml:space="preserve">3rd International Symposium on Visual Computing - ISVC'07</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Lake Tahoe, United States. pp.598-609, </w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/SIBGRA.2007.4368171⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-540-76858-6_58⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00186866v1</w:t>
+                <w:t xml:space="preserve">inria-00186857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iterative Methods for Visualization of Implicit Surfaces on GPU</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rodrigo Toledo</w:t>
+                <w:t xml:space="preserve">Linear Angle Based Parameterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rhaleb Zayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Paul</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans-Peter Seidel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd International Symposium on Visual Computing - ISVC'07</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Fifth Eurographics Symposium on Geometry Processing - SGP 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Barcelone, Spain. pp.135-141</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00186857v1</w:t>
+                <w:t xml:space="preserve">inria-00186848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linear Angle Based Parameterization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rhaleb Zayer</w:t>
+                <w:t xml:space="preserve">Concurrent Number Cruncher : An Efficient Sparse Linear Solver on the GPU</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Buatois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Caumon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hans-Peter Seidel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fifth Eurographics Symposium on Geometry Processing - SGP 2007</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">High Performance Computation Conference - HPCC'07</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Houston, Sep 2007, Houston, United States. pp.358-371, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-540-75444-2_37⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00186848v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00186833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concurrent Number Cruncher : An Efficient Sparse Linear Solver on the GPU</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Caumon</w:t>
+                <w:t xml:space="preserve">Geometry Textures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Toledo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bin Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">High Performance Computation Conference - HPCC'07</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Houston, Sep 2007, Houston, United States. pp.358-371, </w:t>
+              <w:t xml:space="preserve">20th Brazilian Symposium on Computer Graphics and Image Processing - SIBGRAPI 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2007, Belo Horizonte, Brazil. pp.79-86, </w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-540-75444-2_37⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/SIBGRA.2007.4368171⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00186833v1</w:t>
+                <w:t xml:space="preserve">inria-00186866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GPU Accelerated Isosurface Extraction on Tetrahedral Grids</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Caumon</w:t>
+                <w:t xml:space="preserve">Automatic and Interactive Mesh to T-Spline Conversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wan Chiu Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Symposium on Visual Computing - ISVC06</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2006, Lake Tahoe/USA</w:t>
+              <w:t xml:space="preserve">4th Eurographics Symposium on Geometry Processing - SGP 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2006, Sardinia/Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00105584v1</w:t>
+                <w:t xml:space="preserve">inria-00105611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distributed Shared Memory for Roaming Large Volumes</w:t>
               </w:r>
@@ -11156,165 +11156,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00105570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic and Interactive Mesh to T-Spline Conversion</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Ray</w:t>
+                <w:t xml:space="preserve">GPU Accelerated Isosurface Extraction on Tetrahedral Grids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Buatois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Caumon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th Eurographics Symposium on Geometry Processing - SGP 2006</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2006, Sardinia/Italy</w:t>
+              <w:t xml:space="preserve">2nd International Symposium on Visual Computing - ISVC06</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2006, Lake Tahoe/USA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00105611v1</w:t>
+                <w:t xml:space="preserve">inria-00105584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Representing Higher-Order Singularities in Vector Fields on Piecewise Linear Surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wan Chiu Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Ray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11597,147 +11597,112 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00105566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesh Editing with an Embedded Network of Curves</w:t>
+                <w:t xml:space="preserve">Numerical Methods for Digital Geometry Processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Paul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Shape Modeling and Applications - SMI 2005</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2005 Israel-Korea Bi-national Conference on New Technologies and Visualization Methods for Product Development on Design and Reverse Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2005, Haifa/Israel</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00105658v1</w:t>
+                <w:t xml:space="preserve">inria-00105590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Master-element vector irradiance for large tessellated models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Lecot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11746,376 +11711,411 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Paul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GRAPHITE '05: Proceedings of the 3rd international conference on Computer graphics and interactive techniques in Australasia and South East Asia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2005, Dunedin, New Zealand. pp.315 - 322, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/1101389.1101454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00105660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical Methods for Digital Geometry Processing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Advanced volume visualization techniques for seismic interpretation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Castanié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Bosquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2005 Israel-Korea Bi-national Conference on New Technologies and Visualization Methods for Product Development on Design and Reverse Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2005 SEG Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, Houston (TX), United States. pp.751-754, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1190/1.2144435⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00105590v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04062038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced volume visualization techniques for seismic interpretation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Castanié</w:t>
+                <w:t xml:space="preserve">VolumeExplorer: Roaming Large Volumes to Couple Visualization and Data Processing for Oil and Gas Exploration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Castanie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Bosquet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2005 SEG Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, Houston (TX), United States. pp.751-754, </w:t>
+              <w:t xml:space="preserve">IEEE Visualization 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2005, Minneapolis/USA, pp.247 - 254, </w:t>
             </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1190/1.2144435⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/VISUAL.2005.1532802⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04062038v1</w:t>
+                <w:t xml:space="preserve">inria-00105607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VolumeExplorer: Roaming Large Volumes to Couple Visualization and Data Processing for Oil and Gas Exploration</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mesh Editing with an Embedded Network of Curves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabien Bosquet</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wan Chiu Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Paul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Visualization 2005</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2005, Minneapolis/USA, pp.247 - 254, </w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Shape Modeling and Applications - SMI 2005</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2005, Cambridge, USA, pp.62-71, </w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/VISUAL.2005.1532802⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/SMI.2005.29⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00105607v1</w:t>
+                <w:t xml:space="preserve">inria-00105658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hierarchical Least Squares Conformal Maps</w:t>
               </w:r>
@@ -12285,394 +12285,394 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00099808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Texture Particles</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Least Squares Conformal Maps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Djamchid Chazanfarpour</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Petitjean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurographics 2002 - EG 2002</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, Saarbrücken, Germany, 10 p</w:t>
+              <w:t xml:space="preserve">Fifth International Conference on Curves and Surfaces 2002</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00099450v1</w:t>
+                <w:t xml:space="preserve">inria-00100880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Least Squares Conformal Maps</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Texture Particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Dichler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karl Maritaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Petitjean</w:t>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamchid Chazanfarpour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fifth International Conference on Curves and Surfaces 2002</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, Saint-Malo, France</w:t>
+              <w:t xml:space="preserve">Eurographics 2002 - EG 2002</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Saarbrücken, Germany, 10 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00100880v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00099450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Circular Incident Edge Lists: A Data Structure for Rendering Complex Unstructured Grids</w:t>
+                <w:t xml:space="preserve">Constrained Texture Mapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Xavier Cavin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Visualization 2001</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE, 2001, San-Diego, USA, 8 p</w:t>
+              <w:t xml:space="preserve">SIGGRAPH 2001</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACM, 2001, Los Angeles, USA, 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00101087v1</w:t>
+                <w:t xml:space="preserve">inria-00110529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constrained Texture Mapping</w:t>
+                <w:t xml:space="preserve">Circular Incident Edge Lists: A Data Structure for Rendering Complex Unstructured Grids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Caumon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Conreaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Cavin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIGGRAPH 2001</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ACM, 2001, Los Angeles, USA, 8 p</w:t>
+              <w:t xml:space="preserve">IEEE Visualization 2001</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, 2001, San-Diego, USA, 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00110529v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00101087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-Distorted Texture Mapping For Sheared Triangulated Meshes</w:t>
               </w:r>
@@ -12956,51 +12956,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lin Lu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wenping Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -13101,51 +13101,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectral Geometry Processing with Manifold Harmonics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13174,233 +13174,233 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00186931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anisotropic Polygonal Remeshing</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Devillers</w:t>
+                <w:t xml:space="preserve">Combinatorial data structures for volume rendering unstructured grids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Caumon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-4808, INRIA. 2003</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRIA. 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00071778v1</w:t>
+                <w:t xml:space="preserve">hal-04066439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combinatorial data structures for volume rendering unstructured grids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Caumon</w:t>
+                <w:t xml:space="preserve">Anisotropic Polygonal Remeshing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Alliez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Cohen-Steiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Devillers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">INRIA. 2003</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Desbrun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-4808, INRIA. 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04066439v1</w:t>
+                <w:t xml:space="preserve">inria-00071778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstruction de surfaces complexes - ajustement aux données</w:t>
               </w:r>
@@ -13705,51 +13705,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectral Geometry Processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Hao Zhang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14214,841 +14214,841 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00804558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Ouvrages (6)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ACM Symposium on Solid and Physical Modeling and Applications 2008</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiromasa Suzuki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinesh Manocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong Qin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hiromasa Suzuki and Bruno Lévy and Dinesh Manocha and Hong Qin. Elsevier, 42, pp.100, 2010, Computer-Aided Design, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cad.2009.07.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00602809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polygon Mesh Processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Botsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leif Kobbelt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Pauly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Alliez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">AK Peters / CRC Press, pp.250, 2010, 9781568814261</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00538098v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Special Issue on ACM Symposium on Solid and Physical Modeling and Applications - ACM SPM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shi-Min Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinesh Manocha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Shi-Min Hu and Bruno Levy and Dinesh Manosha. IEEE, 6, pp.100, 2009, IEEE Transactions on Automation Science and Engineering, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASE.2009.2022974⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00602829v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ACM Symposium on Solid and Physical Modeling and Applications 2008</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinesh Manocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hong Qin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiromasa Suzuki</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bruno Levy and Dinesh Manocha and Hong Qin and Hiromasa Suzukid. Elsevier, 26, pp.100, 2009, Computer Aided Geometric Design, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cagd.2009.04.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00602813v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selected papers from the Solid and Physical Modeling and Applications Symposium 2007 - SPM 2007</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shi-Min Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinesh Manocha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Shi-Min Hu and Bruno Levy and Dinesh Manocha. Elsevier, 25, pp.100, 2008, Computer Aided Geometric Design, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cagd.2008.06.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00602833v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selected Papers from the ACM Solid and Physical Modeling Symposium 2007</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shi-Min Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Lévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinesh Manocha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Shi-Min Hu and Bruno Levy and Dinesh Manocha. Elsevier, 40, pp.100, 2008, Computer-Aided Design, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cad.2008.06.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00602835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Brevet (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procédé de génération de maillages hex-dominants à l'aide de diagrammes de Voronoi barycentriques en metrique Lp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Lévy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yang Liu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR 10/02920. 2010, pp.20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00602473v1</w:t>
-              </w:r>
-[...703 lines deleted...]
-                <w:t xml:space="preserve">inria-00602835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -15321,51 +15321,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7DB035D8"/>
+    <w:nsid w:val="B24C117C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15552,51 +15552,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bruno-levy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7007-3219" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/120122839" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251901v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno L&#233;vy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3744642" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05253830v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ray" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Merigot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Leclerc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2025.114374" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590343v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Brenier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roya Mohayaee" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.063550" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537822v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farnik Nikakhtar" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravi K Sheth" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikhil Padmanabhan" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.109.123512" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170689v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.083534" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974048v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravi K. Sheth" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.129.251101" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413154v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian von Hausegger" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.128.201302" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169575v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Basselin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alonso" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Sokolov" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lefebvre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.142610" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115841v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stab1676" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03196390v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Lamirel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cottrell" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madalina Olteanu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00521-020-05481-7" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02136697v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Anquez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Pellerin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modeste Irakarama" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cupillard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2018.12.001" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03214192v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zichun Zhong" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenping Wang" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Hua" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaohu Guo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3197517.3201369" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717967v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Schwindt" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2018.01.009" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01927559v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3272127.3275092" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01596553v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dobrina Boltcheva" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Levy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2017.05.011" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493204v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Botella" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mazuyer" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chauvin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bonneau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cageo.2017.03.005" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01301871v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Caumon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10596-015-9484-9" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01397846v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Untereiner" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2930662" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01226395v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2015055" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202738v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Nivoliers" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Geuzaine" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cam.2015.01.041" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01225202v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01101627v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhonggui Chen" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ligang Liu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Sun" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01105033v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2014.10.390" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303811v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Merland" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Collon-Drouaillet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10596-014-9408-0" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924622v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cageo.2013.09.008" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924190v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Hornus" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Larivi&#232;re" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Fourmentin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0053609" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01059755v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bommes" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Pietroni" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Puppo" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Silva" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.12014" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-K326SDNT-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00930030v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles-Philippe Paill&#233;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Poulain" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.12177" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MZC05CPG-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00930147v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2461912.2461946" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00929994v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.12175" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03029492v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cherpeau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jef Caers" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11004-012-9389-2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645161v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chavent" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Krone" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Bidmon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Nomin&#233;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bib/bbq089" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00763290v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. R. Li" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaopeng Zhang" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wu-Jun Che" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiming Dong" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2011.05.003" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PLTLVGJD-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00647979v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong-Ming Yan" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Liu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2011.09.004" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645162v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vanel" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Tek" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Robert" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.21861" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00593625v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Viard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cageo.2010.08.004" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00763324v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-King Choi" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cagd.2011.09.007" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RVF5CDN1-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00600251v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1833349.1778856" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00602500v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2010.04.008" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00547790v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-8659.2009.01521.x" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00547936v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1559755.1559758" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00547716v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vallet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1640443.1640444" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00432402v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Huamin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Turk Greg" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-8659.2009.01423.x" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PMRRMSHS-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03267483v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacira Sennoun" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meziani Ferhat" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dessebe" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cattan" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sol&#232;ne" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00331914v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo de Toledo" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Wang" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-8659.2008.01185.x" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00331900v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wan-Chiu Li" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1356682.1356683" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00331894v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-8659.2008.01122.x" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00339122v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Maigret" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmgm.2008.04.007" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QF2N7W24-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00331906v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Buatois" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17445760802337010" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00104853v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wan Chiu Li" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alla Sheffer" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alliez" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1183287.1183297" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00104989v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Castani&#233;" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mion" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cavin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04062068v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Castanie" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bosquet" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/1365-2397.23.1088.26713" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105629v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Paul" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105689v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Mogilnitsky" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Bogomyakov" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1061347.1061354" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099624v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cohen-Steiner" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Devillers" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Desbrun" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1201775.882296" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099625v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/882262.882277" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211746v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Mouillac" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Quilichini" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Schmitz" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gaudart" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0750-7658(03)00214-4" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00956165v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Dischler" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Maritaud" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamchid Ghazanfarpour" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1467-8659.t01-1-00600" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6N5D2K86-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100754v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Petitjean" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Maillot" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/566654.566590" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100879v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas R&#233;my" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arben Shtuka" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Caers" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099256v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Dazy" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Laurent Mallet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099255v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705538v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Dapogny" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Oudet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694986v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Herrou" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bonneel" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Digne" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03081581v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01551603v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Reberol" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ledoux" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01634176v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01203544v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03196372v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01927557v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04068895v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201701143" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04104890v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01397711v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01401949v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shi-Qing Xin" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Chu" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaohui Yu" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2980179.2982428" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01245593v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Poulin" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2766900" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04068753v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.20141857" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00763898v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-24734-7_33" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00804550v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00764267v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lopez" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00763332v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Hao Zhang" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2077434.2077439" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00763403v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5242/iamg.2011.0064" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00763409v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5242/iamg.2011.0158" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00605927v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Wang" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISVD.2011.31" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00763400v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2118/141018-MS" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00547794v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-13411-1_18" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00547713v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04066606v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/1.3513325" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00953423v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Teck" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Raffin" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04066567v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lucas Viard" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gringarten" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Hugot" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2523/IPTC-13740-ABSTRACT" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00202465v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00331897v2" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00186866v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Toledo" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SIBGRA.2007.4368171" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00186857v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-76858-6_58" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00186848v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhaleb Zayer" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Peter Seidel" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00186833v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-75444-2_37" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105584v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105570v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105611v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105598v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105620v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Lecot" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105602v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1128888.1128912" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105566v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMI.2006.21" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105658v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMI.2005.29" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105660v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1101389.1101454" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105590v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04062038v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/1.2144435" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105607v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VISUAL.2005.1532802" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099626v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099808v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Ulysse" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099450v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Dichler" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamchid Chazanfarpour" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100880v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00101087v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Conreaux" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00110529v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00108043v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313285v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349023v2" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00600255v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Lu" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00600243v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vallet Bruno" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00186931v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071778v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04066439v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04026974v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01318075v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bastien" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Magnien" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00770939v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00432422v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00337991v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Botsch" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Pauly" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leif Kobbelt" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00186820v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00186795v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Hormann" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00804558v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33573-0_21" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6C9396AFCE5A2E3323C162F4C4022A458E0EFFE7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00602473v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00602809v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiromasa Suzuki" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinesh Manocha" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Qin" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2009.07.007" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K7ZKB1XF-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00538098v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00602829v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shi-Min Hu" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASE.2009.2022974" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00602813v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cagd.2009.04.001" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZM3HQ4XJ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00602833v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cagd.2008.06.001" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-513JK6SQ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00602835v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2008.06.001" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GMRJNRVF-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00337998v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01750588v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1999INPL094N" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bruno-levy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7007-3219" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/120122839" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251901v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno L&#233;vy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3744642" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05253830v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ray" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Merigot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Leclerc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2025.114374" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537822v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farnik Nikakhtar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravi K Sheth" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikhil Padmanabhan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roya Mohayaee" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.109.123512" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590343v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Brenier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.110.063550" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170689v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevD.108.083534" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413154v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian von Hausegger" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.128.201302" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974048v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravi K. Sheth" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.129.251101" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169575v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Basselin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alonso" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Sokolov" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lefebvre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.142610" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115841v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mnras/stab1676" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03196390v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Lamirel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cottrell" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madalina Olteanu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00521-020-05481-7" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02136697v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Anquez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Pellerin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Modeste Irakarama" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Cupillard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2018.12.001" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717967v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Schwindt" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2018.01.009" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03214192v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zichun Zhong" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenping Wang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Hua" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaohu Guo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3197517.3201369" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01927559v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3272127.3275092" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01596553v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dobrina Boltcheva" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Levy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2017.05.011" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493204v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Botella" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mazuyer" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chauvin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bonneau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cageo.2017.03.005" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01301871v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Caumon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10596-015-9484-9" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01397846v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Untereiner" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2930662" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01225202v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202738v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Nivoliers" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Geuzaine" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cam.2015.01.041" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01226395v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2015055" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01105033v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2014.10.390" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303811v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Merland" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Collon-Drouaillet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10596-014-9408-0" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924622v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cageo.2013.09.008" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01101627v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhonggui Chen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ligang Liu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Sun" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00929994v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.12175" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00930030v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles-Philippe Paill&#233;" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Poulain" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.12177" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MZC05CPG-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00930147v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2461912.2461946" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924190v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Hornus" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Larivi&#232;re" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Fourmentin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0053609" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01059755v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bommes" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Pietroni" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Puppo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Silva" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cgf.12014" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-K326SDNT-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03029492v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cherpeau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jef Caers" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11004-012-9389-2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645162v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chavent" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vanel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Tek" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Robert" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.21861" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00593625v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Viard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cageo.2010.08.004" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00647979v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong-Ming Yan" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Liu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2011.09.004" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00763290v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. R. Li" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaopeng Zhang" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wu-Jun Che" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiming Dong" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cag.2011.05.003" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PLTLVGJD-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00645161v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Krone" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Bidmon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Nomin&#233;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bib/bbq089" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00763324v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi-King Choi" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cagd.2011.09.007" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RVF5CDN1-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00602500v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2010.04.008" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00600251v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1833349.1778856" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00547936v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1559755.1559758" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00547716v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vallet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1640443.1640444" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03267483v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacira Sennoun" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meziani Ferhat" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dessebe" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cattan" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sol&#232;ne" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00432402v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Huamin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Turk Greg" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-8659.2009.01423.x" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PMRRMSHS-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00547790v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-8659.2009.01521.x" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00331894v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-8659.2008.01122.x" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00331900v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wan-Chiu Li" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1356682.1356683" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00339122v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Maigret" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmgm.2008.04.007" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QF2N7W24-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00331914v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo de Toledo" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Wang" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-8659.2008.01185.x" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00331906v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Buatois" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17445760802337010" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00104853v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wan Chiu Li" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alla Sheffer" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alliez" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1183287.1183297" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00104989v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Castani&#233;" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mion" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Cavin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04062068v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Castanie" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bosquet" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/1365-2397.23.1088.26713" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105689v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Mogilnitsky" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Bogomyakov" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1061347.1061354" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105629v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Paul" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099625v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/882262.882277" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211746v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Mouillac" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Quilichini" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Schmitz" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gaudart" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0750-7658(03)00214-4" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099624v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cohen-Steiner" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Devillers" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Desbrun" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1201775.882296" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100879v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas R&#233;my" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arben Shtuka" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Caers" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100754v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Petitjean" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Maillot" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/566654.566590" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00956165v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Dischler" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Maritaud" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamchid Ghazanfarpour" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1467-8659.t01-1-00600" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-6N5D2K86-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099256v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Dazy" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Laurent Mallet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099255v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705538v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Dapogny" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Oudet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694986v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Herrou" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bonneel" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Digne" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03081581v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01634176v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Reberol" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01551603v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ledoux" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01203544v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03196372v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01927557v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04104890v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04068895v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.201701143" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01401949v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shi-Qing Xin" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lei Chu" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaohui Yu" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2980179.2982428" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01397711v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01245593v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Poulin" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2766900" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04068753v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3997/2214-4609.20141857" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00804550v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00763898v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-24734-7_33" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00764267v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lopez" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00763409v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5242/iamg.2011.0158" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00763403v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5242/iamg.2011.0064" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00763332v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Hao Zhang" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2077434.2077439" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00605927v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Wang" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISVD.2011.31" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00763400v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2118/141018-MS" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00547713v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00953423v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Teck" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Raffin" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04066606v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/1.3513325" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00547794v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-13411-1_18" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04066567v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lucas Viard" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gringarten" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Hugot" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2523/IPTC-13740-ABSTRACT" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00202465v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00331897v2" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00186857v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Toledo" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-76858-6_58" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00186848v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhaleb Zayer" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Peter Seidel" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00186833v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-75444-2_37" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00186866v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SIBGRA.2007.4368171" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105611v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105570v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105584v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105598v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105620v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Lecot" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105602v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1128888.1128912" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105566v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMI.2006.21" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105590v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105660v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1101389.1101454" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04062038v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/1.2144435" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105607v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VISUAL.2005.1532802" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00105658v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMI.2005.29" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099626v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099808v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Ulysse" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00100880v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099450v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Dichler" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamchid Chazanfarpour" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00110529v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00101087v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Conreaux" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00108043v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313285v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349023v2" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00600255v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Lu" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00600243v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vallet Bruno" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00186931v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04066439v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071778v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04026974v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01318075v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bastien" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Magnien" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00770939v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00432422v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00337991v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Botsch" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Pauly" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leif Kobbelt" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00186820v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00186795v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Hormann" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00804558v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33573-0_21" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6C9396AFCE5A2E3323C162F4C4022A458E0EFFE7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00602809v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiromasa Suzuki" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinesh Manocha" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong Qin" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2009.07.007" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K7ZKB1XF-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00538098v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00602829v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shi-Min Hu" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASE.2009.2022974" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00602813v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cagd.2009.04.001" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZM3HQ4XJ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00602833v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cagd.2008.06.001" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-513JK6SQ-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00602835v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cad.2008.06.001" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GMRJNRVF-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00602473v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00337998v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01750588v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1999INPL094N" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>