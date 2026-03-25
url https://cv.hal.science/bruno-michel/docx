--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -766,278 +766,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-05193086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-physics modelling of the pellet-to-cladding gap closure phenomenon for SFR fuel performance codes</w:t>
+                <w:t xml:space="preserve">Dendrothripoides moundi (Thysanoptera, Thripidae), a new species from Madagascar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mourad Temmar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Michel</w:t>
+                <w:t xml:space="preserve">Arturo Goldarazena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Ramière</w:t>
+                <w:t xml:space="preserve">Masami Matsumoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Favrie</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Tolotra Ranarilalatiana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niry Dianzinga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enric Frago</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2019.151909⟩</w:t>
+              <w:t xml:space="preserve">Zootaxa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4877 (2), pp.396-400. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11646/zootaxa.4877.2.12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02534686v1</w:t>
+                <w:t xml:space="preserve">hal-03037718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dendrothripoides moundi (Thysanoptera, Thripidae), a new species from Madagascar</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multi-physics modelling of the pellet-to-cladding gap closure phenomenon for SFR fuel performance codes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tolotra Ranarilalatiana</w:t>
+                <w:t xml:space="preserve">Mourad Temmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Niry Dianzinga</w:t>
+                <w:t xml:space="preserve">Isabelle Ramière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enric Frago</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicolas Favrie</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zootaxa</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 4877 (2), pp.396-400. </w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 529, pp.151909. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.11646/zootaxa.4877.2.12⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2019.151909⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03037718v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02534686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Athermal dislocation strengthening in UO2</w:t>
               </w:r>
@@ -1291,51 +1291,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Helfer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Ramière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Esnoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1749,325 +1749,325 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale modelling of polycrystalline UO2: full-field simulations (FFT) and model reduction technique (NTFA)</w:t>
+                <w:t xml:space="preserve">Simulations numériques des conséquences mécaniques de la lithiation de particules de silicium dans une batterie lithium ions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Labat</w:t>
+                <w:t xml:space="preserve">Guilherme Dalevedo Viana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodrigue Largenton</w:t>
+                <w:t xml:space="preserve">Renaud Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Michel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Michel</w:t>
+                <w:t xml:space="preserve">Benoit Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mihail Garajeu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th European Solid Mechanics Conference (ESMC 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Galway, Ireland</w:t>
+              <w:t xml:space="preserve">25e Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04089785v1</w:t>
+                <w:t xml:space="preserve">hal-04281721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulations numériques des conséquences mécaniques de la lithiation de particules de silicium dans une batterie lithium ions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multiscale modelling of polycrystalline UO2: full-field simulations (FFT) and model reduction technique (NTFA)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renaud Masson</w:t>
+                <w:t xml:space="preserve">Julien Labat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigue Largenton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Michel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mihail Garajeu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25e Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
+              <w:t xml:space="preserve">11th European Solid Mechanics Conference (ESMC 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Galway, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04281721v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04089785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical modelling of the lithiation of silicon nanoparticles in lithium-ion batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilherme Dalevedo Viana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Gărăjeu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2105,77 +2105,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiscale modelling of polycrystalline UO2: full-field simulations (FFT) and model-reduction approach (NTFA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Labat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigue Largenton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2213,77 +2213,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiscale modelling of polycrystalline UO2: full-field simulations (FFT) and model reduction technique (NTFA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Labat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigue Largenton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2334,64 +2334,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling by homogenization the effective behavior of a fragile matrix reinforced by swelling inclusions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mihail Garajeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2548,256 +2548,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02912830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un schéma de calcul multi-échelles de type Éléments Finis au carré pour la simulation de combustibles nucléaires hétérogènes.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Renaud Masson</w:t>
+                <w:t xml:space="preserve">Modélisation par champ de phase des matériaux fragiles: aspects numériques et applications au combustible nucléaire oxyde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Helfer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tran Thang Dang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Fandeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Michel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Bernaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01922538v1</w:t>
+                <w:t xml:space="preserve">hal-01926327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation par champ de phase des matériaux fragiles: aspects numériques et applications au combustible nucléaire oxyde</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Tran Thang Dang</w:t>
+                <w:t xml:space="preserve">Un schéma de calcul multi-échelles de type Éléments Finis au carré pour la simulation de combustibles nucléaires hétérogènes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Ramière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Fandeur</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Michel</w:t>
+                <w:t xml:space="preserve">Stéphane Bernaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01926327v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01922538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3d simulation in the pleiades software environment for sodium fast reactor fuel pin behavior under irradiation</w:t>
               </w:r>
@@ -2902,471 +2902,471 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02419678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studying fuel failure behavior with a micromechanical approach</w:t>
+                <w:t xml:space="preserve">Modelling the fuel failure behavior with a micromechanical approach in the HBS area</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Esnoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigue Largenton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Pétry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Topfuel 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Boise, United States. pp.10 Pages</w:t>
+              <w:t xml:space="preserve">The Nuclear Materials Conference 2016 (NuMat2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01474239v1</w:t>
+                <w:t xml:space="preserve">hal-01474324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Studying fuel failure behavior with a micromechanical approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Esnoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigue Largenton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Pétry</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bruno Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 12th World Congress on Computational Mechanics (WCCM 12)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Seoul, South Korea</w:t>
+              <w:t xml:space="preserve">Topfuel 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Boise, United States. pp.10 Pages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01474287v1</w:t>
+                <w:t xml:space="preserve">hal-01474239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the fuel failure behavior with a micromechanical approach in the HBS area</w:t>
+                <w:t xml:space="preserve">Studying fuel failure behavior with a micromechanical approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Esnoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigue Largenton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Pétry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Michel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charles Pétry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Nuclear Materials Conference 2016 (NuMat2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Montpellier, France</w:t>
+              <w:t xml:space="preserve">The 12th World Congress on Computational Mechanics (WCCM 12)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Seoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01474324v1</w:t>
+                <w:t xml:space="preserve">hal-01474287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of a micromechanical approach to investigate transient fuel fragmentation mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Esnoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigue Largenton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Petry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3523,312 +3523,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01021648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1D and 3D modelling of PCMI during a RIA with ALCYONE v1.1</w:t>
+                <w:t xml:space="preserve">Polycrystalline aggregate model for the behavior of oxide fuels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Sercombe</w:t>
+                <w:t xml:space="preserve">Julien Pacull</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Fédérici</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christophe Poussard</w:t>
+                <w:t xml:space="preserve">Olivier Débordes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Topical Meeting on Light Water Reactor Fuel Performance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Orlando, United States. pp.307-318</w:t>
+              <w:t xml:space="preserve">IV European Conference on Computational Mechanics (Solides, Structures and Coupled Problems in Engineering)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04447310v1</w:t>
+                <w:t xml:space="preserve">hal-00475618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polycrystalline aggregate model for the behavior of oxide fuels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">1D and 3D modelling of PCMI during a RIA with ALCYONE v1.1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Sercombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Fédérici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Pacull</w:t>
+                <w:t xml:space="preserve">Matthieu Le Saux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Débordes</w:t>
+                <w:t xml:space="preserve">Christophe Poussard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IV European Conference on Computational Mechanics (Solides, Structures and Coupled Problems in Engineering)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Paris, France</w:t>
+              <w:t xml:space="preserve">International Topical Meeting on Light Water Reactor Fuel Performance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Orlando, United States. pp.307-318</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00475618v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04447310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèle numérique micromécanique d'agrégat polycristallin pour le comportement des cavités pressurisées dans les combustibles oxydes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pacull</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Débordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIXe Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Marseille, France. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3853,90 +3853,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèle numérique micromécanique d'agrégat polycristallin pour le comportement des combustibles oxydes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pacull</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Castelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Débordes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9e Colloque national en calcul des structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CSMA, May 2009, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3987,51 +3987,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Nuclear Society: 2008 Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Anaheim, California, United States. CD-ROM (6 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4095,64 +4095,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Ricaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mihail Garajeu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quinzièmes Journées Nationales sur les Composites (JNC15)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Marseille, France. pp.33-40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4235,51 +4235,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Asserin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danièle Ayrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Beccantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4496,51 +4496,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05471052v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Alkanj" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Godet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Johns" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Gourieux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Michel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ajhp/zxae011" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874424v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Borde" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Freyss" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Bourasseau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rodney" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2022.154157" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05191960v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Luzzi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Barani" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Boer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. del Nevo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lainet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.net.2022.10.038" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-03940475v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Welland" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nana Ofori-Opoku" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vanbrutzel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katalin Kulacsy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2022.154034" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05193086v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cognini" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.net.2021.04.010" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02534686v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Temmar" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rami&#232;re" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Favrie" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2019.151909" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03037718v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Goldarazena" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masami Matsumoto" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tolotra Ranarilalatiana" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niry Dianzinga" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enric Frago" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4877.2.12" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938715v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Portelette" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Amodeo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Madec" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854775v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Soulacroix" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Helfer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2018.06.035" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01403309v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Esnoul" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.713.155" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021798v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Gatt" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Kubler" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barrallier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02514885v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Michel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sercombe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Thouvenin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2008.01.012" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00204537v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimery Assire" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Raous" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0029-5493(00)00387-3" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L4R47S4M-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089785v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Labat" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Largenton" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Michel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281721v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Dalevedo Viana" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Masson" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mathieu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihail Garajeu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888588v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. G&#259;r&#259;jeu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797442v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797496v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523369v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gauthier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02912830v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Castelier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelle Ibrahim" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Saada" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922538v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bernaud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926327v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bary" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran Thang Dang" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fandeur" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419678v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Temmar" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ramiere" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pelletier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474239v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles P&#233;try" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474287v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474324v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296282v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Petry" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021648v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447310v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sercombe" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric F&#233;d&#233;rici" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Saux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Poussard" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475618v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pacull" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier D&#233;bordes" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461194v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412123v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367899v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Blanc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367809v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ricaud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04947183v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Asserin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Ayrault" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Beccantini" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Blaise" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05471052v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Alkanj" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Godet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Johns" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Gourieux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Michel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ajhp/zxae011" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874424v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Borde" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Freyss" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Bourasseau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rodney" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2022.154157" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05191960v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Luzzi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Barani" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Boer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. del Nevo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lainet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.net.2022.10.038" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-03940475v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Welland" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nana Ofori-Opoku" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vanbrutzel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katalin Kulacsy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2022.154034" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05193086v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cognini" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.net.2021.04.010" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03037718v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Goldarazena" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masami Matsumoto" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tolotra Ranarilalatiana" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niry Dianzinga" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enric Frago" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11646/zootaxa.4877.2.12" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02534686v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Temmar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rami&#232;re" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Favrie" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2019.151909" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938715v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Portelette" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Amodeo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Madec" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854775v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Soulacroix" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Helfer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2018.06.035" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01403309v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Esnoul" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.713.155" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021798v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Gatt" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Kubler" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Barrallier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02514885v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Michel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sercombe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Thouvenin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2008.01.012" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00204537v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimery Assire" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Raous" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0029-5493(00)00387-3" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L4R47S4M-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281721v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Dalevedo Viana" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Masson" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mathieu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihail Garajeu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089785v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Labat" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Largenton" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Michel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888588v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. G&#259;r&#259;jeu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797442v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03797496v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03523369v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gauthier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02912830v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Castelier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelle Ibrahim" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariem Saada" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926327v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bary" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran Thang Dang" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fandeur" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922538v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bernaud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02419678v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Temmar" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ramiere" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pelletier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474324v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles P&#233;try" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474239v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01474287v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01296282v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Petry" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01021648v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475618v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pacull" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier D&#233;bordes" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447310v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Sercombe" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric F&#233;d&#233;rici" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Saux" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Poussard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00461194v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412123v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367899v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Blanc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367809v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ricaud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04947183v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Asserin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Ayrault" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Beccantini" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Blaise" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>