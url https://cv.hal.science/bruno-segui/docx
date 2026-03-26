--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -640,325 +640,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-04873248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thrombospondin-1 Silencing Improves Lymphocyte Infiltration in Tumors and Response to Anti-PD-1 in Triple-Negative Breast Cancer</w:t>
+                <w:t xml:space="preserve">Neutral Sphingomyelinase 2 Heightens Anti-Melanoma Immune Responses and Anti–PD-1 Therapy Efficacy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elie Marcheteau</w:t>
+                <w:t xml:space="preserve">Anne Montfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Farge</w:t>
+                <w:t xml:space="preserve">Florie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michaël Pérès</w:t>
+                <w:t xml:space="preserve">Julia Rochotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Labrousse</w:t>
+                <w:t xml:space="preserve">Julia Gilhodes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Tenet</w:t>
+                <w:t xml:space="preserve">Thomas Filleron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 13 (16), pp.4059. </w:t>
+              <w:t xml:space="preserve">Cancer Immunology Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (5), pp.568-582. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cancers13164059⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1158/2326-6066.CIR-20-0342⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-04971585v1</w:t>
+                <w:t xml:space="preserve">inserm-03402255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neutral Sphingomyelinase 2 Heightens Anti-Melanoma Immune Responses and Anti–PD-1 Therapy Efficacy</w:t>
+                <w:t xml:space="preserve">Thrombospondin-1 Silencing Improves Lymphocyte Infiltration in Tumors and Response to Anti-PD-1 in Triple-Negative Breast Cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Montfort</w:t>
+                <w:t xml:space="preserve">Elie Marcheteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florie Bertrand</w:t>
+                <w:t xml:space="preserve">Thomas Farge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Rochotte</w:t>
+                <w:t xml:space="preserve">Michaël Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Gilhodes</w:t>
+                <w:t xml:space="preserve">Guillaume Labrousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Filleron</w:t>
+                <w:t xml:space="preserve">Julie Tenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Immunology Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9 (5), pp.568-582. </w:t>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (16), pp.4059. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1158/2326-6066.CIR-20-0342⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/cancers13164059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-03402255v1</w:t>
+                <w:t xml:space="preserve">inserm-04971585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining TNF blockade with immune checkpoint inhibitors in patients with cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Montfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Virazels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1061,90 +1061,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resistance of melanoma to immune checkpoint inhibitors is overcome by targeting the sphingosine kinase-1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Imbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Montfort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Fraisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Montfort</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Elie Marcheteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Gilhodes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 11 (1), pp.437. </w:t>
@@ -1221,51 +1221,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Virazels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Dufau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Montfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Levade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1718,51 +1718,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anti-TNF, a magic bullet in cancer immunotherapy?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Montfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Dufau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1852,51 +1852,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The TNF Paradox in Cancer Progression and Immunotherapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Montfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Colacios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1999,64 +1999,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sphingomyelin Synthase 1 (SMS1) Downregulation Is Associated With Sphingolipid Reprogramming and a Worse Prognosis in Melanoma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Bilal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Montfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Gilhodes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2120,51 +2120,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les anticorps anti-TNFα dans l’immunothérapie du mélanome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Montfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Colacios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2254,64 +2254,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S1P: the elixir of life for naive T cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Montfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Andrieu-Abadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2384,103 +2384,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TNFα blockade overcomes resistance to anti-PD-1 in experimental melanoma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Montfort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Montfort</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Elie Marcheteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Imbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Gilhodes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 8 (1), pp.2256. </w:t>
@@ -2518,103 +2518,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TNFα blockade overcomes resistance to anti-PD-1 in experimental melanoma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Montfort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Montfort</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Elie Marcheteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Imbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Gilhodes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 8 (1), </w:t>
@@ -3018,291 +3018,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-04906477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Tricyclodecan-9-yl-xanthogenate D609 Triggers Ceramide Increase and Enhances FasL-Induced Caspase-Dependent and -Independent Cell Death in T Lymphocytes</w:t>
+                <w:t xml:space="preserve">Ordering of ceramide formation and caspase-9 activation in CD95L-induced Jurkat leukemia T cell apoptosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Milhas</w:t>
+                <w:t xml:space="preserve">Elodie Lafont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Andrieu-Abadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toshiro Okazaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klaus Schulze-Osthoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms13078834⟩</w:t>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta Molecular and Cell Biology of Lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1821 (4), pp.684-693. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbalip.2012.01.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-04963209v1</w:t>
+                <w:t xml:space="preserve">inserm-04963190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ordering of ceramide formation and caspase-9 activation in CD95L-induced Jurkat leukemia T cell apoptosis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Romain Dupont</w:t>
+                <w:t xml:space="preserve">The Tricyclodecan-9-yl-xanthogenate D609 Triggers Ceramide Increase and Enhances FasL-Induced Caspase-Dependent and -Independent Cell Death in T Lymphocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Milhas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Andrieu-Abadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Toshiro Okazaki</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Levade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Klaus Schulze-Osthoff</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hervé Benoist</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Ségui</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta Molecular and Cell Biology of Lipids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 1821 (4), pp.684-693. </w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 13 (7), pp.8834 - 8852. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bbalip.2012.01.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijms13078834⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-04963190v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-04963209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CD95 triggers Orai1-mediated localized Ca2+ entry, regulates recruitment of protein kinase C (PKC) β2, and prevents death-inducing signaling complex formation.</w:t>
               </w:r>
@@ -3461,51 +3461,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marguerite Pitié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Culerrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Lafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Ségui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3690,64 +3690,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caspase-mediated inhibition of sphingomyelin synthesis is involved in FasL-triggered cell death.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Lafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Milhas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3970,64 +3970,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caspase-10-dependent cell death in Fas/CD95 signalling is not abrogated by caspase inhibitor zVAD-fmk.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Lafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Milhas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justin Teissié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4104,90 +4104,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FAN (factor associated with neutral sphingomyelinase activation), a moonlighting protein in TNF-R1 signaling.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Montfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal G.P. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Levade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Benoist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Ségui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4368,51 +4368,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two structurally identical mannose-specific jacalin-related lectins display different effects on human T lymphocyte activation and cell death.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Benoist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Culerrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4636,51 +4636,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FAN stimulates TNF(alpha)-induced gene expression, leukocyte recruitment, and humoral response.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Montfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte de Badts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5351,51 +5351,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Genais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Virazels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Montfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vera Pancaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5472,51 +5472,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Virazels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lusque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Filleron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara-Maria Scarlata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5623,51 +5623,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lusque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Virazels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Filleron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ESMO congress 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Paris, France. Annals of Oncology, 33 (suppl_7), pp.S936-S937, 2022, </w:t>
@@ -5718,77 +5718,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TNF plasma levels in advanced melanoma patients treated with immune checkpoint inhibitors: results from the MELANFα clinical study.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Virazels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Montfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lusque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Filleron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Colacios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5843,64 +5843,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining TNF blockade with immune checkpoint inhibitors in advanced melanoma patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Virazels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Montfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Filleron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Dufau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5955,77 +5955,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neutral sphingomyelinase 2 heightens anti-melanoma immune response and synergizes with immune checkpoint inhibitors.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Montfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Rochotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Andrieu-Abadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6388,51 +6388,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Triple combination of anti-CTLA-4, anti-PD-1 and anti-TNF in mouse melanoma models and advanced melanoma patients.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Ségui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Montfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Virazels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7026,64 +7026,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anti-TNF + Nivolumab + Ipilimumab pour le traitement du mélanome avancé : premiers résultats de l’essai clinique TICIMEL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Montfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Filleron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Virazels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7141,803 +7141,803 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04970832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neutral sphingomyelinase 2 heightens anti-melanoma immune responses and anti-PD-1 therapy efficacy.</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Combining TNF inhibitors to anti-PD-1 and anti-CTLA-4 for the treatment of advanced melanoma patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Montfort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Virazels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Dufau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Brayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Andrieu-Abadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 141st Annual Meeting of the Pharmaceutical Society of Japan</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Pharmaceutical Society of Japan, Mar 2021, Hiroshima (Virtual meeting), Japan</w:t>
+              <w:t xml:space="preserve">17ème journées du Cancéropôle Grand Sud-Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Carcassone, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04974402v1</w:t>
+                <w:t xml:space="preserve">hal-04970934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining TNF inhibitors to anti-PD-1 and anti-CTLA-4 for the treatment of advanced melanoma patients</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Neutral sphingomyelinase 2 heightens anti-melanoma immune responses and anti-PD-1 therapy efficacy.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Ségui</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17ème journées du Cancéropôle Grand Sud-Ouest</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Carcassone, France</w:t>
+              <w:t xml:space="preserve">The 141st Annual Meeting of the Pharmaceutical Society of Japan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pharmaceutical Society of Japan, Mar 2021, Hiroshima (Virtual meeting), Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04970934v1</w:t>
+                <w:t xml:space="preserve">hal-04974402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ceramide metabolism in melanoma: From basic mechanisms to Immunotherapy in advanced melanoma patients.</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Neutral sphingomyelinase 2 heightens anti-melanoma immune response and synergizes with anti-PD-1.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Montfort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Rochotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Andrieu-Abadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Levade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Introduction lecture at the 14th Sphingo Therapy Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Toshiro Okazaki, Jan 2020, Kanazawa, Japan</w:t>
+              <w:t xml:space="preserve">Toulouse Oncoweek</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04974371v1</w:t>
+                <w:t xml:space="preserve">hal-04971026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neutral sphingomyelinase 2 heightens anti-melanoma immune response and synergizes with anti-PD-1.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ceramide metabolism in melanoma: From basic mechanisms to Immunotherapy in advanced melanoma patients.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Ségui</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toulouse Oncoweek</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2020, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Introduction lecture at the 14th Sphingo Therapy Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Toshiro Okazaki, Jan 2020, Kanazawa, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04971026v1</w:t>
+                <w:t xml:space="preserve">hal-04974371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeting TNF-alpha to overcome resistance to immunotherapy in melanoma</w:t>
+                <w:t xml:space="preserve">Ceramide metabolism in melanoma: from basic mechanisms to immunotherapy in advanced melanoma patients.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Ségui</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Montfort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Colacios</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Andrieu-Abadie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th Summer School on Medicines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Denis Deblois, Jun 2019, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">FEBS 2019 Sphingolipid Biology: Sphingolipids in Physiology and Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Giovanni D'Angelo, Christopher J. Clarke, Liana C. Silva, May 2019, Cascais, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04974731v1</w:t>
+                <w:t xml:space="preserve">hal-04974329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resistance of Melanoma to Immune Checkpoint Inhibitors is Overcome by Targeting the Sphingosine Kinase 1</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">TNF-dependent mechanisms of immune escape and resistance to immunotherapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Ségui</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canceropole GSO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Canceropole GSO, Nov 2019, Arcachon, France</w:t>
+              <w:t xml:space="preserve">3rd European R&amp;D Day in immuno-oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04993281v1</w:t>
+                <w:t xml:space="preserve">hal-04974781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TNF-dependent mechanisms of immune escape and resistance to immunotherapy</w:t>
+                <w:t xml:space="preserve">Targeting TNF-alpha to overcome resistance to immunotherapy in melanoma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Ségui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd European R&amp;D Day in immuno-oncology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Amsterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">11th Summer School on Medicines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Denis Deblois, Jun 2019, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04974781v1</w:t>
+                <w:t xml:space="preserve">hal-04974731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ceramide metabolism in melanoma: from basic mechanisms to immunotherapy in advanced melanoma patients.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Ségui</w:t>
+                <w:t xml:space="preserve">Resistance of Melanoma to Immune Checkpoint Inhibitors is Overcome by Targeting the Sphingosine Kinase 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Colacios</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Montfort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Fraisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Montfort</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Andrieu-Abadie</w:t>
+                <w:t xml:space="preserve">Elie Marcheteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS 2019 Sphingolipid Biology: Sphingolipids in Physiology and Pathology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Giovanni D'Angelo, Christopher J. Clarke, Liana C. Silva, May 2019, Cascais, Portugal</w:t>
+              <w:t xml:space="preserve">Canceropole GSO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Canceropole GSO, Nov 2019, Arcachon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04974329v1</w:t>
+                <w:t xml:space="preserve">hal-04993281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anti-TNF in melanoma immunotherapy: from basic findings to the clinic</w:t>
               </w:r>
@@ -7992,103 +7992,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining TNF-targeting antibodies to immune checkpoint inhibitors in melanoma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Montfort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Montfort</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Elie Marcheteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Imbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Gilhodes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Toulouse Oncoweek</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2018, Toulouse, France</w:t>
@@ -8999,51 +8999,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05495718v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Bu&#241;ay" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Record" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe de Medina" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silia Ayadi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laly Pucheu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jev2.70225" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996473v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Virazels" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lusque" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Brayer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Genais" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Dufau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.35416" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04773877v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Mucher" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Jung" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Garcia" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2024.1421432" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04873248v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireia Casasampere" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnson Ung" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro I&#241;&#225;&#241;ez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhito Tsuboi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JLR.2024.100520" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04971585v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Marcheteau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Farge" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Labrousse" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Tenet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers13164059" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03402255v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Montfort" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Bertrand" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Rochotte" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Gilhodes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Filleron" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/2326-6066.CIR-20-0342" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960542v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Colacios" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meyer" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno S&#233;gui" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41584-021-00653-8" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02492179v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Imbert" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Fraisse" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-14218-7" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04873888v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorry Carri&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Levade" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells9091967" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04873868v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Pellerin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Nieto" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers12113147" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194445v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Alaeddine" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Prat" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Poinsot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gouaz&#233;-Andersson" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Authier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/2326-6066.CIR-18-0213" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03350717v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Poiroux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Barre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Simplicien" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pelofy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Segui" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20010230" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04905685v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Andrieu-Abadie" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40425-019-0802-y" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04905614v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.01818" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332278v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Bilal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Riond" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2019.00443" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04905584v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2018202" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04905494v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cmi.2017.110" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04905428v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-02358-7" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866756v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063558v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Edmond" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Dufour" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Shoji" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Malleter" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/onc.2014.55" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01255869v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Legembre" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Micheau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncoscience.196" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04906477v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Sabourdy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Astudillo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Dubot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Mrad" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbalip.2015.01.010" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04963209v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Milhas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Benoist" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms13078834" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04963190v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lafont" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dupont" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshiro Okazaki" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Schulze-Osthoff" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbalip.2012.01.012" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00641268v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Khadra" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bresson-Bepoldin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Penna" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chaigne-Delalande" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1116946108" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484992v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Piti&#233;" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Culerrier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0023315" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00613672v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani Nazzal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Therville" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Yacoub-Youssef" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mogens Thomsen" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/655700" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00473914v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Carpentier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgine Garcia" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.-X. Jin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cdd.2009.130" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485011v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Els J.M. van Damme" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1751-1097.2010.00858.x" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XGN6VM17-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00550848v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Teissi&#233;" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0013638" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00504725v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal G.P. Martin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1189/jlb.0410188" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00423309v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Blaes" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Calise" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Thiers" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.healun.2008.06.012" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00409940v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Culerrier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jauneau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1189/jlb.0708434" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00474274v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mas" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Danjoux" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0007929" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00473894v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte de Badts" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorine Douin-Echinard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason S. Iacovoni" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.0803384" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00174981v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Baricault" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Gu&#233;gand" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Olichon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Valette" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yexcr.2007.08.008" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00317862v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Escaffit" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vaute" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Chevillard-Briet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasunari Takami" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.00869-06" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04826847v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bezombes" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cuvillier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bruno" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Uro-Coste" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.00-0466fje" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04973597v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Badier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Pestourie" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Quelven" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04991620v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Pancaldi" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971045v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara-Maria Scarlata" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Ayyoub" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04975541v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annonc.2022.07.972" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971055v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970987v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970950v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04991577v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974692v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04991531v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974544v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974508v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974669v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974429v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974455v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04975301v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974420v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970832v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974402v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970934v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974371v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971026v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974731v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993281v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974781v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974329v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974761v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970883v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/tel-05002536v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023TOU30348" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/tel-04967074v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04976432v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04976354v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ghenassia" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04976387v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Colacios" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Riond" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04976375v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05495718v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Bu&#241;ay" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Record" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe de Medina" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silia Ayadi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laly Pucheu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jev2.70225" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04996473v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Virazels" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lusque" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Brayer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Genais" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Dufau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.35416" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04773877v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Mucher" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Jung" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Garcia" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2024.1421432" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04873248v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireia Casasampere" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnson Ung" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro I&#241;&#225;&#241;ez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuhito Tsuboi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.JLR.2024.100520" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03402255v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Montfort" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Bertrand" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Rochotte" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Gilhodes" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Filleron" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/2326-6066.CIR-20-0342" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04971585v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Marcheteau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Farge" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Labrousse" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Tenet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers13164059" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960542v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Colacios" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meyer" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno S&#233;gui" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41584-021-00653-8" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02492179v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Imbert" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Fraisse" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-019-14218-7" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04873888v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorry Carri&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Levade" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells9091967" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04873868v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Pellerin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Nieto" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers12113147" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194445v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Alaeddine" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Prat" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Poinsot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gouaz&#233;-Andersson" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Authier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/2326-6066.CIR-18-0213" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03350717v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Poiroux" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Barre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Simplicien" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pelofy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Segui" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20010230" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04905685v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Andrieu-Abadie" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40425-019-0802-y" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04905614v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.01818" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332278v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Bilal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Riond" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2019.00443" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04905584v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2018202" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04905494v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cmi.2017.110" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04905428v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-02358-7" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866756v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063558v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Edmond" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Dufour" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Shoji" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Malleter" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/onc.2014.55" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01255869v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Legembre" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Micheau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncoscience.196" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04906477v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Sabourdy" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Astudillo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Dubot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Mrad" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbalip.2015.01.010" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04963190v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lafont" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dupont" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshiro Okazaki" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Schulze-Osthoff" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbalip.2012.01.012" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04963209v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Milhas" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Benoist" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms13078834" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00641268v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Khadra" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Bresson-Bepoldin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Penna" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Chaigne-Delalande" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1116946108" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484992v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Piti&#233;" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Culerrier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0023315" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00613672v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani Nazzal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Therville" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Yacoub-Youssef" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mogens Thomsen" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/655700" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00473914v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Carpentier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgine Garcia" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.-X. Jin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cdd.2009.130" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485011v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Els J.M. van Damme" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1751-1097.2010.00858.x" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XGN6VM17-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00550848v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Teissi&#233;" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0013638" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00504725v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal G.P. Martin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1189/jlb.0410188" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00423309v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Blaes" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Calise" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Thiers" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.healun.2008.06.012" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00409940v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Culerrier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jauneau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1189/jlb.0708434" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00474274v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Mas" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Danjoux" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0007929" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00473894v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte de Badts" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorine Douin-Echinard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason S. Iacovoni" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.0803384" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00174981v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Baricault" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Gu&#233;gand" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Olichon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Valette" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yexcr.2007.08.008" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00317862v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Escaffit" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vaute" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Chevillard-Briet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasunari Takami" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.00869-06" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04826847v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bezombes" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cuvillier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bruno" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Uro-Coste" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.00-0466fje" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04973597v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Badier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Pestourie" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Quelven" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04991620v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Pancaldi" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971045v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara-Maria Scarlata" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Ayyoub" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04975541v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annonc.2022.07.972" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971055v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970987v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970950v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04991577v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974692v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04991531v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974544v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974508v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974669v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974429v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974455v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04975301v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974420v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970832v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970934v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974402v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971026v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974371v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974329v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974781v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974731v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04993281v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04974761v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970883v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/tel-05002536v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023TOU30348" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/tel-04967074v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04976432v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04976354v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Ghenassia" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04976387v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Colacios" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Riond" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04976375v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>