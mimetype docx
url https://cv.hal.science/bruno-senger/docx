--- v0 (2026-03-03)
+++ v1 (2026-03-26)
@@ -502,597 +502,597 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05141285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loss of seryl-tRNA synthetase ( SARS1 ) causes complex spastic paraplegia and cellular senescence</w:t>
+                <w:t xml:space="preserve">Bi-Genomic Mitochondrial-Split-GFP − the Yeast System for Screening the Mitochondrial Matrix Echoforms of Dually Localized Proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edgard Verdura</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Senger</w:t>
+                <w:t xml:space="preserve">Gaëtan Bader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miquel Raspall-Chaure</w:t>
+                <w:t xml:space="preserve">Ludovic Enkler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agatha Schlüter</w:t>
+                <w:t xml:space="preserve">Yuhei Araiso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Launay</w:t>
+                <w:t xml:space="preserve">Marine Hemmerle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Krystyna Bińko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medical Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/jmg-2022-108529⟩</w:t>
+              <w:t xml:space="preserve">Biochimica biophysica acta (BBA) - Bioenergetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1863, pp.148895. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbabio.2022.148895⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03798206v1</w:t>
+                <w:t xml:space="preserve">hal-04833277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">tRNA-dependent addition of amino acids to cell wall and membrane components</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Loss of seryl-tRNA synthetase ( SARS1 ) causes complex spastic paraplegia and cellular senescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Hemmerle</w:t>
+                <w:t xml:space="preserve">Edgard Verdura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Senger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathaniel Yakobov</w:t>
+                <w:t xml:space="preserve">Miquel Raspall-Chaure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nassira Mahmoudi</w:t>
+                <w:t xml:space="preserve">Agatha Schlüter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Fischer</w:t>
+                <w:t xml:space="preserve">Nathalie Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 203, pp.93-105. </w:t>
+              <w:t xml:space="preserve">Journal of Medical Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.jmedgenet-2022-108529. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2022.09.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1136/jmg-2022-108529⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04235462v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03798206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RNA-dependent synthesis of ergosteryl-3β-O-glycine in Ascomycota expands the diversity of steryl-amino acids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathaniel Yakobov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassira Mahmoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Grob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daisuke Yokokawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yusuke Saga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 298 (3), pp.101657. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jbc.2022.101657⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03796231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bi-Genomic Mitochondrial-Split-GFP − the Yeast System for Screening the Mitochondrial Matrix Echoforms of Dually Localized Proteins</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">tRNA-dependent addition of amino acids to cell wall and membrane components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Grob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Hemmerle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathaniel Yakobov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nassira Mahmoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Krystyna Bińko</w:t>
+                <w:t xml:space="preserve">Frédéric Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica biophysica acta (BBA) - Bioenergetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 1863, pp.148895. </w:t>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 203, pp.93-105. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bbabio.2022.148895⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2022.09.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04833277v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04235462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cex1 is a component of the COPI intracellular trafficking machinery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Enkler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Rinaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1195,77 +1195,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assigning mitochondrial localization of dual localized proteins using a yeast Bi-Genomic Mitochondrial-Split-GFP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaétan Bader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Enkler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuhei Araiso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Hemmerle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krystyna Binko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1450,90 +1450,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RNA-dependent sterol aspartylation in fungi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathaniel Yakobov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassira Mahmoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yusuke Saga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher D Grube</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1578,351 +1578,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-02869570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cytosolic aminoacyl-tRNA synthetases: Unanticipated relocations for unexpected functions</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cex1 is a new component of the COPIb trans-Golgi-to-vacuole intracellular trafficking machinery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Enkler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.O. de Craene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Rinaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hammann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Osamu Nureki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta - Gene Regulatory Mechanisms </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">BioRxiv</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02370188v1</w:t>
+                <w:t xml:space="preserve">hal-02918644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cex1 is a new component of the COPIb trans-Golgi-to-vacuole intracellular trafficking machinery</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cytosolic aminoacyl-tRNA synthetases: Unanticipated relocations for unexpected functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathaniel Yakobov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Debard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Fischer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Senger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Dominique Becker</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioRxiv</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta - Gene Regulatory Mechanisms </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 1861 (4), pp.387-400. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbagrm.2017.11.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02918644v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02370188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonconventional localizations of cytosolic aminoacyl-tRNA synthetases in yeast and human cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaétan Bader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan-Owen de Craene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Enkler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Bär</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1986,51 +1986,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression of Nuclear and Mitochondrial Genes Encoding ATP Synthase Is Synchronized by Disassembly of a Multisynthetase Complex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Frechin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Enkler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Tetaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2146,51 +2146,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Huot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaétan Bader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Enkler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2241,51 +2241,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystal structure of Saccharomyces cerevisiae mitochondrial GatFAB reveals a novel subunit assembly in tRNA-dependent amidotransferases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuhei Araiso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Huot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2293,51 +2293,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takuya Sekiguchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Frechin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Fischer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 42 (9), pp.6052-6063. </w:t>
@@ -4657,51 +4657,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visualizing Mitochondrial Importability of a Protein Using the Yeast Bi-Genomic Mitochondrial-Split-GFP Strain and an Ordinary Fluorescence Microscope</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Hemmerle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4774,90 +4774,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-canonical inputs and outputs of tRNA aminoacylation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Hemmerle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Wendenbaum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Grob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathaniel Yakobov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassira Mahmoudi-Kaidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5171,51 +5171,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234652v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hironori Takeda" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saori Shinoda" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiho Goto" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akihisa Tsutsumi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haruka Sakaue" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-62021-4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753356v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yury Bykov" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Zuttion" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Senger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofir Klein" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeynit Asraf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.98889.1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141285v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiranjit Panja" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Friant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#243;&#380;a Kucharczyk" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.mie.2024.07.028" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798206v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgard Verdura" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miquel Raspall-Chaure" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agatha Schl&#252;ter" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Launay" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jmg-2022-108529" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235462v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Grob" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Hemmerle" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaniel Yakobov" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassira Mahmoudi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fischer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2022.09.017" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796231v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daisuke Yokokawa" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yusuke Saga" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2022.101657" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04833277v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Bader" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Enkler" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhei Araiso" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystyna Bi&#324;ko" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbabio.2022.148895" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03288818v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Rinaldi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.O. de Craene" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hammann" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osamu Nureki" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/bio.058528" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898815v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Bader" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystyna Binko" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.56649" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992472v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Manole" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Efthymiou" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emer O'Connor" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa I Mendes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Jennings" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajhg.2020.06.016" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02869570v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher D Grube" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2003266117" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370188v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Debard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Dominique Becker" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagrm.2017.11.004" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918644v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771885v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan-Owen de Craene" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine B&#228;r" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymeth.2016.09.017" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370180v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Frechin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tetaud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Laporte" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2014.10.015" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370182v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Huot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2014.10.007" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370178v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuya Sekiguchi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gku234" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370174v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kayo Nozawa" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryuichiro Ishitani" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tohru Yoshihisa" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamoru Sato" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fumio Arisaka" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt010" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451322v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kern" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Pierre Martin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Becker" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2009.11.037" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LMSN6PDF-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484960v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fr&#233;chin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Bray&#233;" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gad.518109" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370163v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Graindorge" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Tritch" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Simos" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Fasiolo" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi049024z" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-FBS81TX0-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370162v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Rousselle" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lenormand" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Namane" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2005.07.037" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PBJM3254-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01404699v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Fromont-Racine" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosmin Saveanu" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-1119(03)00629-2" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8VGM4R8D-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370150v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Bogengruber" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Briza" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Doppler" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herbert Wimmer" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lore Koller" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1567-1364.2003.tb00136.x" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370147v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis L.J. Lafontaine" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Sebastien Graindorge" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gadal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Camasses" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1097-2765(01)00403-8" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370141v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Despons" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Walter" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hieronim Jakubowski" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.2001.4844" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/93B8D7E09A6314DFDB7BA97919C7F4C89ACCDBC4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370138v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Senger" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/emboj/17.8.2196" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370118v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Auxilien" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Englisch" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Cramer" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi970206l" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-8Q2QG8PH-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369829v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruslan Aphasizhev" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens-Uwe Rengers" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Sprinzl" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi9517998" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-286CGCH4-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370102v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.1995.0279" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/16273929B123B24A9A8BBC9C4F12CCAEE86417EF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369873v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Buttcher" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schumacher" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Reinbolt" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fasiolo" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/bbrc.1994.1458" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RQG0NVN3-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369845v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Despons" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Walter" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.89.22.10768" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369843v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0022-2836(92)90409-d" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-33ZPKGPX-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369841v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Ebel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0014-5793(91)81073-h" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798229v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roza Kucharczyk" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2309-1_16" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919274v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Wendenbaum" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassira Mahmoudi-Kaidi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.enz.2020.04.003" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00270801v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234652v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hironori Takeda" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saori Shinoda" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiho Goto" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akihisa Tsutsumi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haruka Sakaue" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-62021-4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753356v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yury Bykov" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Zuttion" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Senger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofir Klein" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeynit Asraf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.98889.1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141285v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiranjit Panja" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Friant" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#243;&#380;a Kucharczyk" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.mie.2024.07.028" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04833277v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Bader" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Enkler" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhei Araiso" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Hemmerle" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystyna Bi&#324;ko" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbabio.2022.148895" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798206v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgard Verdura" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miquel Raspall-Chaure" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agatha Schl&#252;ter" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Launay" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jmg-2022-108529" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796231v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathaniel Yakobov" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassira Mahmoudi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Grob" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daisuke Yokokawa" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yusuke Saga" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2022.101657" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235462v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Fischer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2022.09.017" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03288818v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Rinaldi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.O. de Craene" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hammann" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osamu Nureki" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/bio.058528" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898815v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Bader" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystyna Binko" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.56649" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992472v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Manole" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Efthymiou" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emer O'Connor" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisa I Mendes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Jennings" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajhg.2020.06.016" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02869570v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher D Grube" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2003266117" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918644v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370188v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Debard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Dominique Becker" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagrm.2017.11.004" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771885v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan-Owen de Craene" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine B&#228;r" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymeth.2016.09.017" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370180v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Frechin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Tetaud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Laporte" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2014.10.015" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370182v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Huot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2014.10.007" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370178v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takuya Sekiguchi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gku234" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370174v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kayo Nozawa" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryuichiro Ishitani" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tohru Yoshihisa" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamoru Sato" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fumio Arisaka" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt010" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00451322v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kern" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Pierre Martin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Becker" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2009.11.037" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LMSN6PDF-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484960v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fr&#233;chin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Bray&#233;" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gad.518109" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370163v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Graindorge" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Tritch" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Simos" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franco Fasiolo" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi049024z" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-FBS81TX0-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370162v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Rousselle" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lenormand" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Namane" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2005.07.037" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PBJM3254-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01404699v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Fromont-Racine" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosmin Saveanu" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-1119(03)00629-2" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8VGM4R8D-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370150v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Bogengruber" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Briza" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Doppler" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herbert Wimmer" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lore Koller" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1567-1364.2003.tb00136.x" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370147v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis L.J. Lafontaine" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Sebastien Graindorge" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gadal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Camasses" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1097-2765(01)00403-8" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370141v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Despons" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Walter" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hieronim Jakubowski" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.2001.4844" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/93B8D7E09A6314DFDB7BA97919C7F4C89ACCDBC4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370138v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Senger" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/emboj/17.8.2196" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370118v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Auxilien" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Englisch" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Cramer" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi970206l" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-8Q2QG8PH-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369829v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruslan Aphasizhev" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens-Uwe Rengers" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Sprinzl" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi9517998" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-286CGCH4-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370102v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.1995.0279" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/16273929B123B24A9A8BBC9C4F12CCAEE86417EF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369873v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Buttcher" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schumacher" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Reinbolt" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fasiolo" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/bbrc.1994.1458" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RQG0NVN3-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369845v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Despons" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Walter" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.89.22.10768" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369843v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0022-2836(92)90409-d" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-33ZPKGPX-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369841v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Ebel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0014-5793(91)81073-h" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798229v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roza Kucharczyk" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2309-1_16" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919274v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Wendenbaum" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassira Mahmoudi-Kaidi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.enz.2020.04.003" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00270801v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>