--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -147,77 +147,2424 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (24)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal placement of distributed optic fiber sensors for online structural health monitoring with the modified Constitutive Relation Error</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Andres Perez Orozco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Chamoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cortial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya de Buhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd IACM Digital Twins in Engineering Conference (DTE 2025) &amp; 1st ECCOMAS Artificial Intelligence and Computational Methods in Applied Science (AICOMAS 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04992862v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modélisation du confort thermique dans les espaces semi-ouverts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Devys-Peyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Walther</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Inard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence IBPSA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Building Performance Simulation Association, May 2020, Reims, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05417130v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modèles de substitution multifidélité en calcul de structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Néron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Nachar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence Régionale NAFEMS France 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, PARIS, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01937099v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the Use of Gradient-Enhanced Metamodels for Global Approximation and Global Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VII European Congress on Computational Methods in Applied Sciences and Engineering, the ECCOMAS Congress 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Hersonissos, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01411135v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-fidelity optimization for assemblies design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Courrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIGOS 2015 - “Innovations in Construction”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Cachan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01696387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Métamodèles à gradients et multiniveaux de fidélité pour l'optimisation d'assemblages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Courrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12e Colloque national en calcul des structures </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, May 2015, Giens, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01436429v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparison of several enrichment methods to build an accurate model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Courrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IRTG ViVaCE - Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2014, Cachan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01696605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improvement of Multiparametric Strategy in Two-Level Model Optimization of Assemblies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1st International Conference on Engineering and Applied Sciences Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Kos, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01431903v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Construction of a metamodel based on partially converged data in the context of assembly design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Courrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Twelfth International Conference on Computational Structures Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Naples, Unknown Region</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01625590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Utilisation de calculs partiellement convergés pour la construction de métamodèle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Courrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11e Colloque National en Calcul des Structures (CSMA 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Giens, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01696651v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimization of assemblies using partially converged computations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Courrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IRTG ViVaCE - Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Hanovre, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01696821v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combining Multiparametric Strategy and Gradient-Based Surrogate Model for Optimizing Structure Assemblies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10th World Congress on Structural and Multidisciplinary Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Orlando, Florida, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01431904v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimisation d'assemblages par métamodèles à gradients et stratégie multiparamétrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11e Colloque National en Calcul des Structures (CSMA 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, May 2013, Giens, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01431805v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coupling Partially Converged Computations and Multiparametric Strategy for Structural Optimization of Assemblies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ESMC8 – 8th European Solid Mechanics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Graz, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01696890v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gradient-Enhanced Metamodels and Multiparametric Strategies for Designing Structural Assemblies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eleventh International Conference on Computational Structures Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Dubrovnik, Croatia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4203/ccp.99.230⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01431905v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimisation multi-niveaux d'assemblages en contact frottant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10e colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Giens, France. pp.Clé USB</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00592902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multilevel Optimization Using Multiparametric Strategy and Cokriging Metamodel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IRTG 1627 Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Porquerolles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01431908v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fast Multilevel Optimization using a Multiparametric Strategy and a Cokriging Metamodel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Second International Conference on Soft Computing Technology in Civil, Structural and Environmental Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Chania, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4203/ccp.97.50⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01431906v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cokrigeage et stratégie multiparamétrique pour l'optimisation d'assemblages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20ème Congrès Français de Mécanique (CFM 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01431907v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multilevel optimization using interpolation models coupled with a multiparametric strategy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECCM 2010 - 4th European Conference on Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01697743v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stratégie multirésolution pour l'optimisation multi-niveaux de modèles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9e Colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, May 2009, Giens, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01413207v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A multiparametric strategy for large-scale multilevel optimization of structural assemblies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WCSMO-8 - 8th World Congress on Structural and Multidisciplinary Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Lisboa, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01988032v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Construction d'approximation globale par approche bayésienne pour l'optimisation de problèmes fortement non linéaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CFM 2007 - 18ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2007, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03360182v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thermal parametric studies for radioactive waste management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Manzoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Le Bonhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Guilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Basis for Nuclear Waste Management XXIII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 1999, Boston, United States. pp.167--172</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01625604v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal placement of distributed optic fiber sensors with the modified Constitutive Relation Error</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Andres Perez Orozco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -262,3179 +2609,832 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Soulier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 238, pp.113206. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ymssp.2025.113206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05217521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An overview of gradient-enhanced metamodels with applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Soulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives of Computational Methods in Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 26 (1), pp.61-106. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11831-017-9226-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-01525674v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variable-fidelity modeling of structural analysis of assemblies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Courrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Soulier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Global Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 64, pp.577--613. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10898-015-0345-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01625589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The use of partially converged simulations in building surrogate models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Courrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Soulier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Engineering Software</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 67, pp.186 - 197. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.advengsoft.2013.09.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01376461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of a cokriging metamodel using a multiparametric strategy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">A dedicated multiparametric strategy for the fast construction of a cokriging metamodel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Soulier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00466-012-0711-0⟩</w:t>
+              <w:t xml:space="preserve">Computers &amp; Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, KRETA, 124, pp.61 - 73. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruc.2013.03.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01376462v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01376464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A dedicated multiparametric strategy for the fast construction of a cokriging metamodel</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">A multiparametric strategy for the two step optimization of structural assemblies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Soulier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers &amp; Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compstruc.2013.03.012⟩</w:t>
+              <w:t xml:space="preserve">Structural and Multidisciplinary Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 47 (4), pp.539-553. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00158-012-0854-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01376464v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01376463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multiparametric strategy for the two step optimization of structural assemblies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Generation of a cokriging metamodel using a multiparametric strategy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Soulier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Structural and Multidisciplinary Optimization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00158-012-0854-9⟩</w:t>
+              <w:t xml:space="preserve">Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 51 (2), pp.151-169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00466-012-0711-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01376463v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01376462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling of steel fiber reinforced concrete response in tension [Modélisation de la réponse en traction du béton renforcé de fibres métalliques]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denys Breysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Attar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Soulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Mesureur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials and structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 30, pp.259--268</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01625605v1</w:t>
-              </w:r>
-[...2345 lines deleted...]
-                <w:t xml:space="preserve">hal-01625604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3598,51 +3598,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multilevel Modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Boucard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Buytet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4049,51 +4049,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C40BA7AE"/>
+    <w:nsid w:val="041CF131"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4280,51 +4280,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bruno-soulier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8672-2896" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077278909" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05217521v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Andres Perez Orozco" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chamoin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cortial" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya de Buhan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Soulier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2025.113206" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01525674v3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Laurent" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Le Riche" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Boucard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11831-017-9226-3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625589v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Courrier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-015-0345-9" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376461v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2013.09.008" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376462v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-012-0711-0" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6D40DE587FD883A78278A78A68AE8F1C08B5DF76/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376464v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2013.03.012" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376463v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-012-0854-9" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EAC9E89856EEDB965E67466CCE2B63AAA5881765/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625605v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Breysse" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Attar" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mesureur" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992862v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417130v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Devys-Peyre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Walther" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Inard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937099v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David N&#233;ron" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Nachar" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rey" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01411135v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696387v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436429v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625590v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431903v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696605v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431805v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696651v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696821v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431904v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696890v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431905v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4203/ccp.99.230" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592902v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431908v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431906v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4203/ccp.97.50" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431907v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697743v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988032v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413207v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360182v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625604v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Manzoni" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Le Bonhomme" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Guilloux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946214v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00537375v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Buytet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Praveen Chandrashekarappa" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Duvigneau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634547v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Richard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Hazet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Braibant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-017-0161-7_16" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/60854E37ED7EC4EA51EB6F703CFCEB469F189A22/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634460v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles R&#233;gnier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-011-1142-3_19" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/92F20665399213188372251E01BCFE28E6669147/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/bruno-soulier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8672-2896" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077278909" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992862v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Andres Perez Orozco" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chamoin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cortial" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya de Buhan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Soulier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417130v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Devys-Peyre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Walther" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Inard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937099v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Boucard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David N&#233;ron" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Nachar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rey" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01411135v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Laurent" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Le Riche" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696387v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Courrier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436429v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696605v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431903v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625590v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696651v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696821v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431904v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431805v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01696890v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431905v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4203/ccp.99.230" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592902v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431908v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431906v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4203/ccp.97.50" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431907v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697743v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413207v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988032v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360182v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625604v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Manzoni" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Le Bonhomme" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Guilloux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05217521v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2025.113206" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01525674v3" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11831-017-9226-3" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625589v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-015-0345-9" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376461v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2013.09.008" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376464v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2013.03.012" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376463v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-012-0854-9" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EAC9E89856EEDB965E67466CCE2B63AAA5881765/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376462v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-012-0711-0" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6D40DE587FD883A78278A78A68AE8F1C08B5DF76/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01625605v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Breysse" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Attar" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mesureur" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946214v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00537375v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Buytet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Praveen Chandrashekarappa" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Duvigneau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634547v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Richard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Hazet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Braibant" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-017-0161-7_16" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/60854E37ED7EC4EA51EB6F703CFCEB469F189A22/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634460v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles R&#233;gnier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-011-1142-3_19" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/92F20665399213188372251E01BCFE28E6669147/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>