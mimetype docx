--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Bruno Cessac </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (59)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The refresh rate of overhead projectors may affect the perception of fast moving objects: a modelling study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Emonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05050534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A chimera model for motion anticipation in the retina and the primary visual cortex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Emonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Di Volo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Destexhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Chavane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neural Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 37 (11), pp.1925-1974. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1162/neco.a.34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709925v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Macular: a multi-scale simulation platform for the retina and the primary visual system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Demairy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Emonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenia Kartsaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Kloczko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Computational Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05312447v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does the inner retinal network shape the ganglion cells receptive field : a computational study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenia Kartsaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Sernagor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neural Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 36 (6), pp.1041-1083. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1162/neco_a_01663⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04161982v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal pattern recognition in retinal ganglion cells is mediated by dynamical inhibitory synapses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Buffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.Semihcan Sermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (1), pp.6118. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-024-50506-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03939794v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Receptive field estimation in large visual neuron assemblies using a super-resolution approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pamplona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias H Hennig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Sernagor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurophysiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 127 (5), pp.1334--1347. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1152/jn.00076.2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03564179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retinal processing: insights from mathematical modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Imaging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Special Issue Mathematical Modeling of Human Vision and Its Application to Image Processing, 8 (1), pp.14. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/jimaging8010014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03454859v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The non linear dynamics of retinal waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Matzakou-Karvouniari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica D: Nonlinear Phenomena</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physd.2022.133436⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03485137v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel approach to the functional classification of retinal ganglion cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenia Kartsaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktoriia Kartysh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Sernagor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Open Biol., 12 (210367), </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/2021.05.09.443323⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03223562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the potential role of lateral connectivity in retinal anticipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematical Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13408-020-00101-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02929183v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear response for spiking neuronal networks with unbounded memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignacio Ampuero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entropy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (2), pp.155. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/e23020155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895095v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghost Attractors in Spontaneous Brain Activity: Recurrent Excursions Into Functionally-Relevant BOLD Phase-Locking States</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jakub Vohryzek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Deco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morten Kringelbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Cabral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Systems Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnsys.2020.00020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02546167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermodynamic Formalism in Neuronal Dynamics and Spike Train Statistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cesar Maldonado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entropy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Entropy, 22, pp.1330</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03015686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A biophysical model explains the spontaneous bursting behavior in the developing retina.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Matzakos-Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaine Orendorff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (1), pp.1853. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-018-38299-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02045700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear response in neuronal networks: from neurons dynamics to collective response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chaos: An Interdisciplinary Journal of Nonlinear Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29 (103105), </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.5111803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A biophysical model explains the oscillatory behaviour of immature starburst amacrine cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01484133v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the mathematical consequences of binning spike trains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Le Ny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Löcherbach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neural Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 29 (1), pp.146-170. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1162/NECO_a_00898⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01351964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pan-retinal characterisation of Light Responses from Ganglion Cells in the Developing Mouse Retina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Pirmoradian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pamplona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01589946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PRANAS: A New Platform for Retinal Analysis and Simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selim Kraria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pamplona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Neuroinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11, pp.49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01588737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives on Multi-Level Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatihcan M Atay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Banisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eckehard Olbrich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Discontinuity, Nonlinearity, and Complexity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 5, pp.313 - 339. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5890/DNC.2016.09.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01387733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parameter Estimation for Spatio-Temporal Maximum Entropy Distributions: Application to Neural Spike Trains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entropy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 16 (4), pp.2244-2277. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/e16042244⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01096213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exact computation of the Maximum Entropy Potential of spiking neural networksmodels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 89 (052117), pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01095599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-temporal spike train analysis for large scale networks using the maximum entropy principle and Monte Carlo method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Mechanics: Theory and Experiment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 2013 (03), pp.P03006. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-5468/2013/03/P03006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00846160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of Cellular Homeostatic Intrinsic Plasticity on Dynamical and Computational Properties of Biological Recurrent Neural Networks.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Naudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Delord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 33 (38), pp.15032-15043. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1523/JNEUROSCI.0870-13.2013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00844218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spike train statistics and Gibbs distributions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physiology - Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 107 (5), pp.360-368</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics and spike trains statistics in conductance-based Integrate-and-Fire neural networks with chemical and electric synapses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chaos, Solitons &amp; Fractals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 50, pp.13-31. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chaos.2012.12.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00846091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gibbs distribution analysis of temporal correlations structure in retina ganglion cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Palacios</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael J. Berry Ii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physiology - Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 106 (3-4), pp.120-127. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jphysparis.2011.11.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00846132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parameters estimation in spiking neural networks: a reverse-engineering approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro-Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9 (2), pp.026024. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1741-2560/9/2/026024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00845594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistics of spike trains in conductance-based neural networks: Rigorous results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematical Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1 (1), pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00640501v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A discrete time neural network model with spiking neurons II. Dynamics with noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 62, pp.863-900. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00285-010-0358-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00530115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of the asymptotic dynamics in the design of FPGA-based hardware implementations of gIF-type neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Girau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Torres-Huitzil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physiology - Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 105 (1-3), pp.91-97. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jphysparis.2011.09.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00642997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A view of Neural Networks as dynamical systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of bifurcation and chaos in applied sciences and engineering </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 20 (6), pp.1585-1629. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0218127410026721⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00534326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of facts and issues about neural coding by spikes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Paugam-Moisy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physiology - Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 104 (1-2), pp.5-18. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jphysparis.2009.11.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00407915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du chaos dans les neurones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Berry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interstices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01350194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Gibbs Distributions May Naturally Arise from Synaptic Adaptation Mechanisms. A Model-Based Argumentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Journal of Statistical Physics, 136 (3), pp.565-602. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10955-009-9786-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00407905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Back-engineering of spiking neural networks parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro-Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 10 (Suppl 1), pp.P289</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00784453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Idée reçue : Grâce à la simulation, on peut tout prédire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interstices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01350382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Gibbs distributions may naturally arise from synaptic adaptation mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro-Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 10 (Suppl 1), pp.P213. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10955-009-9786-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00784452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric estimation of spike train statistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 10 (Suppl 1), pp.P165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00784454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A discrete time neural network model with spiking neurons. Rigorous results on the spontaneous dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 56 (3), pp.311-345</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00423350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Dynamics of Integrate-and-Fire Neural Networks with Adaptive Conductances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 2 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00338369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mathematical analysis of the effects of Hebbian learning rules on the dynamics and structure of discrete-time random recurrent neural networks.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Siri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Delord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Quoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neural Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 20, pp.2937-2966</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00633582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting time discretisation of spiking network models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 8 (Suppl 2), pp.P76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00784465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does the complex susceptibility of the Henon map have a pole in the upper-half plane ? A numerical investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinearity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 20, pp.2883-2895. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0951-7715/20/12/007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00188795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cerveau est-il un bon modèle de réseau de neurones ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Leininger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interstices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01350457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random Recurrent Neural Networks Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Samuelides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Physical Journal. Special Topics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, "Topics in Dynamical Neural Networks : From Large Scale Neural Networks to Motor Control and Vision", 142 (1), pp.89-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00529560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of Hebbian learning on the dynamics and structure of random networks with inhibitory and excitatory neurons.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Siri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Quoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Delord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Berry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physiology - Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 101 (1-3), pp.136-48. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jphysparis.2007.10.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00633581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmitting a signal by amplitude modulation in a chaotic network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. A. Sepulchre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chaos: An Interdisciplinary Journal of Nonlinear Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 16, pp.013104. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2126813⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00013081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expectation-driven interaction : a model based on Luhmann's contingency approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Barber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ph. Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Buchinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludwig Streit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Artificial Societies and Social Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 9 (4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear response, susceptibility and resonances in chaotic toy models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Alexandre Sepulchre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica D: Nonlinear Phenomena</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 225, pp.13-28. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physd.2006.09.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00119548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Neuron to Neural Networks dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Samuelides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Physical Journal. Special Topics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 142 (1), pp.7-88. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjst/e2007-00058-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00529558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stable resonances and signal propagation in a chaotic network of coupled units</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. A. Sepulchre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 70, pp.056111. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.70.056111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00013127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Organized Criticality and Thermodynamic formalism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ph. Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Krueger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. L. Meunier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 115 (5-6), pp.1283-1326. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1023/B:JOSS.0000028057.16662.89⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00529555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anomalous scaling and Lee-Yang zeroes in Self-Organized Criticality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. L. Meunier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 65, 036131 (18 p.). </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.65.036131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00013140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyapunov exponents and transport in the Zhang model of Self-Organized Criticality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ph. Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Krueger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 64, pp.016133</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00134729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What can one learn about Self-Organized Criticality from Dynamical Systems theory ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ph. Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Krueger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 98 (1-2), pp.375-404. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1023/A:1018639308981⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00529554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-organization and pattern-induced reduction of dynamics in recurrent networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Daucé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Quoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Doyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Samuelides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neural Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 11, pp.521-533</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01416782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spontaneous dynamics and associative learning in an asymmetric recurrent random neural network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Samuelides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Doyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Quoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Mathematics and Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, pp.312-317</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01416779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increase in Complexity in Random Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 5 (3), pp.409-432. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jp1:1995135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jpa-00247065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (78)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A retino-cortical model of anticipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Emonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Destexhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Chavane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuromod meeting 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bruno Cessac; Raphael Fargier; Valeria Manera; Massimo Mantegazza, Jul 2024, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04753888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remarks on spatio-temporal spike correlations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Network of Spiking Neurons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Henri Poincaré, Mar 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04050213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal pattern recognition in retinal ganglion cells is mediated by dynamical inhibitory synapses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Buffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semihchan Sermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuromod Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04351160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal pattern recognition in retinal ganglion cells is mediated by dynamical inhibitory synapses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Buffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semihchan Sermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Complex Days 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Académie Systèmes Complexes, Feb 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04030986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Waves4AI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AI4Waves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Sophia-Antipolis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03807338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retinal processing: Insights from mathematical modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURANDOM workshop on Stochastic Models in Life Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Eindhoven, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03774467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear response for spiking neuronal networks with unbounded memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignacio Ampuero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamics Days Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, Nice / Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02921842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random Structures in the retina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop "Random Polymers and Networks"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Porquerolles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02929816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticipation in the retina and the primary visual cortex : towards an integrated retino-cortical model for motion processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Di Volo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Destexhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Chavane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waves Côte d'Azur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02172010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of physiological and pathological states in neuroscience: exchanges among theoreticians and experimentalists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Mantegazza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroMod 2019 - First meeting of the NeuroMod Institute</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02171428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motion anticipation in the retina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroSTIC 2019 - 7e édition des journées NeuroSTIC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Sophia-Antipolis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticipation in the retina and the primary visual cortex : towards an integrated retino-cortical model for motion processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Di Volo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Chavane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Destexhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on visuo motor integration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02150600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling spontaneous propagating waves in the early retina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Matzakos-Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waves Côte d'azur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02268281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi scale dynamics in retinal waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LACONEU 2019 - 5th Latin American Summer School in Computational Neuroscience - Workshop Large Scale Network Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Valparaiso, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01986989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticipation in the retina and the primary visual cortex : towards an integrated retino-cortical model for motion processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMNS 2019 - The 5th International Conference on Mathematical NeuroScience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Copenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02167737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing retinal function with a multi-layered simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenia Kartsaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Sernagor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Rank Prize Funds - Symposium on The retinal processing of natural signals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Grasmere, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing retinal function with a multi-layered simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenia Kartsaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Sernagor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroMod 2019 - First meeting of the NeuroMod Institute</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticipation in the retina and the primary visual cortex : towards an integrated retino-cortical model for motion processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Di Volo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Destexhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Chavane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroMod 2019 - First meeting of the NeuroMod Institute</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02172016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi scale dynamics in retinal waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inspire New Insights on Complex Neural Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Cergy-Pontoise, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01816919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion channels and properties of large neuronal networks: a computational study of re.nal waves during development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on Ion channels and Channelopathies - IPMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Sophia Antipolis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The retina: a fascinating object of study for a physicist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université Côte d'Azur Complex Days</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, M. Argentina; S. Barland; P. Reynaud-Bouret; F. Cauneau; K. Guillouzouic; U. Kuhl; T. Passot; F. Planchon, Jan 2018, Nice, France. pp.35-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02006662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biovision team Helping visually impaired people Multi scale modeling of the retina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UCA Complex Days</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear Response of General Observables in Spiking Neuronal Network Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMNS 2018 - 4th International Conférence on Mathematical Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Juan les Pins, France. pp.1-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01816920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical analysis of retinal responses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Random Structures on the Brain 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Leiden, Netherlands. pp.1-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01644408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gibbs distribution: from neural network dynamics to spike train statistics estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced theoretical approaches to collective network phenomena: Bernstein Conference Satellite Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Goettingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01626784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Handling spatio-temporal correlations in neuronal systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LACONEU 2017 - Computational Neuroscience Summer School</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Valparaiso, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01626754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi scale dynamics in retinal waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Systems Biology meeting at Sorbonne University.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Paris, France. pp.1-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01644398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi scale dynamics in retinal waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> C@UCA 2017 Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01626772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi scale dynamics in retinal waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Winter School on Deterministic and Stochastic Models in Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Toulouse, France. pp.1-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01644404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi scale dynamics in retinal waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Dynamics on Multiple Scales - Paradigms, their Relations, and Integrated Approaches</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Dresde, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01626779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathematical and experimental studies on retinal waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Mathematical Neuroscience (ICMNS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Juan les Pins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01324365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new nonconvex variational approach for sensory neurons receptive field estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audric Drogoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Workshop on New Computational Methods for Inverse Problems </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Cachan, France. pp.12006, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/756/1/012006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01379952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical analysis of spike trains in neuronal networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuroscience and modellint</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01246092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical models for spike trains analysis in the retina.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12eme Colloque de la société des neurosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mean Field Methods in Neuroscience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamics of Multi-Level Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Dresde, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-Temporal Linear Response of Spiking Neuronal Network Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISCLANE 15</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biophysical reaction-diffusion model for stage II retinal waves and bifurcations analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MathStatNeuro workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01211548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of recurrent neural network dynamics by homeostatic intrinsic plasticity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Naudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Delord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on neural population dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Gif sur Yvette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01225622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confronting mean-field theories to measurements a perspective from neuroscience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Confronting mean-field theories to measurements a perspective from neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01225619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mean Field TheoriesNeuroscience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">QFT methods in stochastic nonlinear dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Bielefeld, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spike train statistics: from mathematical models to software to experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Workshop in Computational Neuroscience in Marseille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01095746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la rétine à la physique statistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4 ème journée de la physique niçoise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Sophia Antipolis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01095605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural Networks Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LACONEU 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, Valparaiso, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01095600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical analysis of spike trains in neuronal networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MATHSTATNEURO Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Copenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01095606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of Cellular Homeostatic Intrinsic Plasticity on Dynamical and Computational Properties of Biological Recurrent Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Naudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Delord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LACONEU 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, Valparaiso, Chile. 1 page</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01095601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can we hear the shape of a Maximum Entropy potential from a spike train?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernstein Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00851436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spike trains analysis, Gibbs distributions and (Variable Length ?) Markov chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VLMC days, 5-6 March 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00845619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using event-based metric for event-based neural network weight adjustment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Salas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th European Symposium on Artificial Neural Networks, Computational Intelligence and Machine Learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Bruges, Belgium. 18 pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00755345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spike trains statistics and Gibbs distributions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Probabilistic structures of the brain, Cergy, December 13-14, 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Cergy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00845601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the ubiquity of Gibbs distributions in spike train statistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd annual meeting of the GDR 2904 "Multi-electroides systems and signal processing to study neural networks", Marseille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00849937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio temporal Gibbs distribution analysis of spike trains using Monte Carlo method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael J. Berry Ii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREADNE 2012 Research in Encoding And Decoding of Neural Ensembles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Santorini, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00849944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spike train statistics in neural network: exact results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neural Coding and Natural Image Statistics 9-13 January 2012, Valparaiso, Chile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Valparaiso, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00845599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing large-scale spike trains data with spatio-temporal constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensory Coding and Natural Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Wien, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing large-scale spike trains data with spatio-temporal constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selim Kraria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroComp/KEOpS'12 workshop beyond the retina: from computational models to outcomes in bioengineering. Focus on architecture and dynamics sustaining information flows in the visuomotor system.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00756467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture on spike train statistics: beyond the maximal entropy models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neural Coding and Natural Image Statistics 9-13 January 2012, Valparaiso, Chile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Valparaiso, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00845598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gibbs distributions and statistics of action potentials in neural networks.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CHAOS, COMPLEXITY and DYNAMICS in BIOLOGICAL NETWORKS, Cargèse May 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Cargèse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00845600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics and spike trains statistics in conductance-based Integrate-and-Fire neural networks with chemical and electric synapses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREADNE 2012. Encoding And Decoding of Neural Ensembles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Santorini, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistics of action potentials in neural networks: from experiments to mathematics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stochastic Dynamics in Mathematics, Physics and Engineering, Bielefeld 1-4 November</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Bielefeld, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00845728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spike trains statistics and Gibbs distributions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Dynamics of Complex Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Cergy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00845729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural networks: some results about (i) Spike train statistics ; (ii) Linear response theory.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mean-Field methods and multiscale analysis in neuronal populations, Marseille, 03-07 October 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00845730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportements émergents dans les réseaux de neurones.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Berder 2011 Coopérativité et singularité en biologie 3 - 9 avril 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Ile de Berder, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00845731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical analysis of spike trains.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan-Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Spike Train Measures and Their Applications to Neural Coding</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Plymouth, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00847436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spike trains statistics in integrate and fire models: exact results.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinquième conférence plénière française de Neurosciences Computationnelles, "Neurocomp'10"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00553403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric estimation of spike train statistics by Gibbs distributions : an application to bio-inspired and experimental data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro-Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinquième conférence plénière française de Neurosciences Computationnelles, "Neurocomp'10"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00553441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical analysis of spike trains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop School Chaos and Dynamics in Biological Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Unknown</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00847438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistics of spike trains: A dynamical systems perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan-Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stochastic models in neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2010, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00847435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a realistic input for visual cortex models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Kolomiets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Timing Issues in the Specification and Synthesis of Digital Systems (TAU Workshop)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, San Francisco, CA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00847449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On deterministic reservoir computing: network complexity and algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurocomp'09</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00437203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Gibbs Distributions may naturally arise from synaptic adaptation mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eighteenth Annual Computational Neuroscience Meeting CNS*2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00407910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Back-engineering of spiking neural networks parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eighteenth Annual Computational Neuroscience Meeting CNS*2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00407911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gibbs Distributions and STDP: An study case on recurrent Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurocomp'09</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00437205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric Estimation of spike train statistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eighteenth Annual Computational Neuroscience Meeting CNS*2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00407913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To which extend is the &amp;quot;neural code'' a metric ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deuxième conférence française de Neurosciences Computationnelles, "Neurocomp08"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00331567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neurosciences Computationelles: le cerveau est il un bon modèle de réseaux de neurones ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Algorithmique et Programmation des Professeurs de Mathématiques en Classes Préparatoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00338371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistics of spikes trains, synaptic plasticity and Gibbs distributions.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deuxième conférence française de Neurosciences Computationnelles, "Neurocomp08"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00331541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topological and dynamical structures induced by Hebbian learning in random neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Siri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Delord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Quoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Dresde, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03712545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topological and dynamical structures induced by Hebbian learning in random neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Siri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Delord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Quoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03712537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some fractal aspects of Self-Organized Criticality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fractales en progres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00529556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A retino-cortical model of anticipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Emonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Destexhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Chavane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMNS 2024 - International Conference on Mathematical Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04753759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Simulated Retinal Wave pre-training improve Optical Flow Estimation?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christos Kyriazis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui-Yin Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuromod meeting 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04735162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A retino-cortical model of anticipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Emonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Destexhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Chavane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREADNE 2024 - Research in Encoding And Decoding of Neural Ensembles conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Milos, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04705784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Linear-Nonlinear Models capture simple forms of retinal adaptation?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Piovano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroMod 2024 - Annual Meeting of the Neuromod Institute</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retino-cortical computational model to study suppressives waves in fast motions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Emonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Destexhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Chavane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Di Volo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuromod meeting 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04206309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A retino-cortical computational model to study suppressive cortical waves in saccades</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Emonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Destexhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Chavane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Di Volo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR NeuralNet 2023 Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Marseille (13), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04244508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal Pattern Recognition in Retinal Ganglion Cells is mediated by Dynamical Inhibitory Synapses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Buffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Semihchan Sermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COSYNE 2023 - Computational and Systems Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal Pattern Recognition in Retinal Ganglion Cells is mediated by Dynamical Inhibitory Synapses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Buffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berat Semihchan Sermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ERM 2023 - European Retina Meeting 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Tuebingen, Germany. , 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04351175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of Dynamical Synapses in Retinal Surprise Coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Buffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semichan Sermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREADNE 2022 Conference : Research in Encoding And Decoding of Neural Ensembles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Fira, Greece. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03697955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamical Synapses in Retinal Surprise coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Buffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semihchan Sermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Bertoli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMNS 2022 - 2022 International Conference on Mathematical Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, online, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03716437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of Dynamical Synapses in Retinal Surprise Coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Buffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semichan Sermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NEUROMOD Meeting 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of Dynamical Synapses in Retinal Surprise Coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Buffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semichan Sermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dendrites 2022 - Dentritic, anatomy, molecules and functions - Embo workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Heraklion, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03697945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of Dynamical Synapses in Retinal Surprise Coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semichan Sermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Buffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MOMI2021: Le Monde des Mathematiques Industrielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamical Synapses in Retinal Surprise coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semihchan Sermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Buffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuromod Inaurguration Day</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing retinal function with a multi-layered simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenia Kartsaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Sernagor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ERM 2019 - The European retina meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulating the cortical activity evoked by artificial retinal implants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Andréoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Chavane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroMod 2019 - First meeting of the NeuroMod Institute</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02167729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A computational study of anticipation in the retina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernstein conference 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01942516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processing various motion features and measuring RGCs pairwise correlations with a 2D retinal model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Chavane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREADNE 2018 Research in Encoding And Decoding of Neural Ensembles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Santorini, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01866259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biovision project-team</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Benzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilian Caugant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fête de la science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Sophia-Antipolis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01896505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processing various motion features and measuring RGCs pairwise correlations with a 2D retinal model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Chavane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Mathematical Neuroscience ICMNS 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Juan les Pins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01809589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pattern formation and criticality in the developing retina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Mathematical Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Juan-Les-Pins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01807929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How specific classes of retinal cells contribute to vision: A Computational Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenia Kartsaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Sernagor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">C@uca 2018 Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01816921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modifying a biologically inspired retina simulator to reconstruct realistic responses to moving stimuli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference Cauca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01638104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motion processing in the retina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR multielectrodes </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01638105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Following stage II retinal waves during development with a biophysical model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernstein Conference 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Gottingen, Germany. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01638098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Following stage II retinal waves during development with a biophysical model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International retina meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01638100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does the retina anticipate the motion of complex shapes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernstein conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Goettingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01638102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biophysical modelling of the intrinsic mechanisms of the autonomous starbust cells during stage II retinal waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modelling the early visual system - Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01256477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spike train analysis and Gibbs distributions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernstein Conference 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01378001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the emergence of stage II retinal waves in immature retina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREADNE 2016 Research in Encoding And Decoding of Neural Ensembles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Santorini, Greece. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01339875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimensionality Reduction in spatio-temporal MaxEnt models and analysis of Retinal Ganglion Cell Spiking Activity in experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rubén Herzog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Jose Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Palacios</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernstein Conference 2016 </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Berlin, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A variational approach for receptive field estimation in the nonconvex case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audric Drogoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Second International Conference on Mathematical NeuroScience (ICMNS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Juan Les Pins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01292700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classifying the spatiotemporal patterns within stage II retinal waves through dynamical systems analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernstein Conference 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Berlin, Germany. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01371596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENAS: A new software for spike train analysis and simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Kraria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pamplona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernstein conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Berlin, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01368757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A super-resolution approach for receptive fields estimation of neuronal ensembles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pamplona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Pirmoradian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias H. Hennig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Neuroscience (CNS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Prague, Czech Republic. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01215541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shifting stimulus for faster receptive fields estimation of ensembles of neurons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pamplona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational and Systems Neuroscience (Cosyne)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Salt Lake City, United States. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01215537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of retinal GABA Depletion by Allylglycine on mouse retinal ganglion cell responses to light</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Softley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pamplona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Retina Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Brigthon, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectral dimension reduction on parametric models for spike train statistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cesar Ravello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rubén Herzog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Jose Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Palacios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Colloque de la Société des Neurosciences </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01246088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Habitat to Retina: Neural Population Coding using Natural Movies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rubén Herzog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joaquin Araya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Pizarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cesar Ravello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernstein Conference 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Goettingen, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01095781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can We Hear the Shape of a Maximum Entropy Potential From Spike Trains?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernstein Conference 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Goettingen, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01095760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics and spike trains statistics in conductance-based Integrate-and-Fire neural networks with chemical and electric synapses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Twenty Second Annual Computational Neuroscience Meeting : CNS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Paris, France. 14 (Suppl 1), pp.P58, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00842297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EnaS: a new software for neural population analysis in large scale spiking networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selim Kraria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Twenty Second Annual Computational Neuroscience Meeting : CNS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Paris, France. 14 (Suppl 1), pp.P57, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00842303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond dynamical mean-field theory of neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimiliano Muratori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Twenty Second Annual Computational Neuroscience Meeting : CNS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Paris, France. 14 (Suppl 1), pp.P60, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00842309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A maximum likelihood estimator of neural network synaptic weights</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wahiba Taouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Twenty Second Annual Computational Neuroscience Meeting : CNS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Paris, France. 14 (Suppl 1), pp.P59, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00842312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of electric synapses in spike train statistics of integrate and fire neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR MEA 2012. Encoding And Decoding of Neural Ensembles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Marseille, France. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics and spike trains statistics in conductance-based Integrate-and-Fire neural networks with chemical and electric synapses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREADNE 2012. Encoding And Decoding of Neural Ensembles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Santorini, Greece. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Retina as a Dynamical System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recent Trends in Chaotic, Nonlinear and Complex Dynamics.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03054473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The retina: a fascinating object of study for a physicist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UCA COMPLEX DAYS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01807518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spike Train Statistics from Empirical Facts to Theory: The Case of the Retina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Palacios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Cazals and Pierre Kornprobst. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modeling in Computational Biology and Biomedicine: A Multidisciplinary Endeavor</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00640507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating how specific classes of retinal cells contribute to vision with a multi-layered simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenia Kartsaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Sernagor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02994691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mathematical analysis of the effects of Hebbian learning rules on the dynamics and structure of discrete-time random recurrent neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Siri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Delord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Quoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00149181v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of Hebbian learning on the dynamics and structure of random networks with inhibitory and excitatory neurons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Siri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Quoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Delord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Berry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00155580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distinct inhibitory connectivity motifs trigger distinct forms of anticipation in the retinal network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05198183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the role of Nav1.7 sodium channels in chronic pain: an experimental and computational study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Capurro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jack Thornton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyle Armstrong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Sernagor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02414907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noise driven broadening of the neural synchronisation transition in stage II retinal waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Matzakos-Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimensionality Reduction on Spatio-Temporal Maximum Entropy Models of Spiking Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rubén Herzog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Jose Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Palacios</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimensionality Reduction on Maximum Entropy Models on Spiking Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rubén Herzog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Jose Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Palacios</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exact computation of the Maximum Entropy Potential of spiking neural networks models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00861397v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entropy-based parametric estimation of spike train statistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00534847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic firing rate models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Touboul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bard Ermentrout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Faugeras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00534332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Back-engineering of spiking neural networks parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro-Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00846118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are neuronal networks that vicious ? Or only their models ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00176199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inducing periodicity and chaos by negative feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Pecou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Espinoza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00194648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are biological neurons that vicious ? Or only their models ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00176200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical evidence of linear response violations in chaotic systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00095877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Neuron to Neural Networks dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Samuelides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00095871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some fractal aspects of Self-Organized Criticality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00013082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical Flow Estimation pre-training with simulated stage II retinal waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christos Kyriazis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui-Yin Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">RR-9562, Inria &amp; Université Cote d'Azur, CNRS, I3S, Sophia Antipolis, France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large visual neuron assemblies receptive fields estimation using a super-resolution approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pamplona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias H. Hennig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Sernagor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-9383, Inria - Sophia antipolis. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03087009v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PRANAS: A new platform for retinal analysis and simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selim Kraria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pamplona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-8958, Inria Sophia Antipolis; Inria Bordeaux Sud-Ouest. 2017, pp.27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377307v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pan-retinal characterisation of Light Responses from Ganglion Cells in the Developing Mouse Retina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Pirmoradian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pamplona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Institute of Neuroscience, Newcastle University; Institute for Adaptive and Neural Computation, University of Edinburgh; Inria, Neuromathcomp Team. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01393525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A nonconvex variational approach for receptive field estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audric Drogoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] 8837, Inria Sophia Antipolis. 2016, pp.42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01279999v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parameters estimation for spatio-temporal maximum entropy distributions: application to neural spike trains.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00927080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating maximum entropy distributions from periodic orbits in spike trains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-8329, INRIA. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00842776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling non-standard retinal in/out function using computer vision variational methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaa Teftef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Jose Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aland Astudillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Carvajal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-8217, INRIA. 2013, pp.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783091v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floor the Ceil & Ceil the Floor: Revisiting AIMD Evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashwin Rao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Legout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Dabbous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00733890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric Estimation of Gibbs distributions as generalized maximum-entropy models for the analysis of spike train statistics.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-7561, INRIA. 2011, pp.54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00574954v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reverse-engineering in spiking neural networks parameters: exact deterministic parameters estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro-Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-7199, INRIA. 2010, pp.41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00455415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introducing numerical bounds to improve event-based neural network simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rochel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-6924, INRIA. 2009, pp.31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00382534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A constructive mean field analysis of multi population neural networks with random synaptic weights and stochastic inputs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Faugeras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Touboul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-6454, INRIA. 2008, pp.58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00258345v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The early visual system from a dynamical system perspective: Tutorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctoral. Valparaiso (Chile), Chile. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04920269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear response in neuronal networks: from neurons dynamics to collective response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctoral. Chile. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01986987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mathematical approach to retinal waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctoral. Chile. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01626745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mean-Field Models in neuroscience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctoral. Mean-Field Models in neuroscience., France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01095603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId386"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Bruno Cessac </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (59)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The refresh rate of overhead projectors may affect the perception of fast moving objects: a modelling study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Emonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Computational Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05050534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A chimera model for motion anticipation in the retina and the primary visual cortex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Emonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Di Volo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Destexhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Chavane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neural Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 37 (11), pp.1925-1974. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1162/neco.a.34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709925v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Macular: a multi-scale simulation platform for the retina and the primary visual system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Demairy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Emonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenia Kartsaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Kloczko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Computational Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05312447v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does the inner retinal network shape the ganglion cells receptive field : a computational study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenia Kartsaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Sernagor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neural Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 36 (6), pp.1041-1083. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1162/neco_a_01663⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04161982v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal pattern recognition in retinal ganglion cells is mediated by dynamical inhibitory synapses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Buffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.Semihcan Sermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (1), pp.6118. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-024-50506-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03939794v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The non linear dynamics of retinal waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Matzakou-Karvouniari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica D: Nonlinear Phenomena</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physd.2022.133436⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03485137v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Receptive field estimation in large visual neuron assemblies using a super-resolution approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pamplona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias H Hennig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Sernagor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurophysiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 127 (5), pp.1334--1347. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1152/jn.00076.2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03564179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retinal processing: insights from mathematical modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Imaging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Special Issue Mathematical Modeling of Human Vision and Its Application to Image Processing, 8 (1), pp.14. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/jimaging8010014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03454859v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel approach to the functional classification of retinal ganglion cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenia Kartsaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viktoriia Kartysh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Sernagor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Open Biol., 12 (210367), </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/2021.05.09.443323⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03223562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear response for spiking neuronal networks with unbounded memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignacio Ampuero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entropy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (2), pp.155. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/e23020155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895095v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the potential role of lateral connectivity in retinal anticipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematical Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13408-020-00101-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02929183v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermodynamic Formalism in Neuronal Dynamics and Spike Train Statistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cesar Maldonado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entropy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Entropy, 22, pp.1330</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03015686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghost Attractors in Spontaneous Brain Activity: Recurrent Excursions Into Functionally-Relevant BOLD Phase-Locking States</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jakub Vohryzek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Deco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morten Kringelbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Cabral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Systems Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnsys.2020.00020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02546167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A biophysical model explains the spontaneous bursting behavior in the developing retina.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Matzakos-Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaine Orendorff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (1), pp.1853. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-018-38299-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02045700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear response in neuronal networks: from neurons dynamics to collective response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chaos: An Interdisciplinary Journal of Nonlinear Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29 (103105), </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.5111803⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02280089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A biophysical model explains the oscillatory behaviour of immature starburst amacrine cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01484133v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the mathematical consequences of binning spike trains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Le Ny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Löcherbach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neural Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 29 (1), pp.146-170. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1162/NECO_a_00898⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01351964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pan-retinal characterisation of Light Responses from Ganglion Cells in the Developing Mouse Retina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Pirmoradian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pamplona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01589946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PRANAS: A New Platform for Retinal Analysis and Simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selim Kraria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pamplona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Neuroinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11, pp.49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01588737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives on Multi-Level Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatihcan M Atay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven Banisch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eckehard Olbrich</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Discontinuity, Nonlinearity, and Complexity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 5, pp.313 - 339. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5890/DNC.2016.09.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01387733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parameter Estimation for Spatio-Temporal Maximum Entropy Distributions: Application to Neural Spike Trains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entropy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 16 (4), pp.2244-2277. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/e16042244⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01096213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exact computation of the Maximum Entropy Potential of spiking neural networksmodels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 89 (052117), pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01095599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics and spike trains statistics in conductance-based Integrate-and-Fire neural networks with chemical and electric synapses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chaos, Solitons &amp; Fractals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 50, pp.13-31. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.chaos.2012.12.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00846091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of Cellular Homeostatic Intrinsic Plasticity on Dynamical and Computational Properties of Biological Recurrent Neural Networks.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Naudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Delord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 33 (38), pp.15032-15043. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1523/JNEUROSCI.0870-13.2013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00844218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-temporal spike train analysis for large scale networks using the maximum entropy principle and Monte Carlo method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Mechanics: Theory and Experiment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 2013 (03), pp.P03006. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-5468/2013/03/P03006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00846160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spike train statistics and Gibbs distributions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physiology - Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 107 (5), pp.360-368</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gibbs distribution analysis of temporal correlations structure in retina ganglion cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Palacios</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael J. Berry Ii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physiology - Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 106 (3-4), pp.120-127. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jphysparis.2011.11.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00846132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parameters estimation in spiking neural networks: a reverse-engineering approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro-Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9 (2), pp.026024. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1741-2560/9/2/026024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00845594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of the asymptotic dynamics in the design of FPGA-based hardware implementations of gIF-type neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Girau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">César Torres-Huitzil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physiology - Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 105 (1-3), pp.91-97. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jphysparis.2011.09.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00642997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistics of spike trains in conductance-based neural networks: Rigorous results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematical Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1 (1), pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00640501v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A discrete time neural network model with spiking neurons II. Dynamics with noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 62, pp.863-900. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00285-010-0358-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00530115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du chaos dans les neurones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Berry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interstices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01350194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of facts and issues about neural coding by spikes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Paugam-Moisy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physiology - Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 104 (1-2), pp.5-18. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jphysparis.2009.11.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00407915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A view of Neural Networks as dynamical systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of bifurcation and chaos in applied sciences and engineering </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 20 (6), pp.1585-1629. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0218127410026721⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00534326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Gibbs Distributions May Naturally Arise from Synaptic Adaptation Mechanisms. A Model-Based Argumentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Journal of Statistical Physics, 136 (3), pp.565-602. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10955-009-9786-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00407905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Back-engineering of spiking neural networks parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro-Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 10 (Suppl 1), pp.P289</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00784453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Gibbs distributions may naturally arise from synaptic adaptation mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro-Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 10 (Suppl 1), pp.P213. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10955-009-9786-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00784452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Idée reçue : Grâce à la simulation, on peut tout prédire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interstices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01350382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric estimation of spike train statistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 10 (Suppl 1), pp.P165</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00784454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mathematical analysis of the effects of Hebbian learning rules on the dynamics and structure of discrete-time random recurrent neural networks.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Siri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Delord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Quoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neural Computation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 20, pp.2937-2966</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00633582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A discrete time neural network model with spiking neurons. Rigorous results on the spontaneous dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematical Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 56 (3), pp.311-345</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00423350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On Dynamics of Integrate-and-Fire Neural Networks with Adaptive Conductances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 2 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00338369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cerveau est-il un bon modèle de réseau de neurones ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Leininger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interstices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01350457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random Recurrent Neural Networks Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Samuelides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Physical Journal. Special Topics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, "Topics in Dynamical Neural Networks : From Large Scale Neural Networks to Motor Control and Vision", 142 (1), pp.89-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00529560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of Hebbian learning on the dynamics and structure of random networks with inhibitory and excitatory neurons.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Siri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Quoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Delord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Berry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physiology - Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 101 (1-3), pp.136-48. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jphysparis.2007.10.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00633581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revisiting time discretisation of spiking network models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 8 (Suppl 2), pp.P76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00784465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does the complex susceptibility of the Henon map have a pole in the upper-half plane ? A numerical investigation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinearity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 20, pp.2883-2895. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0951-7715/20/12/007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00188795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Neuron to Neural Networks dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Samuelides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Physical Journal. Special Topics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 142 (1), pp.7-88. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjst/e2007-00058-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00529558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expectation-driven interaction : a model based on Luhmann's contingency approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Barber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ph. Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Buchinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludwig Streit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Artificial Societies and Social Simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 9 (4)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmitting a signal by amplitude modulation in a chaotic network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. A. Sepulchre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chaos: An Interdisciplinary Journal of Nonlinear Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 16, pp.013104. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2126813⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00013081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear response, susceptibility and resonances in chaotic toy models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Alexandre Sepulchre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica D: Nonlinear Phenomena</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 225, pp.13-28. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physd.2006.09.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00119548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stable resonances and signal propagation in a chaotic network of coupled units</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. A. Sepulchre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 70, pp.056111. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.70.056111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00013127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Organized Criticality and Thermodynamic formalism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ph. Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Krueger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. L. Meunier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 115 (5-6), pp.1283-1326. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1023/B:JOSS.0000028057.16662.89⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00529555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anomalous scaling and Lee-Yang zeroes in Self-Organized Criticality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. L. Meunier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 65, 036131 (18 p.). </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.65.036131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00013140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyapunov exponents and transport in the Zhang model of Self-Organized Criticality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ph. Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Krueger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 64, pp.016133</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00134729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What can one learn about Self-Organized Criticality from Dynamical Systems theory ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ph. Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Krueger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Statistical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 98 (1-2), pp.375-404. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1023/A:1018639308981⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00529554v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-organization and pattern-induced reduction of dynamics in recurrent networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Daucé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Quoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Doyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Samuelides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neural Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 11, pp.521-533</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01416782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spontaneous dynamics and associative learning in an asymmetric recurrent random neural network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Samuelides</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Doyon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Quoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Mathematics and Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, pp.312-317</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01416779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increase in Complexity in Random Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de Physique I</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 5 (3), pp.409-432. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/jp1:1995135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jpa-00247065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (78)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A retino-cortical model of anticipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Emonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Destexhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Chavane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuromod meeting 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bruno Cessac; Raphael Fargier; Valeria Manera; Massimo Mantegazza, Jul 2024, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04753888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal pattern recognition in retinal ganglion cells is mediated by dynamical inhibitory synapses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Buffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semihchan Sermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuromod Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04351160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remarks on spatio-temporal spike correlations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Network of Spiking Neurons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Henri Poincaré, Mar 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04050213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal pattern recognition in retinal ganglion cells is mediated by dynamical inhibitory synapses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Buffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semihchan Sermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Complex Days 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Académie Systèmes Complexes, Feb 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04030986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Waves4AI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AI4Waves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Sophia-Antipolis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03807338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retinal processing: Insights from mathematical modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EURANDOM workshop on Stochastic Models in Life Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Eindhoven, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03774467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear response for spiking neuronal networks with unbounded memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ignacio Ampuero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamics Days Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2020, Nice / Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02921842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random Structures in the retina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop "Random Polymers and Networks"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Porquerolles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02929816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motion anticipation in the retina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroSTIC 2019 - 7e édition des journées NeuroSTIC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Sophia-Antipolis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of physiological and pathological states in neuroscience: exchanges among theoreticians and experimentalists</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimo Mantegazza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroMod 2019 - First meeting of the NeuroMod Institute</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02171428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticipation in the retina and the primary visual cortex : towards an integrated retino-cortical model for motion processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Di Volo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Destexhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Chavane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waves Côte d'Azur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02172010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi scale dynamics in retinal waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LACONEU 2019 - 5th Latin American Summer School in Computational Neuroscience - Workshop Large Scale Network Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Valparaiso, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01986989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticipation in the retina and the primary visual cortex : towards an integrated retino-cortical model for motion processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Di Volo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Chavane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Destexhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on visuo motor integration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02150600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticipation in the retina and the primary visual cortex : towards an integrated retino-cortical model for motion processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMNS 2019 - The 5th International Conference on Mathematical NeuroScience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Copenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02167737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling spontaneous propagating waves in the early retina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Matzakos-Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Waves Côte d'azur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02268281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticipation in the retina and the primary visual cortex : towards an integrated retino-cortical model for motion processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Di Volo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Destexhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Chavane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroMod 2019 - First meeting of the NeuroMod Institute</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02172016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing retinal function with a multi-layered simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenia Kartsaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Sernagor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroMod 2019 - First meeting of the NeuroMod Institute</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing retinal function with a multi-layered simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenia Kartsaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Sernagor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Rank Prize Funds - Symposium on The retinal processing of natural signals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Grasmere, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion channels and properties of large neuronal networks: a computational study of re.nal waves during development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on Ion channels and Channelopathies - IPMC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Sophia Antipolis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi scale dynamics in retinal waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inspire New Insights on Complex Neural Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Cergy-Pontoise, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01816919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The retina: a fascinating object of study for a physicist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Université Côte d'Azur Complex Days</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, M. Argentina; S. Barland; P. Reynaud-Bouret; F. Cauneau; K. Guillouzouic; U. Kuhl; T. Passot; F. Planchon, Jan 2018, Nice, France. pp.35-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02006662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biovision team Helping visually impaired people Multi scale modeling of the retina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UCA Complex Days</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01895097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear Response of General Observables in Spiking Neuronal Network Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMNS 2018 - 4th International Conférence on Mathematical Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Juan les Pins, France. pp.1-70</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01816920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi scale dynamics in retinal waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Winter School on Deterministic and Stochastic Models in Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Toulouse, France. pp.1-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01644404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi scale dynamics in retinal waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Dynamics on Multiple Scales - Paradigms, their Relations, and Integrated Approaches</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Dresde, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01626779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi scale dynamics in retinal waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Systems Biology meeting at Sorbonne University.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Paris, France. pp.1-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01644398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Handling spatio-temporal correlations in neuronal systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LACONEU 2017 - Computational Neuroscience Summer School</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Valparaiso, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01626754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gibbs distribution: from neural network dynamics to spike train statistics estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced theoretical approaches to collective network phenomena: Bernstein Conference Satellite Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Goettingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01626784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical analysis of retinal responses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Random Structures on the Brain 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Leiden, Netherlands. pp.1-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01644408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi scale dynamics in retinal waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> C@UCA 2017 Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01626772v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathematical and experimental studies on retinal waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Mathematical Neuroscience (ICMNS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Juan les Pins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01324365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new nonconvex variational approach for sensory neurons receptive field estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audric Drogoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Workshop on New Computational Methods for Inverse Problems </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Cachan, France. pp.12006, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/756/1/012006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01379952v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mean Field TheoriesNeuroscience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">QFT methods in stochastic nonlinear dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Bielefeld, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-Temporal Linear Response of Spiking Neuronal Network Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISCLANE 15</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mean Field Methods in Neuroscience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dynamics of Multi-Level Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Dresde, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical models for spike trains analysis in the retina.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12eme Colloque de la société des neurosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical analysis of spike trains in neuronal networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuroscience and modellint</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01246092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of recurrent neural network dynamics by homeostatic intrinsic plasticity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Naudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Delord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on neural population dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Gif sur Yvette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01225622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confronting mean-field theories to measurements a perspective from neuroscience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Confronting mean-field theories to measurements a perspective from neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01225619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biophysical reaction-diffusion model for stage II retinal waves and bifurcations analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MathStatNeuro workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01211548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of Cellular Homeostatic Intrinsic Plasticity on Dynamical and Computational Properties of Biological Recurrent Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Naudé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Delord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LACONEU 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, Valparaiso, Chile. 1 page</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01095601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural Networks Dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LACONEU 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, Valparaiso, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01095600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spike train statistics: from mathematical models to software to experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Workshop in Computational Neuroscience in Marseille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01095746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la rétine à la physique statistique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4 ème journée de la physique niçoise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Sophia Antipolis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01095605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical analysis of spike trains in neuronal networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MATHSTATNEURO Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Copenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01095606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can we hear the shape of a Maximum Entropy potential from a spike train?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernstein Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Tübingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00851436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spike trains analysis, Gibbs distributions and (Variable Length ?) Markov chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VLMC days, 5-6 March 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00845619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics and spike trains statistics in conductance-based Integrate-and-Fire neural networks with chemical and electric synapses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREADNE 2012. Encoding And Decoding of Neural Ensembles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Santorini, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gibbs distributions and statistics of action potentials in neural networks.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CHAOS, COMPLEXITY and DYNAMICS in BIOLOGICAL NETWORKS, Cargèse May 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Cargèse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00845600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lecture on spike train statistics: beyond the maximal entropy models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neural Coding and Natural Image Statistics 9-13 January 2012, Valparaiso, Chile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Valparaiso, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00845598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spike train statistics in neural network: exact results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neural Coding and Natural Image Statistics 9-13 January 2012, Valparaiso, Chile</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Valparaiso, Chile</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00845599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spike trains statistics and Gibbs distributions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Probabilistic structures of the brain, Cergy, December 13-14, 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Cergy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00845601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the ubiquity of Gibbs distributions in spike train statistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd annual meeting of the GDR 2904 "Multi-electroides systems and signal processing to study neural networks", Marseille</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00849937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio temporal Gibbs distribution analysis of spike trains using Monte Carlo method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael J. Berry Ii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREADNE 2012 Research in Encoding And Decoding of Neural Ensembles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Santorini, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00849944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using event-based metric for event-based neural network weight adjustment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Salas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th European Symposium on Artificial Neural Networks, Computational Intelligence and Machine Learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Bruges, Belgium. 18 pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00755345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing large-scale spike trains data with spatio-temporal constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensory Coding and Natural Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Wien, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing large-scale spike trains data with spatio-temporal constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selim Kraria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroComp/KEOpS'12 workshop beyond the retina: from computational models to outcomes in bioengineering. Focus on architecture and dynamics sustaining information flows in the visuomotor system.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00756467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportements émergents dans les réseaux de neurones.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Berder 2011 Coopérativité et singularité en biologie 3 - 9 avril 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Ile de Berder, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00845731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spike trains statistics and Gibbs distributions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Dynamics of Complex Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Cergy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00845729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistics of action potentials in neural networks: from experiments to mathematics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stochastic Dynamics in Mathematics, Physics and Engineering, Bielefeld 1-4 November</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Bielefeld, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00845728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neural networks: some results about (i) Spike train statistics ; (ii) Linear response theory.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mean-Field methods and multiscale analysis in neuronal populations, Marseille, 03-07 October 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00845730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a realistic input for visual cortex models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Kolomiets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Timing Issues in the Specification and Synthesis of Digital Systems (TAU Workshop)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, San Francisco, CA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00847449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spike trains statistics in integrate and fire models: exact results.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinquième conférence plénière française de Neurosciences Computationnelles, "Neurocomp'10"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00553403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric estimation of spike train statistics by Gibbs distributions : an application to bio-inspired and experimental data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro-Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinquième conférence plénière française de Neurosciences Computationnelles, "Neurocomp'10"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00553441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical analysis of spike trains.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan-Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Spike Train Measures and Their Applications to Neural Coding</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Plymouth, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00847436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistics of spike trains: A dynamical systems perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan-Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stochastic models in neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2010, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00847435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistical analysis of spike trains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop School Chaos and Dynamics in Biological Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Unknown</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00847438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric Estimation of spike train statistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eighteenth Annual Computational Neuroscience Meeting CNS*2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00407913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gibbs Distributions and STDP: An study case on recurrent Neural Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurocomp'09</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00437205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Gibbs Distributions may naturally arise from synaptic adaptation mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eighteenth Annual Computational Neuroscience Meeting CNS*2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00407910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Back-engineering of spiking neural networks parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eighteenth Annual Computational Neuroscience Meeting CNS*2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00407911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On deterministic reservoir computing: network complexity and algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurocomp'09</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00437203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To which extend is the &amp;quot;neural code'' a metric ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deuxième conférence française de Neurosciences Computationnelles, "Neurocomp08"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00331567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neurosciences Computationelles: le cerveau est il un bon modèle de réseaux de neurones ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Algorithmique et Programmation des Professeurs de Mathématiques en Classes Préparatoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00338371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statistics of spikes trains, synaptic plasticity and Gibbs distributions.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deuxième conférence française de Neurosciences Computationnelles, "Neurocomp08"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00331541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topological and dynamical structures induced by Hebbian learning in random neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Siri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Delord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Quoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECCS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Dresde, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03712545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topological and dynamical structures induced by Hebbian learning in random neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Siri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Delord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Quoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03712537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some fractal aspects of Self-Organized Criticality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fractales en progres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00529556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Simulated Retinal Wave pre-training improve Optical Flow Estimation?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christos Kyriazis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui-Yin Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuromod meeting 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04735162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A retino-cortical model of anticipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Emonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Destexhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Chavane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREADNE 2024 - Research in Encoding And Decoding of Neural Ensembles conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Milos, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04705784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A retino-cortical model of anticipation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Emonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Destexhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Chavane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMNS 2024 - International Conference on Mathematical Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04753759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Linear-Nonlinear Models capture simple forms of retinal adaptation?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Piovano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroMod 2024 - Annual Meeting of the Neuromod Institute</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal Pattern Recognition in Retinal Ganglion Cells is mediated by Dynamical Inhibitory Synapses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Buffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Semihchan Sermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COSYNE 2023 - Computational and Systems Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Montreal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retino-cortical computational model to study suppressives waves in fast motions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Emonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Destexhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Chavane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Di Volo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuromod meeting 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04206309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A retino-cortical computational model to study suppressive cortical waves in saccades</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Emonet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Destexhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Chavane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Di Volo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR NeuralNet 2023 Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Marseille (13), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04244508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal Pattern Recognition in Retinal Ganglion Cells is mediated by Dynamical Inhibitory Synapses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Buffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berat Semihchan Sermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ERM 2023 - European Retina Meeting 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Tuebingen, Germany. , 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04351175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamical Synapses in Retinal Surprise coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Buffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semihchan Sermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Bertoli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICMNS 2022 - 2022 International Conference on Mathematical Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, online, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03716437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of Dynamical Synapses in Retinal Surprise Coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Buffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semichan Sermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREADNE 2022 Conference : Research in Encoding And Decoding of Neural Ensembles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Fira, Greece. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03697955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of Dynamical Synapses in Retinal Surprise Coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Buffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semichan Sermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NEUROMOD Meeting 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Antibes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of Dynamical Synapses in Retinal Surprise Coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Buffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semichan Sermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dendrites 2022 - Dentritic, anatomy, molecules and functions - Embo workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Heraklion, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03697945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamical Synapses in Retinal Surprise coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semihchan Sermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Buffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuromod Inaurguration Day</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of Dynamical Synapses in Retinal Surprise Coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semichan Sermet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Buffet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MOMI2021: Le Monde des Mathematiques Industrielles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, Virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing retinal function with a multi-layered simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenia Kartsaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Sernagor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ERM 2019 - The European retina meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02389096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulating the cortical activity evoked by artificial retinal implants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Andréoletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Chavane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroMod 2019 - First meeting of the NeuroMod Institute</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02167729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How specific classes of retinal cells contribute to vision: A Computational Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenia Kartsaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Sernagor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">C@uca 2018 Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01816921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processing various motion features and measuring RGCs pairwise correlations with a 2D retinal model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Chavane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREADNE 2018 Research in Encoding And Decoding of Neural Ensembles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Santorini, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01866259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A computational study of anticipation in the retina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernstein conference 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01942516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biovision project-team</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Benzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilian Caugant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fête de la science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Sophia-Antipolis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01896505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pattern formation and criticality in the developing retina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Mathematical Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Juan-Les-Pins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01807929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processing various motion features and measuring RGCs pairwise correlations with a 2D retinal model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Chavane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Mathematical Neuroscience ICMNS 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Juan les Pins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01809589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does the retina anticipate the motion of complex shapes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernstein conférence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Goettingen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01638102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motion processing in the retina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR multielectrodes </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01638105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modifying a biologically inspired retina simulator to reconstruct realistic responses to moving stimuli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selma Souihel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference Cauca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Fréjus, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01638104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Following stage II retinal waves during development with a biophysical model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernstein Conference 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Gottingen, Germany. pp.1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01638098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Following stage II retinal waves during development with a biophysical model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International retina meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01638100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A variational approach for receptive field estimation in the nonconvex case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audric Drogoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Second International Conference on Mathematical NeuroScience (ICMNS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Juan Les Pins, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01292700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimensionality Reduction in spatio-temporal MaxEnt models and analysis of Retinal Ganglion Cell Spiking Activity in experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rubén Herzog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Jose Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Palacios</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernstein Conference 2016 </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Berlin, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classifying the spatiotemporal patterns within stage II retinal waves through dynamical systems analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernstein Conference 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Berlin, Germany. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01371596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ENAS: A new software for spike train analysis and simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Kraria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pamplona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernstein conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Berlin, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01368757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biophysical modelling of the intrinsic mechanisms of the autonomous starbust cells during stage II retinal waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modelling the early visual system - Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01256477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spike train analysis and Gibbs distributions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernstein Conference 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01378001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the emergence of stage II retinal waves in immature retina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREADNE 2016 Research in Encoding And Decoding of Neural Ensembles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Santorini, Greece. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01339875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectral dimension reduction on parametric models for spike train statistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cesar Ravello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rubén Herzog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Jose Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Palacios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e Colloque de la Société des Neurosciences </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01246088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A super-resolution approach for receptive fields estimation of neuronal ensembles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pamplona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Pirmoradian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias H. Hennig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational Neuroscience (CNS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Prague, Czech Republic. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01215541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shifting stimulus for faster receptive fields estimation of ensembles of neurons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pamplona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computational and Systems Neuroscience (Cosyne)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Salt Lake City, United States. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01215537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of retinal GABA Depletion by Allylglycine on mouse retinal ganglion cell responses to light</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Softley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pamplona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Retina Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Brigthon, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01235324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Habitat to Retina: Neural Population Coding using Natural Movies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rubén Herzog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joaquin Araya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Pizarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cesar Ravello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernstein Conference 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Goettingen, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01095781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can We Hear the Shape of a Maximum Entropy Potential From Spike Trains?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bernstein Conference 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Goettingen, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01095760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EnaS: a new software for neural population analysis in large scale spiking networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selim Kraria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Twenty Second Annual Computational Neuroscience Meeting : CNS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Paris, France. 14 (Suppl 1), pp.P57, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00842303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics and spike trains statistics in conductance-based Integrate-and-Fire neural networks with chemical and electric synapses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Twenty Second Annual Computational Neuroscience Meeting : CNS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Paris, France. 14 (Suppl 1), pp.P58, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00842297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond dynamical mean-field theory of neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimiliano Muratori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Twenty Second Annual Computational Neuroscience Meeting : CNS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Paris, France. 14 (Suppl 1), pp.P60, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00842309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A maximum likelihood estimator of neural network synaptic weights</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wahiba Taouali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Twenty Second Annual Computational Neuroscience Meeting : CNS 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Paris, France. 14 (Suppl 1), pp.P59, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00842312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of electric synapses in spike train statistics of integrate and fire neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR MEA 2012. Encoding And Decoding of Neural Ensembles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Marseille, France. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics and spike trains statistics in conductance-based Integrate-and-Fire neural networks with chemical and electric synapses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AREADNE 2012. Encoding And Decoding of Neural Ensembles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Santorini, Greece. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00850107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Retina as a Dynamical System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recent Trends in Chaotic, Nonlinear and Complex Dynamics.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03054473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The retina: a fascinating object of study for a physicist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UCA COMPLEX DAYS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01807518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spike Train Statistics from Empirical Facts to Theory: The Case of the Retina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Palacios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Cazals and Pierre Kornprobst. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modeling in Computational Biology and Biomedicine: A Multidisciplinary Endeavor</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00640507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating how specific classes of retinal cells contribute to vision with a multi-layered simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenia Kartsaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Sernagor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02994691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mathematical analysis of the effects of Hebbian learning rules on the dynamics and structure of discrete-time random recurrent neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Siri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Berry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Delord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Quoy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00149181v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of Hebbian learning on the dynamics and structure of random networks with inhibitory and excitatory neurons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Siri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Quoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Delord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Berry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00155580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distinct inhibitory connectivity motifs trigger distinct forms of anticipation in the retinal network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Ebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05198183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noise driven broadening of the neural synchronisation transition in stage II retinal waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Matzakos-Karvouniari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Gil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02402380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the role of Nav1.7 sodium channels in chronic pain: an experimental and computational study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Capurro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jack Thornton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyle Armstrong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Sernagor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02414907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimensionality Reduction on Spatio-Temporal Maximum Entropy Models of Spiking Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rubén Herzog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Jose Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Palacios</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01917485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimensionality Reduction on Maximum Entropy Models on Spiking Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rubén Herzog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Jose Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Palacios</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exact computation of the Maximum Entropy Potential of spiking neural networks models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00861397v4</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic firing rate models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Touboul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bard Ermentrout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Faugeras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00534332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entropy-based parametric estimation of spike train statistics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00534847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Back-engineering of spiking neural networks parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro-Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00846118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are neuronal networks that vicious ? Or only their models ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00176199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inducing periodicity and chaos by negative feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Pecou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillermo Espinoza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00194648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are biological neurons that vicious ? Or only their models ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00176200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical evidence of linear response violations in chaotic systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00095877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Neuron to Neural Networks dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Samuelides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00095871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some fractal aspects of Self-Organized Criticality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00013082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical Flow Estimation pre-training with simulated stage II retinal waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christos Kyriazis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui-Yin Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">RR-9562, Inria &amp; Université Cote d'Azur, CNRS, I3S, Sophia Antipolis, France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large visual neuron assemblies receptive fields estimation using a super-resolution approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pamplona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias H. Hennig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evelyne Sernagor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-9383, Inria - Sophia antipolis. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03087009v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PRANAS: A new platform for retinal analysis and simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selim Kraria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pamplona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-8958, Inria Sophia Antipolis; Inria Bordeaux Sud-Ouest. 2017, pp.27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01377307v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pan-retinal characterisation of Light Responses from Ganglion Cells in the Developing Mouse Retina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrit Hilgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Pirmoradian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniela Pamplona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Institute of Neuroscience, Newcastle University; Institute for Adaptive and Neural Computation, University of Edinburgh; Inria, Neuromathcomp Team. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01393525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A nonconvex variational approach for receptive field estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audric Drogoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Kornprobst</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] 8837, Inria Sophia Antipolis. 2016, pp.42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01279999v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parameters estimation for spatio-temporal maximum entropy distributions: application to neural spike trains.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hassan Nasser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00927080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating maximum entropy distributions from periodic orbits in spike trains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Cofre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-8329, INRIA. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00842776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling non-standard retinal in/out function using computer vision variational methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaa Teftef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Jose Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aland Astudillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Carvajal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-8217, INRIA. 2013, pp.28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00783091v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floor the Ceil & Ceil the Floor: Revisiting AIMD Evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashwin Rao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Legout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Dabbous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00733890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric Estimation of Gibbs distributions as generalized maximum-entropy models for the analysis of spike train statistics.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-7561, INRIA. 2011, pp.54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00574954v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reverse-engineering in spiking neural networks parameters: exact deterministic parameters estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horacio Rostro-Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Carlos Vasquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-7199, INRIA. 2010, pp.41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00455415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introducing numerical bounds to improve event-based neural network simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rochel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Viéville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-6924, INRIA. 2009, pp.31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00382534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A constructive mean field analysis of multi population neural networks with random synaptic weights and stochastic inputs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Faugeras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Touboul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] RR-6454, INRIA. 2008, pp.58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inria-00258345v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The early visual system from a dynamical system perspective: Tutorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctoral. Valparaiso (Chile), Chile. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04920269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linear response in neuronal networks: from neurons dynamics to collective response</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctoral. Chile. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01986987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A mathematical approach to retinal waves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dora Karvouniari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctoral. Chile. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01626745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mean-Field Models in neuroscience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Cessac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Doctoral. Mean-Field Models in neuroscience., France. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cel-01095603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId386"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050534v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Emonet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cessac" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04709925v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Souihel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Di Volo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Destexhe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chavane" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/neco.a.34" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05312447v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Demairy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenia Kartsaki" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Kloczko" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161982v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerrit Hilgen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Sernagor" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/neco_a_01663" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03939794v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Ebert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Buffet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.Semihcan Sermet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-50506-7" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03564179v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Pamplona" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias H Hennig" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00076.2021" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03454859v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jimaging8010014" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03485137v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dora Matzakou-Karvouniari" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physd.2022.133436" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03223562v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia Kartysh" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2021.05.09.443323" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02929183v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13408-020-00101-z" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01895095v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Ampuero" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Cofr&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e23020155" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02546167v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Vohryzek" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Deco" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morten Kringelbach" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Cabral" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnsys.2020.00020" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03015686v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Maldonado" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02045700v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dora Matzakos-Karvouniari" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gil" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaine Orendorff" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Picaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-38299-4" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02280089v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5111803" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01484133v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dora Karvouniari" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01351964v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Ny" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva L&#246;cherbach" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/NECO_a_00898" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01589946v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Pirmoradian" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kornprobst" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01588737v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim Kraria" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Nasser" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01387733v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatihcan M Atay" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Banisch" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanchard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eckehard Olbrich" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5890/DNC.2016.09.009" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01096213v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e16042244" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01095599v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Cofre" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00846160v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/2013/03/P03006" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00844218v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Naud&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Berry" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Delord" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0870-13.2013" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00850155v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00846091v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chaos.2012.12.006" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00846132v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Vasquez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Palacios" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J. Berry Ii" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2011.11.001" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845594v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horacio Rostro-Gonzalez" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vi&#233;ville" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-2560/9/2/026024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-5J7ZCTCZ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00640501v2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00530115v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00285-010-0358-4" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642997v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horacio Rostro" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Girau" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Torres-Huitzil" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2011.09.004" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LG2R75NZ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00534326v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218127410026721" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00407915v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Paugam-Moisy" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2009.11.002" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6D8VPDLP-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350194v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00407905v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-009-9786-1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00784453v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350382v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00784452v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Vasquez" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00784454v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00423350v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00338369v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00633582v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Siri" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Quoy" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00784465v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188795v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0951-7715/20/12/007" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350457v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leininger" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00529560v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Samuelides" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00633581v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Siri" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2007.10.003" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00013081v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Sepulchre" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2126813" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123621v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Barber" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Blanchard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Buchinger" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig Streit" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119548v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Alexandre Sepulchre" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physd.2006.09.034" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00529558v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjst/e2007-00058-2" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00013127v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.70.056111" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00529555v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Krueger" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Meunier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:JOSS.0000028057.16662.89" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00013140v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.65.036131" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00134729v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00529554v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1018639308981" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416782v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dauc&#233;" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Doyon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Samuelides" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416779v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00247065v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp1:1995135" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753888v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04050213v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351160v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semihchan Sermet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030986v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03807338v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03774467v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02921842v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02929816v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02172010v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Chavane" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02171428v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Mantegazza" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02316888v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02150600v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02268281v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986989v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02167737v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389076v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389086v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02172016v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01816919v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925829v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Karvouniari" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006662v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01895097v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01816920v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01644408v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01626784v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01626754v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01644398v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01626772v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01644404v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01626779v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01324365v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379952v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audric Drogoul" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Aubert" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/756/1/012006" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01246092v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01235313v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01235314v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01235318v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01211548v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01225622v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01225619v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01235311v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01095746v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01095605v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01095600v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01095606v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01095601v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Naud&#233;" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00851436v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845619v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00755345v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Salas" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845601v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00849937v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00849944v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845599v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00850091v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00756467v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845598v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845600v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00850100v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845728v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845729v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845730v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845731v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00847436v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Carlos Vasquez" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553403v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553441v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00847438v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00847435v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00847449v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Kolomiets" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00437203v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00407910v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00407911v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00437205v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00407913v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331567v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00338371v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Alexandre" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331541v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712545v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712537v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00529556v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753759v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04735162v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Kyriazis" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui-Yin Wu" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705784v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04708984v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Piovano" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206309v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244508v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160883v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Semihchan Sermet" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351175v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berat Semihchan Sermet" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697955v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semichan Sermet" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03716437v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Bertoli" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698058v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697945v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03521415v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03521429v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389096v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02167729v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teva Andr&#233;oletti" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Roux" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01942516v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01866259v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01896505v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Benzi" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilian Caugant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01809589v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807929v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01816921v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01638104v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01638105v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01638098v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01638100v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01638102v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01256477v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01378001v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01339875v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377370v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rub&#233;n Herzog" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Jose Escobar" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01292700v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01371596v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01368757v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kraria" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nasser" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01215541v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias H. Hennig" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01215537v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01235324v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Softley" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01246088v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Ravello" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01095781v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Araya" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Pizarro" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01095760v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00842297v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00842303v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00842309v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Muratori" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00842312v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahiba Taouali" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00850109v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00850107v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03054473v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807518v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00640507v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994691v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00149181v2" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00155580v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05198183v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02414907v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Capurro" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Thornton" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyle Armstrong" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02402380v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01917485v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01649063v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00861397v4" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00534847v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00534332v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Touboul" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bard Ermentrout" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Faugeras" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00846118v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00176199v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00194648v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Pecou" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Espinoza" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00176200v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095877v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095871v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00013082v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808775v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03087009v2" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01377307v2" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01393525v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01279999v3" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00927080v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00842776v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00783091v2" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaa Teftef" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aland Astudillo" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Carvajal" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00733890v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashwin Rao" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Legout" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Dabbous" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00574954v2" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00455415v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00382534v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rochel" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00258345v3" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04920269v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01986987v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/cel-01626745v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/cel-01095603v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050534v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Emonet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cessac" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04709925v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Souihel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Di Volo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Destexhe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chavane" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/neco.a.34" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05312447v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Demairy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenia Kartsaki" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Kloczko" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161982v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerrit Hilgen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Sernagor" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/neco_a_01663" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03939794v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Ebert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Buffet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.Semihcan Sermet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-50506-7" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03485137v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dora Matzakou-Karvouniari" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physd.2022.133436" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03564179v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Pamplona" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias H Hennig" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00076.2021" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03454859v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jimaging8010014" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03223562v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia Kartysh" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2021.05.09.443323" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01895095v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Ampuero" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Cofr&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e23020155" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02929183v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13408-020-00101-z" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03015686v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Maldonado" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02546167v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Vohryzek" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Deco" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morten Kringelbach" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Cabral" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnsys.2020.00020" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02045700v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dora Matzakos-Karvouniari" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gil" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaine Orendorff" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Picaud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-38299-4" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02280089v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5111803" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01484133v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dora Karvouniari" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01351964v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Le Ny" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva L&#246;cherbach" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/NECO_a_00898" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01589946v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Pirmoradian" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kornprobst" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01588737v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim Kraria" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Nasser" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01387733v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatihcan M Atay" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Banisch" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanchard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eckehard Olbrich" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5890/DNC.2016.09.009" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01096213v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e16042244" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01095599v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Cofre" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00846091v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chaos.2012.12.006" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00844218v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Naud&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Berry" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Delord" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0870-13.2013" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00846160v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/2013/03/P03006" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00850155v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00846132v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Vasquez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Palacios" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J. Berry Ii" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2011.11.001" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845594v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horacio Rostro-Gonzalez" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Vi&#233;ville" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-2560/9/2/026024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-5J7ZCTCZ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00642997v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horacio Rostro" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Girau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Torres-Huitzil" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2011.09.004" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LG2R75NZ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00640501v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00530115v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00285-010-0358-4" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350194v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00407915v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Paugam-Moisy" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2009.11.002" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6D8VPDLP-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00534326v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218127410026721" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00407905v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10955-009-9786-1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00784453v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00784452v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Vasquez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350382v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00784454v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00633582v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Siri" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Quoy" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00423350v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00338369v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350457v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leininger" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00529560v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Samuelides" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00633581v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Siri" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphysparis.2007.10.003" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00784465v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188795v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0951-7715/20/12/007" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00529558v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjst/e2007-00058-2" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123621v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Barber" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Blanchard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Buchinger" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludwig Streit" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00013081v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Sepulchre" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2126813" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00119548v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Alexandre Sepulchre" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physd.2006.09.034" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00013127v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.70.056111" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00529555v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Krueger" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Meunier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:JOSS.0000028057.16662.89" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00013140v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.65.036131" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00134729v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00529554v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1018639308981" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416782v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dauc&#233;" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Doyon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Samuelides" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416779v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00247065v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp1:1995135" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753888v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351160v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semihchan Sermet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04050213v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030986v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03807338v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03774467v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02921842v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02929816v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02316888v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02171428v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Mantegazza" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02172010v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Chavane" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986989v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02150600v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02167737v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02268281v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02172016v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389086v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389076v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925829v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Karvouniari" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01816919v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006662v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01895097v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01816920v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01644404v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01626779v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01644398v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01626754v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01626784v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01644408v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01626772v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01324365v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379952v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audric Drogoul" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Aubert" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/756/1/012006" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01235311v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01235318v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01235314v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01235313v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01246092v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01225622v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01225619v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01211548v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01095601v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Naud&#233;" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01095600v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01095746v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01095605v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01095606v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00851436v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845619v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00850100v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845600v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845598v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845599v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845601v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00849937v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00849944v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00755345v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Salas" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00850091v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00756467v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845731v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845729v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845728v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845730v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00847449v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Kolomiets" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553403v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553441v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00847436v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Carlos Vasquez" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00847435v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00847438v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00407913v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00437205v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00407910v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00407911v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00437203v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331567v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00338371v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Alexandre" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331541v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712545v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712537v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00529556v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04735162v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Kyriazis" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui-Yin Wu" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705784v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753759v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04708984v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Piovano" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160883v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Semihchan Sermet" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206309v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244508v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351175v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berat Semihchan Sermet" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03716437v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Bertoli" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697955v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semichan Sermet" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698058v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697945v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03521429v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03521415v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389096v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02167729v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teva Andr&#233;oletti" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Roux" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01816921v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01866259v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01942516v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01896505v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Benzi" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilian Caugant" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807929v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01809589v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01638102v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01638105v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01638104v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01638098v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01638100v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01292700v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01377370v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rub&#233;n Herzog" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Jose Escobar" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01371596v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01368757v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kraria" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Nasser" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01256477v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01378001v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01339875v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01246088v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Ravello" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01215541v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias H. Hennig" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01215537v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01235324v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Softley" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01095781v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joaquin Araya" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Pizarro" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01095760v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00842303v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00842297v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00842309v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Muratori" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00842312v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahiba Taouali" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00850109v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00850107v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03054473v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807518v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00640507v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994691v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00149181v2" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00155580v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05198183v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02402380v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02414907v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Capurro" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Thornton" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyle Armstrong" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01917485v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01649063v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00861397v4" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00534332v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Touboul" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bard Ermentrout" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Faugeras" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00534847v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00846118v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00176199v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00194648v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Pecou" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Espinoza" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00176200v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095877v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00095871v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00013082v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808775v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03087009v2" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01377307v2" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01393525v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01279999v3" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00927080v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00842776v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00783091v2" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaa Teftef" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aland Astudillo" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Carvajal" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00733890v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashwin Rao" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Legout" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Dabbous" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00574954v2" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00455415v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00382534v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rochel" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00258345v3" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04920269v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/cel-01986987v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/cel-01626745v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/cel-01095603v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>