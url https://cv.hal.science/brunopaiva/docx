--- v0 (2026-03-03)
+++ v1 (2026-03-27)
@@ -66,869 +66,1303 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SHEDs and BMSCs exhibit distinct lineage preferences in HUVECs dynamic spheroid co‐cultures: vascular versus osteogenic commitment</w:t>
+                <w:t xml:space="preserve">Combined assessment of circulating tumor cells (CTCs) and measurable residual disease (MRD) for dynamic risk assessment of patients (Pts) with multiple myeloma (MM)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soukaina El Hajj</w:t>
+                <w:t xml:space="preserve">Bruno Paiva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Gorin</w:t>
+                <w:t xml:space="preserve">Esperanza Martin-Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martial Bankoué Ntaté</w:t>
+                <w:t xml:space="preserve">Mattia d'Agostino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romane Lesieur</w:t>
+                <w:t xml:space="preserve">Ioannis Kostopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elina Casas</w:t>
+                <w:t xml:space="preserve">Luca Bertamini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioengineering &amp; Translational Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">67th ASH Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Orlando, United States. pp.494-494, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/btm2.70091⟩</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+                <w:t xml:space="preserve">⟨10.1182/blood-2025-494⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05370683v1</w:t>
+                <w:t xml:space="preserve">hal-05555823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extracellular matrix (ECM)-derived bioinks designed to foster vasculogenesis and neurite outgrowth: Characterization and bioprinting</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Circulating tumor cells (CTCs) for dynamic risk assessment of patients (Pts) with smoldering multiple myeloma (SMM)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esperanza Martin-Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Oliveira</w:t>
+                <w:t xml:space="preserve">Evangelos Terpos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chantal Médina</w:t>
+                <w:t xml:space="preserve">Niels Weinhold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Laure Stachowicz</w:t>
+                <w:t xml:space="preserve">Albert Pérez-Montaña</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Paiva dos Santos</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lise Chagot</w:t>
+                <w:t xml:space="preserve">Enrique Ocio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Bioprinting</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">67th ASH Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Orlando, United States. pp.493-493, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1182/blood-2025-493⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05555799v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bprint.2021.e00134⟩</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SHEDs and BMSCs exhibit distinct lineage preferences in HUVECs dynamic spheroid co‐cultures: vascular versus osteogenic commitment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soukaina El Hajj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Gorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Bankoué Ntaté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romane Lesieur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elina Casas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bioengineering &amp; Translational Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/btm2.70091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03479756v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05370683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensory neurons from dorsal root ganglia regulate endothelial cell function in extracellular matrix remodelling</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Comparison of senescence phenotype of short- and long- term cultured rat mesenchymal stem cells in vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa P.A. Lemos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Porto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael da S. Cezar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno P Dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa R De Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Communication and Signaling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12964-020-00656-0⟩</w:t>
+              <w:t xml:space="preserve">Anais da Academia Brasileira de Ciências</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 94 (suppl 3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1590/0001-3765202220211246⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03053678v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05566150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Unique Triculture Model to Study Osteoblasts, Osteoclasts, and Endothelial Cells</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Extracellular matrix (ECM)-derived bioinks designed to foster vasculogenesis and neurite outgrowth: Characterization and bioprinting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Médina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Stachowicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Paiva dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Joëlle Amédée</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Chagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tissue Engineering Part C: Methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1089/ten.TEC.2018.0301⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Bioprinting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22, pp.e00134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bprint.2021.e00134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02863405v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03479756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a cell-free and growth factor-free hydrogel capable of inducing angiogenesis and innervation after subcutaneous implantation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Sensory neurons from dorsal root ganglia regulate endothelial cell function in extracellular matrix remodelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Paiva dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marie Rosselin</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Leng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabeth Garanger</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hugo Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Amédée</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actbio.2019.08.028⟩</w:t>
+              <w:t xml:space="preserve">Cell Communication and Signaling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12964-020-00656-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02378330v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03053678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Production, purification and characterization of an elastin-like polypeptide containing the Ile-Lys-Val-Ala-Val (IKVAV) peptide for tissue engineering applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Paiva dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Garbay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mattia Pasqua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Chevron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoeisha Chinoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 298, pp.35-44. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jbiotec.2019.04.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02100654v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Unique Triculture Model to Study Osteoblasts, Osteoclasts, and Endothelial Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Gremare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Aussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reine Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Paiva dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Amédée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tissue Engineering Part C: Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 25 (7), pp.421-432. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/ten.TEC.2018.0301⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02863405v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Development of a cell-free and growth factor-free hydrogel capable of inducing angiogenesis and innervation after subcutaneous implantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Paiva dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Garbay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Fenelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Rosselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Garanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 99, pp.154-167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actbio.2019.08.028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02378330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId42"/>
+      <w:footerReference w:type="default" r:id="rId62"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1075,51 +1509,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370683v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soukaina El Hajj" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gorin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Bankou&#233; Ntat&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Lesieur" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Casas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/btm2.70091" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479756v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Oliveira" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal M&#233;dina" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Stachowicz" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Paiva dos Santos" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Chagot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bprint.2021.e00134" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053678v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Leroux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Leng" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Am&#233;d&#233;e" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12964-020-00656-0" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02863405v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Gremare" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Aussel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Bareille" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/ten.TEC.2018.0301" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378330v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Garbay" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fenelon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rosselin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Garanger" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2019.08.028" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100654v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Pasqua" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Chevron" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoeisha Chinoy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiotec.2019.04.010" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05555823v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Paiva" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esperanza Martin-Sanchez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia d'Agostino" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Kostopoulos" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Bertamini" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2025-494" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05555799v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelos Terpos" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Weinhold" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert P&#233;rez-Monta&#241;a" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Ocio" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2025-493" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05370683v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soukaina El Hajj" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gorin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Bankou&#233; Ntat&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Lesieur" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elina Casas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/btm2.70091" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05566150v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa P.A. Lemos" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Porto" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael da S. Cezar" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno P Dos Santos" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa R De Souza" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/0001-3765202220211246" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479756v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Oliveira" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal M&#233;dina" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Stachowicz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Paiva dos Santos" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Chagot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bprint.2021.e00134" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053678v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Leroux" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Leng" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Am&#233;d&#233;e" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12964-020-00656-0" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100654v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Garbay" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Pasqua" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Chevron" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoeisha Chinoy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiotec.2019.04.010" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02863405v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Gremare" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Aussel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Bareille" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/ten.TEC.2018.0301" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378330v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Fenelon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rosselin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Garanger" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2019.08.028" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>