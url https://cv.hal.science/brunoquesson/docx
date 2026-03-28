--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -100,546 +100,546 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Subvoxel Correction of Boiling‐Induced Susceptibility Artifacts in Magnetic Resonance Thermometry and Dosimetry for Monitoring Microwave Thermoablation: A Feasibility Study in a Swine Model</w:t>
+                <w:t xml:space="preserve">Remodeling of sarcoplasmic reticulum Ca 2+ uptake in cardiac Purkinje cells after ischemic myocardial infarction in various large mammalian species and humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eber Dantas</w:t>
+                <w:t xml:space="preserve">Bruno Stuyvers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebecca Lafont</w:t>
+                <w:t xml:space="preserve">Yunbo Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Bour</w:t>
+                <w:t xml:space="preserve">Wen Dun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Faller</w:t>
+                <w:t xml:space="preserve">Penelope Boyden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Quesson</w:t>
+                <w:t xml:space="preserve">Ruhul Amin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, Online ahead of print. </w:t>
+              <w:t xml:space="preserve">American Journal of Physiology - Cell Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 330 (1), pp.C252-C264. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/mrm.70129⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1152/ajpcell.00225.2025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05369555v1</w:t>
+                <w:t xml:space="preserve">hal-05383889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remodeling of sarcoplasmic reticulum Ca 2+ uptake in cardiac Purkinje cells after ischemic myocardial infarction in various large mammalian species and humans</w:t>
+                <w:t xml:space="preserve">A Subvoxel Correction of Boiling‐Induced Susceptibility Artifacts in Magnetic Resonance Thermometry and Dosimetry for Monitoring Microwave Thermoablation: A Feasibility Study in a Swine Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Stuyvers</w:t>
+                <w:t xml:space="preserve">Eber Dantas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yunbo Guo</w:t>
+                <w:t xml:space="preserve">Rebecca Lafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wen Dun</w:t>
+                <w:t xml:space="preserve">Pierre Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Penelope Boyden</w:t>
+                <w:t xml:space="preserve">Thibaut Faller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruhul Amin</w:t>
+                <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Physiology - Cell Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Online ahead of print. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/ajpcell.00225.2025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/mrm.70129⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05383889v1</w:t>
+                <w:t xml:space="preserve">hal-05369555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The minimum admissible detuning efficiency of MRI receive-only surface coils</w:t>
+                <w:t xml:space="preserve">Real-time multislice MR-thermometry of the prostate: Assessment of feasibility, accuracy and sources of biases in patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sina Marhabaie</w:t>
+                <w:t xml:space="preserve">Clément Marcelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aimé Labbé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Quesson</w:t>
+                <w:t xml:space="preserve">Amandine Crombé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Poirier-Quinot</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Eva Jambon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Bladou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Magnetic Resonance Imaging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jmri.29209⟩</w:t>
+              <w:t xml:space="preserve">Diagnostic and Interventional Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 106 (5), pp.183-191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.diii.2024.11.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04684922v1</w:t>
+                <w:t xml:space="preserve">hal-05369568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-time multislice MR-thermometry of the prostate: Assessment of feasibility, accuracy and sources of biases in patients</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The minimum admissible detuning efficiency of MRI receive-only surface coils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eva Jambon</w:t>
+                <w:t xml:space="preserve">Sina Marhabaie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégoire Robert</w:t>
+                <w:t xml:space="preserve">Aimé Labbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Bladou</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie Poirier-Quinot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diagnostic and Interventional Imaging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 106 (5), pp.183-191. </w:t>
+              <w:t xml:space="preserve">Journal of Magnetic Resonance Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 60 (2), pp.777-788. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.diii.2024.11.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jmri.29209⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05369568v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04684922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic volumetric temperature regulation during in vivo MRI-guided laser-induced thermotherapy (MRg-LITT) with multiple laser probes</w:t>
               </w:r>
@@ -651,64 +651,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Desclides</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Ozenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Faller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Machinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -772,77 +772,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D motion strategy for online volumetric thermometry using simultaneous multi-slice EPI at 1.5T: an evaluation study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Ozenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Hyperthermia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 40 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
@@ -902,64 +902,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Desclides</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Ozenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Faller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Machinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1004,429 +1004,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04045075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MUSIC: Cardiac Imaging, Modelling and Visualisation Software for Diagnosis and Therapy</w:t>
+                <w:t xml:space="preserve">Assessment of Cardiac Toxicity of Manganese Chloride for Cardiovascular Magnetic Resonance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Merle</w:t>
+                <w:t xml:space="preserve">Elodie Lamonzie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Collot</w:t>
+                <w:t xml:space="preserve">Fanny Vaillant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Castelneau</w:t>
+                <w:t xml:space="preserve">Emma Abell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Migerditichan</w:t>
+                <w:t xml:space="preserve">Sabine Charron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehdi Juhoor</w:t>
+                <w:t xml:space="preserve">Dounia El Hamrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (12), pp.6145. </w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/app12126145⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2022.952043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03934424v1</w:t>
+                <w:t xml:space="preserve">hal-03869192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of Cardiac Toxicity of Manganese Chloride for Cardiovascular Magnetic Resonance</w:t>
+                <w:t xml:space="preserve">Impact of intraventricular septal fiber orientation on cardiac electromechanical function</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Lamonzie</w:t>
+                <w:t xml:space="preserve">Jairo Rodríguez-Padilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Vaillant</w:t>
+                <w:t xml:space="preserve">Argyrios Petras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emma Abell</w:t>
+                <w:t xml:space="preserve">Julie Magat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabine Charron</w:t>
+                <w:t xml:space="preserve">Jason Bayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dounia El Hamrani</w:t>
+                <w:t xml:space="preserve">Yann Bihan-Poudec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 13, </w:t>
+              <w:t xml:space="preserve">AJP - Heart and Circulatory Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 322 (6), pp.H936 - H952. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphys.2022.952043⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1152/ajpheart.00050.2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03869192v1</w:t>
+                <w:t xml:space="preserve">hal-03869234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of intraventricular septal fiber orientation on cardiac electromechanical function</w:t>
+                <w:t xml:space="preserve">MUSIC: Cardiac Imaging, Modelling and Visualisation Software for Diagnosis and Therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jairo Rodríguez-Padilla</w:t>
+                <w:t xml:space="preserve">Mathilde Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Argyrios Petras</w:t>
+                <w:t xml:space="preserve">Florent Collot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Magat</w:t>
+                <w:t xml:space="preserve">Julien Castelneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jason Bayer</w:t>
+                <w:t xml:space="preserve">Pauline Migerditichan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Bihan-Poudec</w:t>
+                <w:t xml:space="preserve">Mehdi Juhoor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AJP - Heart and Circulatory Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 322 (6), pp.H936 - H952. </w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (12), pp.6145. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/ajpheart.00050.2022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/app12126145⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03869234v1</w:t>
+                <w:t xml:space="preserve">hal-03934424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continuous cardiac thermometry via simultaneous catheter tracking and undersampled radial golden angle acquisition for radiofrequency ablation monitoring</w:t>
               </w:r>
@@ -1438,77 +1438,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylène Delcey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Grissom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 12, </w:t>
@@ -1598,51 +1598,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Cao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Loyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Abell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 69 (3), pp.942-956. </w:t>
@@ -1674,485 +1674,485 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05338971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An 8 channel parallel transmit system with current sensor feedback for MRI-guided interventional applications</w:t>
+                <w:t xml:space="preserve">Interventional cardiac MRI using an add‐on parallel transmit MR system: In vivo experience in sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felipe Godinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphael Tomi-Tricot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Quesson</w:t>
+                <w:t xml:space="preserve">Raphael Tomi‐tricot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marylène Delcey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthias Barthel</w:t>
+                <w:t xml:space="preserve">Steven E Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gunthard Lykowsky</w:t>
+                <w:t xml:space="preserve">Ronald Mooiweer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics in Medicine and Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 66, </w:t>
+              <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1361-6560/ac2fbe⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/mrm.28931⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03869211v1</w:t>
+                <w:t xml:space="preserve">hal-03404534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interventional cardiac MRI using an add‐on parallel transmit MR system: In vivo experience in sheep</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A left lateral body position increases pulmonary vein stress in healthy humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphael Tomi‐tricot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marylène Delcey</w:t>
+                <w:t xml:space="preserve">Lisa A Gottlieb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dounia El Hamrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steven E Williams</w:t>
+                <w:t xml:space="preserve">Jérôme Naulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ronald Mooiweer</w:t>
+                <w:t xml:space="preserve">Lorena Sanchez Y. Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mrm.28931⟩</w:t>
+              <w:t xml:space="preserve">Physiological Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (18), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14814/phy2.15022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03404534v1</w:t>
+                <w:t xml:space="preserve">hal-03869214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A left lateral body position increases pulmonary vein stress in healthy humans</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dounia El Hamrani</w:t>
+                <w:t xml:space="preserve">An 8 channel parallel transmit system with current sensor feedback for MRI-guided interventional applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Godinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Naulin</w:t>
+                <w:t xml:space="preserve">Raphael Tomi-Tricot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorena Sanchez Y. Blanco</w:t>
+                <w:t xml:space="preserve">Matthias Barthel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Lamy</w:t>
+                <w:t xml:space="preserve">Gunthard Lykowsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiological Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9 (18), </w:t>
+              <w:t xml:space="preserve">Physics in Medicine and Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 66, </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.14814/phy2.15022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6560/ac2fbe⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03869214v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03869211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Localized Pulmonary Vein Scar Promotes Atrial Fibrillation in High Left Atrial Pressure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa A Gottlieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Vaillant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Abell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Belterman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2242,51 +2242,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylène Delcey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Ozenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2346,130 +2346,130 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A left lateral body position increases pulmonary vein stress in healthy humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa A Gottlieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dounia El Hamrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Naulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorena Sanchez Y. Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physiological Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 9 (18), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.14814/phy2.15022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03869208v1</w:t>
@@ -2532,51 +2532,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Yon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexey Wolf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 20 (22), pp.6468. </w:t>
@@ -2653,64 +2653,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zakaria Jalal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Walton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Naulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Magat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Cardiovascular Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 36 (3), pp.385-394. </w:t>
@@ -2774,51 +2774,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Ozenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Constans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Santin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3163,51 +3163,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of left ventricle magnetic resonance temperature stability in patients in the presence of arrhythmias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Ozenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3546,529 +3546,529 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03033103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myocardial Thermal Ablation with a Transesophageal High-Intensity Focused Ultrasound Probe: Experiments on Beating Heart Models</w:t>
+                <w:t xml:space="preserve">Arrhythmogenic Remodeling of the Left Ventricle in a Porcine Model of Repaired Tetralogy of Fallot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Greillier</w:t>
+                <w:t xml:space="preserve">Virginie Dubes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bénédicte Ankou</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Emma Abell</w:t>
+                <w:t xml:space="preserve">David Benoist</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Roubertie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Constantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2018.06.013⟩</w:t>
+              <w:t xml:space="preserve">Circulation. Arrhythmia and electrophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1161/CIRCEP.117.006059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04093530v1</w:t>
+                <w:t xml:space="preserve">hal-02369857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real-time 3D ultrasound based motion tracking for the treatment of mobile organs with MR-guided high-intensity focused ultrasound</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Ozenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Marquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Hyperthermia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 34 (8), pp.1225-1235</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01962473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arrhythmogenic Remodeling of the Left Ventricle in a Porcine Model of Repaired Tetralogy of Fallot</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Myocardial Thermal Ablation with a Transesophageal High-Intensity Focused Ultrasound Probe: Experiments on Beating Heart Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephen Gilbert</w:t>
+                <w:t xml:space="preserve">Paul Greillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Constantin</w:t>
+                <w:t xml:space="preserve">Bénédicte Ankou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Zorgani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Abell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Circulation. Arrhythmia and electrophysiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 11 (10), </w:t>
+              <w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 44 (12), pp.2625-2636. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1161/CIRCEP.117.006059⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2018.06.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02369857v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04093530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myocardial Thermal Ablation with a Transesophageal High-Intensity Focused Ultrasound Probe: Experiments on Beating Heart Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Greillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Ankou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Zorgani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Abell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 44 (12), pp.2625-2636. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2018.06.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02369860v1</w:t>
@@ -4092,51 +4092,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feasibility of real-time MR thermal dose mapping for predicting radiofrequency ablation outcome in the myocardium in vivo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenne Toupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Lepetit-Coiffe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4230,77 +4230,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Guibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Magat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Abell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Vaillant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Respiratory Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 18 (1), </w:t>
@@ -4377,51 +4377,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Emilien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Benois-Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chokri Ben Amar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4502,51 +4502,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valery Ozenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Lepetit-Coiffe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4614,51 +4614,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Ozenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenne Toupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4739,77 +4739,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Deschodt-Arsac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent M Arsac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Magat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Naulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 11 (9), pp.e0162677. </w:t>
@@ -4873,51 +4873,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valery Ozenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenne Toupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Emilien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5024,51 +5024,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Genevois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Debeissat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oncotarget</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 6 (27), pp.23417-23426. </w:t>
@@ -5417,51 +5417,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Ries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Information Technology in Biomedicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 16 (3), pp.365-374. </w:t>
@@ -5676,51 +5676,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Ries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Information Technology in Biomedicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 16 (3), pp.365 - 374. </w:t>
@@ -5764,296 +5764,296 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectrally selective pencil-beam navigator for motion compensation of MR-guided high-intensity focused ultrasound therapy of abdominal organs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Max Köhler</w:t>
+                <w:t xml:space="preserve">Max O Köhler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Chrit T. W. Moonen</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrit T W Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Ries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, pp.102-111</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2011, 66 (1), pp.102-111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mrm.22784⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01063783v1</w:t>
+                <w:t xml:space="preserve">hal-01578209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectrally selective pencil-beam navigator for motion compensation of MR-guided high-intensity focused ultrasound therapy of abdominal organs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Max O Köhler</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Max Köhler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Chrit T W Moonen</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrit T. W. Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Ries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 66 (1), pp.102-111. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2011, pp.102-111</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01578209v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01063783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real-time Volumetric MRI Thermometry of Focused Ultrasound Ablation in vivo : A feasibility study in pig liver and kidney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6169,51 +6169,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Ries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Trillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6294,51 +6294,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Ries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Trillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6393,77 +6393,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A method for MRI Guidance of Intercostal High Intensity Focused Ultrasound Ablation in the Liver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Köhler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6544,51 +6544,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Roujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Ries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrit Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6691,51 +6691,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Roujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmina Berber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, pp.1704-12</w:t>
@@ -6790,51 +6790,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Roujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Ries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrit Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6894,77 +6894,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A method for MRI guidance of intercostal high intensity focused ultrasound ablation in the liver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Köhler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7022,419 +7022,419 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01503914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-time geometric distortion correction for interventional imaging with echo-planar imaging (EPI)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On-line correction of respiratory-induced field disturbances for continuous MR-thermometry in the breast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silke Hey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iulius Dragonu</w:t>
+                <w:t xml:space="preserve">Gregory Maclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Lepetit-Coiffé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasmina Berber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 61 (4), pp.994-1000. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2009, pp.1494-1499</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01503905v1</w:t>
+                <w:t xml:space="preserve">hal-01065541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-line correction of respiratory-induced field disturbances for continuous MR-thermometry in the breast</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gregory Maclair</w:t>
+                <w:t xml:space="preserve">Molecular MR imaging and MR-guided ultrasound therapies in cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Grenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yasmina Berber</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Trillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Couillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, pp.1494-1499</w:t>
+              <w:t xml:space="preserve">Acta medica belgica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 92 (1), pp.8-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01065541v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01064678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular MR imaging and MR-guided ultrasound therapies in cancer</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Real-time geometric distortion correction for interventional imaging with echo-planar imaging (EPI)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iulius Dragonu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrit Moonen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Ries</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta medica belgica</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 61 (4), pp.994-1000. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mrm.21903⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01064678v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01503905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real time monitoring of radiofrequency ablation based on MR thermometry and thermal dose in the pig liver in vivo</w:t>
               </w:r>
@@ -7548,273 +7548,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01065595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three dimensional spatial and temporal temperature control with MR- thermometry guided Focused Ultrasound</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Real-time Geometric Distortion Correction for Interventional Imaging with EPI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iulus Dragonu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrit T. W. Moonen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Ries</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, pp.603-14</w:t>
+              <w:t xml:space="preserve">, 2008, pp.994-1000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01065561v1</w:t>
+                <w:t xml:space="preserve">hal-01065581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-time Geometric Distortion Correction for Interventional Imaging with EPI</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Three dimensional spatial and temporal temperature control with MR- thermometry guided Focused Ultrasound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Quesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lourenço de Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iulus Dragonu</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sarah Sprinkhuizen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Magnetic Resonance in Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, pp.994-1000</w:t>
+              <w:t xml:space="preserve">, 2008, pp.603-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01065581v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01065561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MR-thermometry for monitoring tumor ablation</w:t>
               </w:r>
@@ -7826,77 +7826,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dragonu Iulius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Radiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 17 (9), pp.2401-2410. </w:t>
@@ -7972,77 +7972,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iulus Dragonu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Radiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, pp.2401-2410</w:t>
@@ -8071,51 +8071,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Therapies by focus ultrasound</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Trillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8123,51 +8123,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Palussiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Radiologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, pp.1787-1800</w:t>
@@ -8304,51 +8304,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetic Resonance Temperature Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrit T. W. Moonen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8421,51 +8421,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Weidensteiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noureddine Kerioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8859,51 +8859,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Soustelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SCMR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, London, United Kingdom. pp.100304, </w:t>
@@ -9127,51 +9127,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Soustelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 ISMRM &amp; ISMRT Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Toronto, France. </w:t>
@@ -9222,90 +9222,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of the Septal Discontinuity in Ex-Vivo Human Hearts Using Diffusion Tensor Imaging: The Potential Structural Determinism Played by Fiber Orientation in Clinical Phenotype of Laminopathy Patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Cabanis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Magat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Girish Ramlugun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nestor Pallares-Lupon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Vaillant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FIMH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, FIMH, Jun 2023, Lyon, France. pp.3-13, </w:t>
@@ -9369,64 +9369,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Ozenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Faller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Osman Öcal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9468,51 +9468,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imaging cardiac purkinje fibers network using ihMT imaging on a clinical 1.5T scanner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Magat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylène Delcey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9913,51 +9913,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier M. Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Magat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFRMBM 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Strasbourg, France</w:t>
@@ -9986,103 +9986,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of 2D simultaneous multi-slice EPI at 1.5T for MR-thermometry in presence of motion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Ozenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Marquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society of Magnetic Resonance in Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
@@ -10124,51 +10124,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D ultrasound based motion tracking combined with rapid multislice MR-thermometry for MR guided HIFU on mobile organs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Ozenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10262,51 +10262,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valery Ozenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenn Toupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10387,51 +10387,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valery Ozenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenn Toupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10486,103 +10486,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D high resolution imaging of human hearts for visualization of the cardiac structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Magat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valery Ozenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Vaillant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Benoist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Dubes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society of Magnetic Resonance in Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Honolulu, United States</w:t>
@@ -10637,77 +10637,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valery Ozenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaud Troadec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenn Toupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society of Magnetic Resonance in Medicine 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Singapour, Singapore</w:t>
@@ -10762,51 +10762,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenne Toupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Lepetit-Coiffé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Ozenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10887,51 +10887,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valéry Ozenne Ozenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenne Toupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11025,51 +11025,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenne Toupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Vaillant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11137,51 +11137,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samah Bouzidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Emilien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chokri Ben Amar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11284,51 +11284,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Benois-Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Elbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2013 IEEE International Conference on Image Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Melbourne, Austria. pp.2514-2518, </w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11356,273 +11356,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01437476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive volumetric MR-guided high-intensity focused ultrasound ablations in moving organs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Silke Hey</w:t>
+                <w:t xml:space="preserve">Three dimensional motion compensation for real-time MRI guided focused ultrasound treatment of abdominal organs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Ries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Maclair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrit T. W. Moonen</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium of Therapeutic Ultrasound</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, Aix en Provence, France</w:t>
+              <w:t xml:space="preserve">, 2010, Aix en Provence, France. pp.243-246</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01116808v1</w:t>
+                <w:t xml:space="preserve">hal-01116811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three dimensional motion compensation for real-time MRI guided focused ultrasound treatment of abdominal organs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mario Ries</w:t>
+                <w:t xml:space="preserve">Adaptive volumetric MR-guided high-intensity focused ultrasound ablations in moving organs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silke Hey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Max Köhler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrit T. W. Moonen</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium of Therapeutic Ultrasound</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, Aix en Provence, France. pp.243-246</w:t>
+              <w:t xml:space="preserve">, 2010, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01116811v1</w:t>
+                <w:t xml:space="preserve">hal-01116808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new criterion for motion estimation assessment for MR-thermometry applications</w:t>
               </w:r>
@@ -11634,51 +11634,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Roujol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Ries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Benois-Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11781,51 +11781,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Benois-Pineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Ries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11867,77 +11867,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapid and volumetric MRI thermometry for monitoring HIFU ablation in the liver during breathing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Maclair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12281,51 +12281,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Ries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Desbarats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13379,64 +13379,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrit Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baudouin Denis de Senneville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Quesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Couillaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Therapeutic Ultrasound</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nova Science Publishers, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13519,77 +13519,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arash Forodighasemabadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evgenios Kornaropoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Constantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Soustelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Vaillant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -13780,51 +13780,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369555v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eber Dantas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Lafont" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bour" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Faller" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Quesson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.70129" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383889v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Stuyvers" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunbo Guo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Dun" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penelope Boyden" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruhul Amin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpcell.00225.2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684922v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Marhabaie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aim&#233; Labb&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Poirier-Quinot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmri.29209" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369568v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Marcelin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cromb&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Jambon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Robert" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bladou" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diii.2024.11.006" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369559v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Desclides" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Ozenne" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Machinet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2024.109445" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107830v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baudouin Denis de Senneville" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02656736.2023.2194595" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045075v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-29818-z" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03934424v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Merle" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Collot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Castelneau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Migerditichan" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Juhoor" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12126145" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869192v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lamonzie" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Vaillant" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Abell" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Charron" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dounia El Hamrani" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.952043" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869234v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jairo Rodr&#237;guez-Padilla" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Argyrios Petras" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Magat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Bayer" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bihan-Poudec" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpheart.00050.2022" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869198v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Yon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryl&#232;ne Delcey" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Grissom" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-06927-9" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338971v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Robert" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Bessi&#232;re" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Cao" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Loyer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tuffc.2021.3137989" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869211v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Godinez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Tomi-Tricot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Barthel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunthard Lykowsky" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ac2fbe" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404534v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Tomi&#8208;tricot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven E Williams" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Mooiweer" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.28931" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869214v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa A Gottlieb" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Naulin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Sanchez Y. Blanco" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lamy" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14814/phy2.15022" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404525v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Belterman" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2021.709844" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404539v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Quesson" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wadie Ben Hassen" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0250636" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869208v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033070v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina de Landro" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Ianniello" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Wolf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20226468" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033094v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Perdreau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Jalal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Walton" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10554-019-01734-2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033100v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Constans" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Santin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Valabr&#232;gue" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2019.116236" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033116v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Zorgani" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Daunizeau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Cao" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2019.10.017" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369835v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masateru Takigawa" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jatin Relan" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takeshi Kitamura" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Martin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Kim" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCEP.119.007158" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033104v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Toupin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vaussy" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.4160" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369809v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruairidh Martin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jacep.2018.08.022" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033103v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire A. Martin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093530v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Greillier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Ankou" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2018.06.013" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962473v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Marquet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Dumont" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369857v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dubes" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Benoist" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Roubertie" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Gilbert" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Constantin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCEP.117.006059" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369860v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461328v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Toupin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lepetit-Coiffe" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Ozenne" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439151v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Coste" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guibert" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12931-017-0533-x" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674969v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameh Bouzidi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Emilien" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Benois-Pineau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chokri Ben Amar" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461318v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272114v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lepetit-Coiff&#233;" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073298v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Deschodt-Arsac" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent M Arsac" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0162677" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116816v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Emilien" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vaillant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02486786v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Fortin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Genevois" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Debeissat" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.4288" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063780v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke Hey" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Cernicanu" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Roujol" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Ries" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578212v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ja&#239;s" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrit T. W. Moonen" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Herigault" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.1771" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578191v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITB.2012.2190366" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994241v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrit Moonen" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00669987v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baudouin de Senneville" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063783v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max K&#246;hler" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578209v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max O K&#246;hler" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrit T W Moonen" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.22784" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064550v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Christophe" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Maclair" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Mougenot" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.1563" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534658v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Trillaud" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Berriet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064543v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Berriet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064676v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064531v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064527v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Berber" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504325v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.22309" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503914v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Roujol" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1118/1.3413996" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503905v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iulius Dragonu" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.21903" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/19C2445BFED183B945F31ACC39BA9A031B237EDD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065541v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Maclair" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064678v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Grenier" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Couillaud" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065595v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Seror" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Le Bail" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00330-007-0761-4" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065561v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Louren&#231;o de Oliveira" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Sprinkhuizen" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065581v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iulus Dragonu" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503897v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragonu Iulius" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00330-007-0646-6" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/08703E8985B9C02AFCB216EE331A58597054743C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065587v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065600v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Palussiere" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00308326v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.T.W. Moonen" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503868v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02656730500133785" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503864v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Weidensteiner" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Kerioui" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmri.20019" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00307945v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Weidensteiner" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kerioui" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Trillaud" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900152v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Delmas-Beauvieux" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Thiaudi&#232;re" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Canioni" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482054v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arash Forodighasemabadi" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenios Kornaropoulos" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Soustelle" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Girard" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocmr.2024.100304" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482058v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Anderson" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gopal Varma" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58530/2024/1638" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482044v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58530/2024/1641" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766044v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cabanis" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Girish Ramlugun" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nestor Pallares-Lupon" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35302-4_1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379388v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osman &#214;cal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482096v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Troalen" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58530/2022/1119" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240231v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Daunizeau" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0171" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997395v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kylian Haliot" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Hertanu" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duhamel" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372824v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier M. Girard" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963259v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963275v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613909v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613776v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613885v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613935v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Troadec" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01365994v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01365995v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Ozenne Ozenne" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163520v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436919v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samah Bouzidi" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPTA.2015.7367182" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437476v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Elbes" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2013.6738518" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116808v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116811v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00572970v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2010.5490220" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116812v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116810v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00307913v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Desbarats" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00308323v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Desbarats" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353085v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00308334v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mougenot" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00308325v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00308163v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lepetit-Coiff&#233;" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. S&#233;ror" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lebail" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00307990v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. H&#233;rigault" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00308164v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00308332v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Salomir" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Palussi&#232;re" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00308324v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00308328v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063772v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514437v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383889v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Stuyvers" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunbo Guo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Dun" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penelope Boyden" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruhul Amin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpcell.00225.2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369555v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eber Dantas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Lafont" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bour" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Faller" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Quesson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.70129" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369568v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Marcelin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cromb&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Jambon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Robert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bladou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diii.2024.11.006" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684922v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Marhabaie" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aim&#233; Labb&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Poirier-Quinot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmri.29209" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369559v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Desclides" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Ozenne" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Machinet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2024.109445" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107830v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baudouin Denis de Senneville" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02656736.2023.2194595" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045075v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-29818-z" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869192v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lamonzie" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Vaillant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Abell" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Charron" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dounia El Hamrani" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.952043" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869234v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jairo Rodr&#237;guez-Padilla" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Argyrios Petras" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Magat" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Bayer" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bihan-Poudec" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpheart.00050.2022" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03934424v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Merle" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Collot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Castelneau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Migerditichan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Juhoor" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12126145" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869198v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Yon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryl&#232;ne Delcey" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Grissom" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-06927-9" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338971v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Robert" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Bessi&#232;re" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Cao" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Loyer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tuffc.2021.3137989" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404534v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Godinez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Tomi&#8208;tricot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven E Williams" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Mooiweer" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.28931" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869214v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa A Gottlieb" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Naulin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Sanchez Y. Blanco" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lamy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14814/phy2.15022" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869211v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Tomi-Tricot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Barthel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunthard Lykowsky" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6560/ac2fbe" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404525v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Belterman" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2021.709844" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03404539v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Quesson" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wadie Ben Hassen" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0250636" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869208v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033070v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina de Landro" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Ianniello" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Wolf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20226468" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033094v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Perdreau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Jalal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Walton" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10554-019-01734-2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033100v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Constans" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Santin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Valabr&#232;gue" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2019.116236" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033116v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Zorgani" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Daunizeau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Cao" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2019.10.017" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369835v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masateru Takigawa" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jatin Relan" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takeshi Kitamura" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Martin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Kim" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCEP.119.007158" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033104v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenn Toupin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vaussy" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.4160" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369809v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruairidh Martin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jacep.2018.08.022" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033103v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire A. Martin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369857v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dubes" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Benoist" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Roubertie" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Gilbert" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Constantin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCEP.117.006059" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01962473v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Marquet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Dumont" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04093530v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Greillier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Ankou" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2018.06.013" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02369860v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461328v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Toupin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lepetit-Coiffe" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Ozenne" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439151v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Coste" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guibert" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12931-017-0533-x" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674969v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameh Bouzidi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Emilien" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Benois-Pineau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chokri Ben Amar" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461318v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272114v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lepetit-Coiff&#233;" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073298v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Deschodt-Arsac" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent M Arsac" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0162677" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116816v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Emilien" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vaillant" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02486786v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Fortin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Genevois" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Debeissat" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.4288" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063780v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke Hey" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Cernicanu" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Roujol" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Ries" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578212v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ja&#239;s" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrit T. W. Moonen" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Herigault" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.1771" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578191v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITB.2012.2190366" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994241v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrit Moonen" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00669987v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baudouin de Senneville" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578209v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max O K&#246;hler" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrit T W Moonen" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.22784" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063783v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max K&#246;hler" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064550v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Christophe" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Maclair" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Mougenot" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.1563" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534658v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Trillaud" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Berriet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064543v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Berriet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064676v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064531v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064527v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Berber" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504325v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.22309" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503914v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Roujol" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1118/1.3413996" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065541v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Maclair" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064678v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Grenier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Couillaud" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503905v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iulius Dragonu" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrm.21903" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/19C2445BFED183B945F31ACC39BA9A031B237EDD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065595v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Seror" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Le Bail" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00330-007-0761-4" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065581v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iulus Dragonu" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065561v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Louren&#231;o de Oliveira" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Sprinkhuizen" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503897v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragonu Iulius" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00330-007-0646-6" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/08703E8985B9C02AFCB216EE331A58597054743C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065587v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065600v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Palussiere" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00308326v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.T.W. Moonen" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503868v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02656730500133785" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503864v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Weidensteiner" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Kerioui" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmri.20019" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00307945v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Weidensteiner" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kerioui" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Trillaud" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900152v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Delmas-Beauvieux" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Thiaudi&#232;re" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Canioni" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Gin" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482054v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arash Forodighasemabadi" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenios Kornaropoulos" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Soustelle" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Girard" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocmr.2024.100304" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482058v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Anderson" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gopal Varma" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58530/2024/1638" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482044v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58530/2024/1641" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766044v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cabanis" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Girish Ramlugun" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nestor Pallares-Lupon" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35302-4_1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379388v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osman &#214;cal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482096v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Troalen" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58530/2022/1119" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240231v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Daunizeau" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0171" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997395v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kylian Haliot" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Hertanu" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Duhamel" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372824v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier M. Girard" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963259v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963275v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613909v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613776v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613885v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01613935v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Troadec" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01365994v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01365995v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;ry Ozenne Ozenne" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01163520v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436919v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samah Bouzidi" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IPTA.2015.7367182" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437476v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Elbes" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2013.6738518" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116811v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116808v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00572970v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2010.5490220" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116812v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116810v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00307913v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Desbarats" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00308323v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Desbarats" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353085v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00308334v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mougenot" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00308325v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00308163v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lepetit-Coiff&#233;" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. S&#233;ror" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lebail" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00307990v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. H&#233;rigault" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00308164v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00308332v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Salomir" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Palussi&#232;re" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00308324v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00308328v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063772v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514437v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>