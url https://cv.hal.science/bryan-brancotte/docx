--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1815,234 +1815,234 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Web development, expertise of the Web INTEgRation group in the Bioinformatic and Biostatistics Hub</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Shiny-K8s, a toolkit to easily and reproducibly deploy your (R)Shiny app thanks to docker and Kubernetes (without mastering them!)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bryan Brancotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Chapeaublanc</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Départementale du Département de Biologie Computationnelle de l'Institut Pasteur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Annecy (France), France</w:t>
+              <w:t xml:space="preserve">JOBIM 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Toulouse (FRANCE), France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-04609173v1</w:t>
+                <w:t xml:space="preserve">pasteur-04643557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shiny-K8s, a toolkit to easily and reproducibly deploy your (R)Shiny app thanks to docker and Kubernetes (without mastering them!)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Web development, expertise of the Web INTEgRation group in the Bioinformatic and Biostatistics Hub</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Bonche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bryan Brancotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Chapeaublanc</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amanda Dieuaide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Malesys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Toulouse (FRANCE), France. </w:t>
+              <w:t xml:space="preserve">Journée Départementale du Département de Biologie Computationnelle de l'Institut Pasteur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Annecy (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04643557v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04609173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EDAM, the life-science ontology for data analysis and management</w:t>
               </w:r>
@@ -3592,51 +3592,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474698v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Galez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Brancotte" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bonche" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fumey" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Napolitano" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssynbio.5c00553" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04670359v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Marchment" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Schmit" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lemoine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Cohen-Boulakia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nargab/lqae092" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600530v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Tesson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Planel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Egorov" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Georjon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Vaysset" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.470" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03754631v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bridel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bouchez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Hauck" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Armatys" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31517-8" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03166905v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lamy-Besnier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; M&#233;nager" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Debarbieux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btab070" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252561v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Torchet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Druart" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Checa Ruano" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Moine-Franel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Borges" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btaa1091" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218144v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jamet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guglielmini" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Coureuil" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Euphrasie" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.02454-20" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388443v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Andrieu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bulteau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Denise" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2021.06.013" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02770716v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Ison" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Jaaniso" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahto Salumets" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bib/bbz075" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02770161v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blanchet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.00698" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165336v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Yang" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14778/2809974.2809982" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01066046v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Starlinger" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulf Leser" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14778/2732977.2732988" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00627865v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Biton" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bernard-Pierrot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Radvanyi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Reyal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btr073" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04609173v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chapeaublanc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Dieuaide" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Malesys" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04643557v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702557v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lamothe" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Gaignard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mads Kierkegaard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hager Eldakroury" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Black" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.6769072" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122666v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakshi Dhamija" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rashika Rathi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drashti Patoliya" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guneet Singh" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736501v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lacroix" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Loux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lorenzo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605864v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bedri" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Gibrat" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167840v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Rance" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05371309v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Malabat" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:bb2d6a4a873c806a3bd8d9b7e53b1faf1060762b;origin=https://gitlab.pasteur.fr/hub/strass;visit=swh:1:snp:3077a7ad7c1a3bf4542a86c736850e93b96afab0;anchor=swh:1:rev:f47d82184fe0e5f055fdd94ad92c899658c496e8" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527738v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/eScience.2019.00022" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02867265v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Doppelt-Azeroual" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01152098v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01091053v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-08590-6_13" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01252694v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015PA112184" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05474698v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Galez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Brancotte" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bonche" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fumey" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Napolitano" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssynbio.5c00553" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04670359v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Marchment" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Schmit" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lemoine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Cohen-Boulakia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nargab/lqae092" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600530v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Tesson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Planel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Egorov" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Georjon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Vaysset" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.470" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03754631v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bridel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bouchez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Hauck" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Armatys" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31517-8" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03166905v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lamy-Besnier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; M&#233;nager" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Debarbieux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btab070" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252561v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Torchet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Druart" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Checa Ruano" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Moine-Franel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Borges" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btaa1091" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218144v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jamet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guglielmini" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Coureuil" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Euphrasie" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.02454-20" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388443v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Andrieu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bulteau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Denise" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2021.06.013" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02770716v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Ison" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Jaaniso" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahto Salumets" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bib/bbz075" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02770161v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blanchet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.00698" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165336v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Yang" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14778/2809974.2809982" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01066046v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Starlinger" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulf Leser" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14778/2732977.2732988" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00627865v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Biton" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bernard-Pierrot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Radvanyi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Reyal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btr073" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04643557v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Chapeaublanc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04609173v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Dieuaide" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Malesys" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702557v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Lamothe" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Gaignard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mads Kierkegaard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hager Eldakroury" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Black" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.6769072" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122666v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakshi Dhamija" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rashika Rathi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Drashti Patoliya" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guneet Singh" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736501v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lacroix" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Loux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lorenzo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605864v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bedri" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Gibrat" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167840v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Rance" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05371309v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Malabat" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:bb2d6a4a873c806a3bd8d9b7e53b1faf1060762b;origin=https://gitlab.pasteur.fr/hub/strass;visit=swh:1:snp:3077a7ad7c1a3bf4542a86c736850e93b96afab0;anchor=swh:1:rev:f47d82184fe0e5f055fdd94ad92c899658c496e8" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527738v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/eScience.2019.00022" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02867265v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Doppelt-Azeroual" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01152098v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01091053v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-08590-6_13" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01252694v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015PA112184" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>