--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -109,51 +109,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ab initio polaritonic chemistry on diverse quantum computing platforms: Ansatz circuit design for qubit, qudit, and hybrid qubit-qumode architectures</w:t>
+                <w:t xml:space="preserve">Ab Initio Polaritonic Chemistry on Diverse Quantum Computing Platforms: Qubit, Qudit, and Hybrid Qubit-Qumode Architectures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Even Chiari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Makhlouf</w:t>
@@ -192,349 +192,349 @@
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 112 (5), pp.052433. </w:t>
+              <w:t xml:space="preserve">, 2025, 21 (11), pp.5457-5480. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/1l5j-dfh4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.48550/arXiv.2506.12504⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05416815v1</w:t>
+                <w:t xml:space="preserve">hal-05387660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variational quantum subspace construction via symmetry-preserving cost functions</w:t>
+                <w:t xml:space="preserve">Transformation-Free Generation of a Quasi-Diabatic Representation from the State-Average Orbital-Optimized Variational Quantum Eigensolver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hamzat Akande</w:t>
+                <w:t xml:space="preserve">Silvie Illésová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Perrin</w:t>
+                <w:t xml:space="preserve">Martin Beseda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Saad Yalouz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Lasorne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Saubanère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/6hpp-zl5h⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 21 (11), pp.5457-5480. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.5c00327⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05296296v1</w:t>
+                <w:t xml:space="preserve">hal-05130414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transformation-Free Generation of a Quasi-Diabatic Representation from the State-Average Orbital-Optimized Variational Quantum Eigensolver</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Variational quantum subspace construction via symmetry-preserving cost functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Beseda</w:t>
+                <w:t xml:space="preserve">Hamzat Akande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saad Yalouz</w:t>
+                <w:t xml:space="preserve">Alexandre Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Lasorne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Senjean</w:t>
+                <w:t xml:space="preserve">Matthieu Saubanère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 21 (11), pp.5457-5480. </w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 112 (3), pp.032623. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.5c00327⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/6hpp-zl5h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05130414v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05296296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ab Initio Polaritonic Chemistry on Diverse Quantum Computing Platforms: Qubit, Qudit, and Hybrid Qubit-Qumode Architectures</w:t>
+                <w:t xml:space="preserve">Ab initio polaritonic chemistry on diverse quantum computing platforms: Ansatz circuit design for qubit, qudit, and hybrid qubit-qumode architectures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Even Chiari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Makhlouf</w:t>
@@ -573,121 +573,121 @@
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 21 (11), pp.5457-5480. </w:t>
+              <w:t xml:space="preserve">, 2025, 112 (5), pp.052433. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48550/arXiv.2506.12504⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/1l5j-dfh4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05387660v1</w:t>
+                <w:t xml:space="preserve">hal-05416815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local Potential Functional Embedding Theory of Molecular Systems: Localized Orbital-Based Embedding from an Exact Density-Functional Perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Makhlouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Fromager</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -760,64 +760,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Vladaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Marécat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Saubanère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 161 (7), </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
@@ -845,330 +845,330 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04672766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des ordinateurs quantiques pour simuler la nature</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Neutral electronic excitations and derivative discontinuities: An extended N -centered ensemble density functional theory perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filip Cernatic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-François Loos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Damour</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Fromager</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ébullition(s) : le cahier illustré de la recherche</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.59655/na52122995491⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 109 (23), pp.235113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.109.235113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04947386v1</w:t>
+                <w:t xml:space="preserve">hal-04620817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neutral electronic excitations and derivative discontinuities: An extended N -centered ensemble density functional theory perspective</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Des ordinateurs quantiques pour simuler la nature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Senjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Morelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filip Cernatic</w:t>
+                <w:t xml:space="preserve">Simon Baert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-François Loos</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Fromager</w:t>
+                <w:t xml:space="preserve">Sebastien Damour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 109 (23), pp.235113. </w:t>
+              <w:t xml:space="preserve">Ébullition(s) : le cahier illustré de la recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1, pp.14-21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.109.235113⟩</w:t>
+                <w:t xml:space="preserve">⟨10.59655/na52122995491⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04620817v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04947386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">State-Averaged Orbital-Optimized VQE: A quantum algorithm for the democratic description of ground and excited electronic states</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Beseda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvie Illésová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saad Yalouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Open Source Software</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 9 (101), pp.6036. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1202,77 +1202,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward Density Functional Theory on Quantum Computers ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Senjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Senjean</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Saad Yalouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Saubanère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SciPost Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 14 (3), pp.055. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1319,64 +1319,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recursive relations and quantum eigensolver algorithms within modified Schrieffer-Wolff transformations for the Hubbard dimer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Marécat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Saubanère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 107 (15), pp.155110. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1449,51 +1449,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hao Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diederick Vermetten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1544,64 +1544,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduced density matrix functional theory from an ab initio seniority-zero wave function: Exact and approximate formulations along adiabatic connection paths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Senjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saad Yalouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naoki Nakatani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1674,51 +1674,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of Excited States in Time-Dependent Density Functional Theory Using Localized Molecular Orbitals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souloke Sen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Visscher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1765,90 +1765,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analytical Nonadiabatic Couplings and Gradients within the State-Averaged Orbital-Optimized Variational Quantum Eigensolver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saad Yalouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emiel Koridon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Lasorne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Buda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1893,325 +1893,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03796328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Orbital transformations to reduce the 1-norm of the electronic structure Hamiltonian for quantum computing applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">A state-averaged orbital-optimized hybrid quantum–classical algorithm for a democratic description of ground and excited states</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saad Yalouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jakob Günther</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Buda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thomas O'Brien</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas O’brien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevResearch.3.033127⟩</w:t>
+              <w:t xml:space="preserve">Quantum Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6 (2), pp.024004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/2058-9565/abd334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03365850v1</w:t>
+                <w:t xml:space="preserve">hal-03365844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A state-averaged orbital-optimized hybrid quantum–classical algorithm for a democratic description of ground and excited states</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Orbital transformations to reduce the 1-norm of the electronic structure Hamiltonian for quantum computing applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emiel Koridon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saad Yalouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Buda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas O’brien</w:t>
+                <w:t xml:space="preserve">Thomas O'Brien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quantum Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 6 (2), pp.024004. </w:t>
+              <w:t xml:space="preserve">Physical Review Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/2058-9565/abd334⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevResearch.3.033127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03365844v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03365850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generalization of Intrinsic Orbitals to Kramers-Paired Quaternion Spinors, Molecular Fragments, and Valence Virtual Spinors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souloke Sen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2297,64 +2297,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Encoding strongly-correlated many-boson wavefunctions on a photonic quantum computer: application to the attractive Bose-Hubbard model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saad Yalouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filippo Miatto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2408,321 +2408,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03796321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The DIRAC code for relativistic molecular calculations</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">N ‐centered ensemble density‐functional theory for open systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Senjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Fromager</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0004844⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Quantum Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 120 (21), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/qua.26190⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02481706v2</w:t>
+                <w:t xml:space="preserve">hal-03365736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N ‐centered ensemble density‐functional theory for open systems</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The DIRAC code for relativistic molecular calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trond Saue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Radovan Bast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Severo Pereira Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Jørgen Aagaard Jensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Visscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Quantum Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 120 (21), </w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 152, pp.204104. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/qua.26190⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0004844⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03365736v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02481706v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weight Dependence of Local Exchange-Correlation Functionals in Ensemble Density-Functional Theory: Double Excitations in Two-Electron Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Marut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Fromager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-François Loos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Faraday Discussions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 224, pp.402-423. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2890,64 +2890,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calculating energy derivatives for quantum chemistry on a quantum computer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas O’brien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramiro Sagastizabal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3024,51 +3024,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projected site-occupation embedding theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 100 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3096,57 +3096,57 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03365728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Site-occupation embedding theory using Bethe ansatz local density approximations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Multiple impurities and combined local density approximations in site-occupation embedding theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naoki Nakatani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3158,437 +3158,437 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Masahisa Tsuchiizu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Fromager</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 97 (23), </w:t>
+              <w:t xml:space="preserve">Theoretical Chemistry Accounts: Theory, Computation, and Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 137 (12), </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.97.235105⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00214-018-2368-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03365386v1</w:t>
+                <w:t xml:space="preserve">hal-03365725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unified formulation of fundamental and optical gap problems in density-functional theory for ensembles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Site-occupation embedding theory using Bethe ansatz local density approximations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naoki Nakatani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masahisa Tsuchiizu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Fromager</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 98 (2), </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 97 (23), </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevA.98.022513⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.97.235105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03365395v1</w:t>
+                <w:t xml:space="preserve">hal-03365386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring weight-dependent density-functional approximations for ensembles in the Hubbard dimer</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Unified formulation of fundamental and optical gap problems in density-functional theory for ensembles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Fromager</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epjb/e2018-90124-7⟩</w:t>
+              <w:t xml:space="preserve">Physical Review A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 98 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevA.98.022513⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03365394v1</w:t>
+                <w:t xml:space="preserve">hal-03365395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple impurities and combined local density approximations in site-occupation embedding theory</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Exploring weight-dependent density-functional approximations for ensembles in the Hubbard dimer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Killian Deur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mazouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Masahisa Tsuchiizu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Fromager</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theoretical Chemistry Accounts: Theory, Computation, and Modeling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 137 (12), </w:t>
+              <w:t xml:space="preserve">The European Physical Journal B: Condensed Matter and Complex Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 91 (7), </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00214-018-2368-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjb/e2018-90124-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03365725v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03365394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local density approximation in site-occupation embedding theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masahisa Tsuchiizu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3661,51 +3661,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining linear interpolation with extrapolation methods in range-separated ensemble density functional theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Hedegård</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3791,51 +3791,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linear interpolation method in ensemble Kohn-Sham and range-separated density-functional approximations for excited states</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Knecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3953,77 +3953,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How an Equi-ensemble Description Systematically Outperforms the Weighted-ensemble Variational Quantum Eigensolver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akilan Rajamani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Beseda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Lasorne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4041,103 +4041,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistical Benchmarking of Optimization Methods for Variational Quantum Eigensolver under Quantum Noise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvie Illésová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomáš Bezděk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vojtěch Novák</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Beseda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4187,51 +4187,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction to Quantum Computation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. Quantum computing for quantum chemistry, Montpellier, France. 2024, pp.116</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4281,51 +4281,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of new embedding techniques for strongly correlated electrons : from in-principle-exact formulations to practical approximations.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Senjean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Theoretical and/or physical chemistry. Université de Strasbourg, 2018. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2018STRAF035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -4521,51 +4521,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05416815v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Even Chiari" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Makhlouf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Pepe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiel Koridon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Klein" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/1l5j-dfh4" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296296v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamzat Akande" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Perrin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Senjean" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Sauban&#232;re" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/6hpp-zl5h" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05130414v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvie Ill&#233;sov&#225;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Beseda" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Yalouz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lasorne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.5c00327" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387660v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2506.12504" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387670v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fromager" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.5c01256" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672766v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vladaj" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Mar&#233;cat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0219898" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947386v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Morelle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Baert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Damour" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59655/na52122995491" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04620817v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Cernatic" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Loos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.109.235113" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801248v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.06036" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796377v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21468/SciPostPhys.14.3.055" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04101056v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.107.155110" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796370v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bonet-Monroig" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Wang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diederick Vermetten" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Moussa" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.107.032407" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796346v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoki Nakatani" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.106.032203" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235055v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souloke Sen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Visscher" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0137729" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796328v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Buda" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.1c00995" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365850v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas O'Brien" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.3.033127" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365844v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob G&#252;nther" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas O&#8217;brien" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2058-9565/abd334" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365838v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Repisky" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Knizia" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.0c00964" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796321v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Miatto" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vedran Dunjko" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22331/q-2021-11-08-572" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481706v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trond Saue" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radovan Bast" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Severo Pereira Gomes" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans J&#248;rgen Aagaard Jensen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0004844" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365736v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qua.26190" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02767530v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Marut" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0FD00059K" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796272v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarrod Mcclean" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Rubin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Sung" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Kivlichan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2058-9565/ab8ebc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365732v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramiro Sagastizabal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicja Dutkiewicz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41534-019-0213-4" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365728v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.100.035136" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365386v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masahisa Tsuchiizu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.235105" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365395v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.98.022513" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365394v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Deur" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mazouin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2018-90124-7" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365725v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00214-018-2368-z" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365365v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Robert" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00268976.2016.1182224" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365360v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Hedeg&#229;rd" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md. Mehboob Alam" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Knecht" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00268976.2015.1119902" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365350v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans J&#248;rgen Aa. Jensen" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.92.012518" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387694v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akilan Rajamani" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387678v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;&#353; Bezd&#283;k" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vojt&#283;ch Nov&#225;k" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/hal-04799757v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01997605v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018STRAF035" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387660v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Even Chiari" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Makhlouf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Pepe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiel Koridon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Klein" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2506.12504" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05130414v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvie Ill&#233;sov&#225;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Beseda" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Yalouz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lasorne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Senjean" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.5c00327" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296296v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamzat Akande" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Perrin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Sauban&#232;re" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/6hpp-zl5h" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05416815v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/1l5j-dfh4" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387670v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fromager" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.5c01256" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672766v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vladaj" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Mar&#233;cat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0219898" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04620817v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Cernatic" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Fran&#231;ois Loos" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.109.235113" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947386v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Morelle" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Baert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Damour" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.59655/na52122995491" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801248v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.06036" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796377v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21468/SciPostPhys.14.3.055" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04101056v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.107.155110" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796370v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bonet-Monroig" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Wang" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diederick Vermetten" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Moussa" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.107.032407" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796346v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoki Nakatani" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.106.032203" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235055v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souloke Sen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Visscher" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0137729" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796328v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Buda" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.1c00995" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365844v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob G&#252;nther" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas O&#8217;brien" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2058-9565/abd334" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365850v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas O'Brien" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.3.033127" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365838v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Repisky" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Knizia" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.0c00964" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796321v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Miatto" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vedran Dunjko" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22331/q-2021-11-08-572" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365736v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qua.26190" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481706v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trond Saue" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radovan Bast" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Severo Pereira Gomes" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans J&#248;rgen Aagaard Jensen" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0004844" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02767530v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Marut" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0FD00059K" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796272v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarrod Mcclean" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Rubin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Sung" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Kivlichan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2058-9565/ab8ebc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365732v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramiro Sagastizabal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicja Dutkiewicz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41534-019-0213-4" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365728v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.100.035136" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365725v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masahisa Tsuchiizu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00214-018-2368-z" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365386v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.235105" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365395v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.98.022513" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365394v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Deur" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mazouin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2018-90124-7" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365365v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Robert" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00268976.2016.1182224" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365360v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Hedeg&#229;rd" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md. Mehboob Alam" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Knecht" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00268976.2015.1119902" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03365350v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans J&#248;rgen Aa. Jensen" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.92.012518" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387694v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akilan Rajamani" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387678v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;&#353; Bezd&#283;k" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vojt&#283;ch Nov&#225;k" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cel.hal.science/hal-04799757v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01997605v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018STRAF035" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>