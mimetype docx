--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -130,239 +130,239 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Proof of Hilbert Basis Theorem and an Extension to Formal Power Series</w:t>
+                <w:t xml:space="preserve">Parametric ontologies in formal software engineering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Puyobro</w:t>
+                <w:t xml:space="preserve">Achim Brucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Ballenghien</w:t>
+                <w:t xml:space="preserve">Idir Ait-Sadoune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Méric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archive of Formal Proofs</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Science of Computer Programming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 241, pp.103231. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/J.SCICO.2024.103231⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05273348v1</w:t>
+                <w:t xml:space="preserve">hal-04840010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parametric ontologies in formal software engineering</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Proof of Hilbert Basis Theorem and an Extension to Formal Power Series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Méric</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Benjamin Puyobro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Ballenghien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of Computer Programming</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Archive of Formal Proofs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04840010v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05273348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling and analysing Cyber–Physical Systems in HOL-CSP</w:t>
               </w:r>
@@ -374,51 +374,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crisafulli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safouan Taha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotics and Autonomous Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 170, pp.104549. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
@@ -465,51 +465,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Operational Semantics formally proven in HOL-CSP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Ballenghien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archive of Formal Proofs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, https://isa-afp.org/entries/HOL-CSP_OpSem.html</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -560,51 +560,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Ballenghien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safouan Taha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archive of Formal Proofs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, https://www.isa-afp.org/entries/HOL-CSPM.html</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -623,468 +623,468 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04503778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timed Discrete-Event Simulation of Aviation Scenarios</w:t>
+                <w:t xml:space="preserve">A Sound Type System for Physical Quantities, Units, and Measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hai Nguyen Van</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Simon Foster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SNE Simulation Notes Europe</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Archive of Formal Proofs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, https://www.isa-afp.org/entries/Physical_Quantities.html#</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02881889v1</w:t>
+                <w:t xml:space="preserve">hal-04503812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Sound Type System for Physical Quantities, Units, and Measurements</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">The HOL-CSP Refinement Toolkit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Safouan Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Ye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archive of Formal Proofs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, https://www.isa-afp.org/entries/Physical_Quantities.html#</w:t>
+              <w:t xml:space="preserve">, 2020, https://www.isa-afp.org/entries/CSP_RefTK.html#cite-popup</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04503812v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04503821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The HOL-CSP Refinement Toolkit</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Model Transformation as Conservative Theory-Transformation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achim Brucker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Tuong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lina Ye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archive of Formal Proofs</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Journal of Object Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 19 (3), pp.3:1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5381/jot.2020.19.3.a3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04503821v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04500112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model Transformation as Conservative Theory-Transformation.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Achim Brucker</w:t>
+                <w:t xml:space="preserve">Timed Discrete-Event Simulation of Aviation Scenarios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hai Nguyen Van</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Tuong</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Frédéric Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Object Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 19 (3), pp.3:1. </w:t>
+              <w:t xml:space="preserve">SNE Simulation Notes Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 30 (2), pp.51-60. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5381/jot.2020.19.3.a3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.11128/sne.30.tn.10512⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04500112v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02881889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Formal Development of a Polychronous Polytimed Coordination Language</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hai Nguyen Van</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archive of Formal Proofs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, https://www.isa-afp.org/entries/TESL_Language.html</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1122,64 +1122,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HOL-CSP Version 2.0</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safouan Taha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lina Ye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archive of Formal Proofs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, https://www.isa-afp.org/entries/HOL-CSP.html#</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1230,51 +1230,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Aissat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archive of Formal Proofs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1293,364 +1293,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01764577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Meta-Model for the Isabelle API</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Formal Firewall Conformance Testing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achim D. Brucker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brügger Lukas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archive of Formal Proofs</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Software Testing, Verification and Reliability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 25 (1), pp.34-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/stvr.1544⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01214254v1</w:t>
+                <w:t xml:space="preserve">hal-01213717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formal Firewall Conformance Testing</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Symbolic Test-generation in HOL-TestGen/CirTA: A Case Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmane Feliachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Gaudel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Software Testing, Verification and Reliability</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Software and Informatics (IJSI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/stvr.1544⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01213717v1</w:t>
+                <w:t xml:space="preserve">hal-01765531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symbolic Test-generation in HOL-TestGen/CirTA: A Case Study</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">A Meta-Model for the Isabelle API</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Tuong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Software and Informatics (IJSI)</w:t>
+              <w:t xml:space="preserve">Archive of Formal Proofs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01765531v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01214254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Featherweight OCL: A Proposal for a Machine-Checked Formal Semantics for OCL 2.5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achim D. Brucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Tuong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archive of Formal Proofs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1675,64 +1675,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Theorem-proving based Testing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achim D. Brucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Formal Aspects of Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 25 (5), pp.683-721. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1805,51 +1805,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Clarisó</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Gogolla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronic Communications of the EASST</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, OCL and Textual Modelling 2011, 44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1868,265 +1868,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00647006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proving Fairness and Implementation Correctness of a Microkernel Scheduler.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Semantics, Calculi, and Analysis for Object-Oriented Specifications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achim D. Brucker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Automated Reasoning</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10817-009-9119-8⟩</w:t>
+              <w:t xml:space="preserve">Acta Informatica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 46 (4), pp.255-284. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00236-009-0093-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01214588v1</w:t>
+                <w:t xml:space="preserve">hal-01214519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semantics, Calculi, and Analysis for Object-Oriented Specifications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Proving Fairness and Implementation Correctness of a Microkernel Scheduler.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daum Mathias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dörrenbächer Jan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Informatica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 46 (4), pp.255-284. </w:t>
+              <w:t xml:space="preserve">Journal of Automated Reasoning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, In: G. Klein, R. Huuck and B. Schlich: Special Issue on Operating System Verification, 42 (2-4), pp.349-388. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00236-009-0093-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10817-009-9119-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01214519v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01214588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Extensible Encoding of Object-oriented Data Models in HOL with an Application to IMP++</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achim D. Brucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Automated Reasoning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 41 (3), pp.219-249. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2230,64 +2230,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crisafulli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Durier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Puyobro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Conference on Rigorous State Based Methods (ABZ)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Dusseldorf, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2312,64 +2312,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Theory of Proc-Omata—and Proof Methods for Process Architectures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ballenghien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theoretical Aspects of Computing - {ICTAC} 2024 - 21st International Colloquium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chutiporn Anutariya; Marcello M. Bonsangue, Nov 2024, Bangkok, Thailand. pp.272-289, </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2403,64 +2403,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Operational Semantics in Isabelle/HOL-CSP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ballenghien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Conference on Interactive Theorem Proving (ITP 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Yves Bertot, Temur Kutsia, and Michael Norrish, Sep 2024, Tbilisi, Georgia. pp.7:1-7:18, </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2494,64 +2494,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Event-B as DSL in Isabelle and HOL Experiences from a Prototype.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ballenghien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rigorous State-Based Methods 10th International Conference, ABZ 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Silvia Bonfanti, Angelo Gargantini, Michael Leuschel, Elvinia Riccobene, Patrizia Scandurra, Jun 2024, Bergamo, Italy. pp.241-247, </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2585,64 +2585,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automated Reasoning for Physical Quantities, Units, and Measurements in Isabelle/HOL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Foster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 27th International Conference on Engineering of Complex Computer Systems (ICECCS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Toulouse, France. pp.136-141, </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2670,412 +2670,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04500099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TESL: a Model with Metric Time for Modeling and Simulation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Philosophers may Dine - Definitively!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Safouan Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Ye</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th International Symposium on Temporal Representation and Reasoning</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2020, Bozen-Bolzano, Italy. </w:t>
+              <w:t xml:space="preserve">Integrated Formal Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Lugano, Switzerland. pp.419-439, </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4230/LIPIcs.TIME.2020.15⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-63461-2_23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02931401v1</w:t>
+                <w:t xml:space="preserve">hal-03134972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philosophers may Dine - Definitively!</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">On the Semantics of Polychronous Polytimed Specifications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hai Nguyen Van</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Balabonski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Keller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Valiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Integrated Formal Methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-63461-2_23⟩</w:t>
+              <w:t xml:space="preserve">18th International Conference on Formal Modeling and Analysis of Timed Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Vienna, Austria. pp.23-40, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-57628-8_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03134972v1</w:t>
+                <w:t xml:space="preserve">hal-02931403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Semantics of Polychronous Polytimed Specifications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">TESL: a Model with Metric Time for Modeling and Simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hai Nguyen Van</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burkhart Wolff</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Conference on Formal Modeling and Analysis of Timed Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2020, Vienna, Austria. pp.23-40, </w:t>
+              <w:t xml:space="preserve">27th International Symposium on Temporal Representation and Reasoning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Bozen-Bolzano, Italy. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-57628-8_2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.TIME.2020.15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02931403v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02931401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deeply Integrating C11 Code Support into Isabelle/PIDE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Tuong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fifth Workshop on Formal Integrated Development Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Porto, Portugal. pp.13-28, </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3109,64 +3109,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Ontologies in Formal Developments Targeting Certification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achim Brucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Integrated Formal Methods (iFM 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Bergen, Norway. pp.65-82, </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3200,64 +3200,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle/DOF: Design and Implementation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achim Brucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Software Engineering and Formal Methods (SEFM 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Oslo, Norway. pp.275-292, </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3291,90 +3291,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using the Isabelle Ontology Framework. Linking the Formal with the Informal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achim D. Brucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Idir Ait-Sadoune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crisafulli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Intelligent Computer Mathematics (CICM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Hagenberg, Austria. pp.23--38, </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3447,51 +3447,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crisafulli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Pichot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th European Congress on Embedded Real Time Software and Systems (ERTS 2018)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3516,103 +3516,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Symbolic Operational Semantics for TESL with an Application to Heterogeneous System Testing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hai Nguyen Van</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Balabonski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Keller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Valiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Conference on Formal Modelling and Analysis of Timed Systems FORMATS 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Berlin, Germany. </w:t>
@@ -3644,614 +3644,614 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01583815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Method for Pruning Infeasible Paths via Graph Transformations and Symbolic Execution</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Recent Developments in OCL and Textual Modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achim D Brucker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordi Cabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendal Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Gogolla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adolfo Sánchez-Barbudo Herrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 {IEEE} International Conference on Software Quality, Reliability and Security, {QRS} </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">International Workshop on OCL and Textual Modeling (OCL 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Saint-Malo, France. pp.157 - 165</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01655414v1</w:t>
+                <w:t xml:space="preserve">hal-01589574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monadic Sequence Testing and Explicit Test-Refinements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achim D. Brucker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tests and Proofs - 10th International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01765528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent Developments in OCL and Textual Modelling</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Infeasible Paths Elimination by Symbolic Execution Techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Aïssat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burkhart Wolff</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on OCL and Textual Modeling (OCL 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Saint-Malo, France. pp.157 - 165</w:t>
+              <w:t xml:space="preserve">Interactive Theorem Proving. ITP 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01589574v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01632902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infeasible Paths Elimination by Symbolic Execution Techniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Aïssat</w:t>
+                <w:t xml:space="preserve">Infeasible Paths Elimination by Symbolic Execution Techniques: Proof of Correctness and Preservation of Paths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burkhart Wolff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Aissat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Voisin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interactive Theorem Proving. ITP 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Nancy, France</w:t>
+              <w:t xml:space="preserve">International Conference on Interactive Theorem Proving ITP 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01632902v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01702847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infeasible Paths Elimination by Symbolic Execution Techniques: Proof of Correctness and Preservation of Paths</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">A Method for Pruning Infeasible Paths via Graph Transformations and Symbolic Execution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Aissat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Gaudel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Voisin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Voisin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Interactive Theorem Proving ITP 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Nancy, France</w:t>
+              <w:t xml:space="preserve">2016 {IEEE} International Conference on Software Quality, Reliability and Security, {QRS} </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01702847v1</w:t>
+                <w:t xml:space="preserve">hal-01655414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a formal semantics of the TESL specification language</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hai Nguyen Van</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Balabonski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Safouan Taha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Valiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd International Workshop on the Globalization Of Modeling Languages (GEMOC 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Benoit Combemale; Julien Deantoni; Jeff Gray, Sep 2015, Ottawa, Canada. pp.14-19</w:t>
@@ -4280,77 +4280,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Featherweight OCL: A Proposal for a Machine-Checked Formal Semantics for OCL 2.5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achim D. Brucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Tuong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Workshop on OCL and Textual Modeling co-located with 18th International Conference on Model Driven Engineering Languages and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Karlsruhe, Germany. pp.199</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4522,64 +4522,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a Tool for Featherweight OCL: A Case Study On Semantic Reflection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Longuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Tuong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 14th International Workshop on OCL and Textual Modelling co-located with 17th International Conference on Model Driven Engineering Languages and Systems (MODELS 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4604,51 +4604,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panel Discussion: Proposals for Improving OCL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achim D. Brucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Clark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4729,90 +4729,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Test Program Generation for a Microprocessor -- A Case-Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achim D. Brucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmane Feliachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nemouchi Yakoub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the 6th Intl. Conf. on Test and Proof (TAP '13)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Budapest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4956,321 +4956,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00908980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Semantics of Object-Oriented Data Structures and Path Expressions</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">The Circus Testing Theory Revisited in Isabelle/HOL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmane Feliachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Gaudel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Makarius Wenzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the MODELS 2013 OCL Workshop co-located with the 16th International ACM/IEEE Conference on Model Driven Engineering Languages and Systems (MODELS 2013)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Formal Methods and Software Engineering - 15th International Conference on Formal Engineering Method, ICFEM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Queenstown, New Zealand. pp.131--147, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-41202-8_10⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01214460v1</w:t>
+                <w:t xml:space="preserve">hal-01126803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Circus Testing Theory Revisited in Isabelle/HOL</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">On the Semantics of Object-Oriented Data Structures and Path Expressions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achim D. Brucker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Longuet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Tuong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Formal Methods and Software Engineering - 15th International Conference on Formal Engineering Method, ICFEM</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the MODELS 2013 OCL Workshop co-located with the 16th International ACM/IEEE Conference on Model Driven Engineering Languages and Systems (MODELS 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Miami, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-41202-8_10⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01126803v1</w:t>
+                <w:t xml:space="preserve">hal-01214460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Specification-Based Test Case Generation Method for UML/OCL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achim D. Brucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias P. Krieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Longuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Models in Software Engineering - Workshops and Symposia at MODELS 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Oslo, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5353,51 +5353,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Jéron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margus Veanes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thierry Jéron and Margus Veanes and Burkhart Wolff. Dagstuhl Publishing, 3 (1), pp.1-29, 2013, </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4230/DagRep.3.1.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -5424,51 +5424,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Testing Software and Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatiha Zaïdi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5540,90 +5540,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Circus Testing Theory Revisited in Isabelle/HOL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmane Feliachi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abderrahmane Feliachi</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Gaudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wenzel Makarius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lindsay Groves and Jing Sun. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Formal Methods and Software Engineering - 15th International Conference on Formal Engineering Methods(ICFEM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer-Verlag, 2013</w:t>
@@ -5684,77 +5684,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Unified Policy Framework (UPF)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achim D. Brucker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Achim D. Brucker</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Brügger Lukas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5961,51 +5961,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Lammich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yakoub Nemouchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6081,64 +6081,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crisafulli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Durier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Puyobro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IRT SystemX. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6182,51 +6182,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Crisafulli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safouan Taha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] 1, University Paris-Saclay; IRT SystemX, Palaiseau. 2021, pp.81</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -6261,77 +6261,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pruning Infeasible Paths via Graph Transformations and Symbolic Execution: a Method and a Tool</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Aissat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Gaudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burkhart Wolff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] 1588, Laboratoire de Recherche en Informatique [LRI], UMR 8623, Bâtiments 650-660, Université Paris-Sud, 91405 Orsay Cedex. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -6353,90 +6353,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HOL-TestGen Version 1.8 USER GUIDE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achim D. Brucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lukas Brügger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahmane Feliachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias P. Krieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6644,51 +6644,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lri.fr/~wolff/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273348v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Puyobro" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Ballenghien" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burkhart Wolff" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840010v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achim Brucker" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idir Ait-Sadoune" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M&#233;ric" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.SCICO.2024.103231" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265879v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Crisafulli" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safouan Taha" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.robot.2023.104549" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503764v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Ballenghien" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503778v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02881889v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Nguyen Van" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boulanger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11128/sne.30.tn.10512" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503812v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Foster" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503821v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Ye" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500112v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Tuong" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5381/jot.2020.19.3.a3" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04495414v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503825v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764577v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Aissat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Voisin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01214254v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01213717v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achim D. Brucker" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Br&#252;gger Lukas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/stvr.1544" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01765531v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Feliachi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Gaudel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01214252v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01213719v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00165-012-0222-y" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00647006v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Cabot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Claris&#243;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Gogolla" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01214588v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daum Mathias" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#246;rrenb&#228;cher Jan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10817-009-9119-8" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01214519v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00236-009-0093-8" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01214567v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10817-008-9108-3" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DE8D8B76F92E444A8110BBA1F91F9342461DFE95/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031158v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Durier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840103v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-77019-7_16" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840150v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ITP.2024.7" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840225v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-63790-2_18" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500099v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECCS59891.2023.00025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931401v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.TIME.2020.15" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134972v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-63461-2_23" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931403v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Balabonski" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Keller" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Valiron" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-57628-8_2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500151v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.1912.10630" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500138v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-34968-4_4" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500171v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30446-1_15" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875734v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96812-4_3" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702815v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Bezzecchi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Pichot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01583815v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-65765-3_18" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655414v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01765528v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589574v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achim D Brucker" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Daniel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adolfo S&#225;nchez-Barbudo Herrera" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632902v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain A&#239;ssat" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702847v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01239669v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01213440v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01275405v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Havle Oto" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schmaltz Julien" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tverdyshev Sergey" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blasum Holger" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Langenstein Bruno" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-17524-9_26" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01214466v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Longuet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222939v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Clark" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Dania" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geri Georg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01765545v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nemouchi Yakoub" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00908980v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barras" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lourdes del Carmen Gonzalez Huesca" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Herbelin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann R&#233;gis-Gianas" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Tassi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01214460v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126803v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makarius Wenzel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-41202-8_10" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760563v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias P. Krieger" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00823739v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry J&#233;ron" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margus Veanes" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/DagRep.3.1.1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01583913v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Za&#239;di" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-24580-0" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00945960v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenzel Makarius" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01765542v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01765535v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freek Verbeek" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergej Tverdyshev" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504877v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua A Bockenek" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Lammich" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yakoub Nemouchi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803841v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03429597v2" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764525v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01765526v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Br&#252;gger" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lri.fr/~wolff/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840010v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achim Brucker" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idir Ait-Sadoune" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M&#233;ric" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burkhart Wolff" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.SCICO.2024.103231" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273348v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Puyobro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Ballenghien" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265879v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Crisafulli" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safouan Taha" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.robot.2023.104549" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503764v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Ballenghien" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503778v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503812v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Foster" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503821v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Ye" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500112v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Tuong" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5381/jot.2020.19.3.a3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-02881889v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Nguyen Van" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boulanger" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11128/sne.30.tn.10512" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04495414v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503825v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764577v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Aissat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Voisin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01213717v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achim D. Brucker" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Br&#252;gger Lukas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/stvr.1544" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01765531v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Feliachi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Gaudel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01214254v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01214252v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01213719v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00165-012-0222-y" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00647006v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Cabot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Claris&#243;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Gogolla" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01214519v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00236-009-0093-8" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01214588v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daum Mathias" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#246;rrenb&#228;cher Jan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10817-009-9119-8" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01214567v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10817-008-9108-3" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DE8D8B76F92E444A8110BBA1F91F9342461DFE95/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031158v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Durier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840103v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-77019-7_16" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840150v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ITP.2024.7" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840225v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-63790-2_18" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500099v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECCS59891.2023.00025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134972v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-63461-2_23" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931403v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Balabonski" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Keller" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Valiron" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-57628-8_2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02931401v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.TIME.2020.15" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500151v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.1912.10630" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500138v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-34968-4_4" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500171v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30446-1_15" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875734v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-96812-4_3" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702815v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Bezzecchi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Pichot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01583815v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-65765-3_18" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589574v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achim D Brucker" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Daniel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adolfo S&#225;nchez-Barbudo Herrera" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01765528v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632902v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain A&#239;ssat" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01702847v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655414v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01239669v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01213440v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01275405v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Havle Oto" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schmaltz Julien" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tverdyshev Sergey" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blasum Holger" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Langenstein Bruno" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-17524-9_26" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01214466v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Longuet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222939v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Clark" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Dania" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geri Georg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01765545v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nemouchi Yakoub" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00908980v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barras" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lourdes del Carmen Gonzalez Huesca" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Herbelin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann R&#233;gis-Gianas" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Tassi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126803v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makarius Wenzel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-41202-8_10" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01214460v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760563v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias P. Krieger" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00823739v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry J&#233;ron" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margus Veanes" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/DagRep.3.1.1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01583913v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Za&#239;di" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-24580-0" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00945960v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenzel Makarius" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01765542v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01765535v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freek Verbeek" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergej Tverdyshev" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504877v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua A Bockenek" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Lammich" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yakoub Nemouchi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803841v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03429597v2" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764525v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01765526v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Br&#252;gger" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>