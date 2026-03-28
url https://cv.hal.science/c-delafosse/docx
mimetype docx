--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -502,429 +502,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03912454v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure of As83, As85, and As87: From semimagicity to γ softness</w:t>
+                <w:t xml:space="preserve">Direct determination of the atomic mass difference of the pairs &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mi&amp;gt;As&amp;lt;/mi&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mn&amp;gt;76&amp;lt;/mn&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;mtext&amp;gt;-&amp;lt;/mtext&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mi&amp;gt;Se&amp;lt;/mi&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mn&amp;gt;76&amp;lt;/mn&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; and &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mi&amp;gt;Tb&amp;lt;/mi&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mn&amp;gt;155&amp;lt;/mn&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;mtext&amp;gt;-&amp;lt;/mtext&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mi&amp;gt;Gd&amp;lt;/mi&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mn&amp;gt;155&amp;lt;/mn&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; rules out &amp;lt;math&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mi&amp;gt;As&amp;lt;/mi&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mn&amp;gt;76&amp;lt;/mn&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;/math&amp;gt; and &amp;lt;math&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mi&amp;gt;Tb&amp;lt;/mi&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mn&amp;gt;155&amp;lt;/mn&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;/math&amp;gt; as possible candidates for electron (anti)neutrino mass measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Rezynkina</w:t>
+                <w:t xml:space="preserve">Z. Ge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Eronen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D.D. Dao</w:t>
+                <w:t xml:space="preserve">A. de Roubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Duchêne</w:t>
+                <w:t xml:space="preserve">J. Kostensalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Dudouet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">F. Nowacki</w:t>
+                <w:t xml:space="preserve">J. Suhonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 106 (1), pp.014320. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.106.014320⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 106 (1), pp.015502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.106.015502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03626020v1</w:t>
+                <w:t xml:space="preserve">hal-03594135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-precision measurement of a low Q value for allowed $\beta^-$-decay of $^{131}$I related to neutrino mass determination</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">T. Eronen</w:t>
+                <w:t xml:space="preserve">Structure of As83, As85, and As87: From semimagicity to γ softness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Rezynkina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z. Ge</w:t>
+                <w:t xml:space="preserve">D.D. Dao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. de Roubin</w:t>
+                <w:t xml:space="preserve">G. Duchêne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Ramalho</w:t>
+                <w:t xml:space="preserve">J. Dudouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Kostensalo</w:t>
+                <w:t xml:space="preserve">F. Nowacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 830, pp.137135. </w:t>
+              <w:t xml:space="preserve">Physical Review C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 106 (1), pp.014320. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2022.137135⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.106.014320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03664558v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct determination of the atomic mass difference of the pairs &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mi&amp;gt;As&amp;lt;/mi&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mn&amp;gt;76&amp;lt;/mn&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;mtext&amp;gt;-&amp;lt;/mtext&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mi&amp;gt;Se&amp;lt;/mi&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mn&amp;gt;76&amp;lt;/mn&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; and &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mi&amp;gt;Tb&amp;lt;/mi&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mn&amp;gt;155&amp;lt;/mn&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;mtext&amp;gt;-&amp;lt;/mtext&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mi&amp;gt;Gd&amp;lt;/mi&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mn&amp;gt;155&amp;lt;/mn&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; rules out &amp;lt;math&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mi&amp;gt;As&amp;lt;/mi&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mn&amp;gt;76&amp;lt;/mn&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;/math&amp;gt; and &amp;lt;math&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mi&amp;gt;Tb&amp;lt;/mi&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mn&amp;gt;155&amp;lt;/mn&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;/math&amp;gt; as possible candidates for electron (anti)neutrino mass measurements</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">High-precision measurement of a low Q value for allowed $\beta^-$-decay of $^{131}$I related to neutrino mass determination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Eronen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Ge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. de Roubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ramalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Kostensalo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Suhonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 106 (1), pp.015502. </w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 830, pp.137135. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.106.015502⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2022.137135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03594135v1</w:t>
+                <w:t xml:space="preserve">hal-03664558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First trap-assisted decay spectroscopy of the $^{81}$Ge ground state</w:t>
               </w:r>
@@ -1172,295 +1172,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03312933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation du traitement médicamenteux des patients atteints de BPCO en état stable. Position de la Société de pneumologie de langue française. Actualisation 2021</w:t>
+                <w:t xml:space="preserve">Evidence of a sudden increase in the nuclear size of proton-rich silver-96</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Zysman</w:t>
+                <w:t xml:space="preserve">M. Reponen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Ribeiro Baptista</w:t>
+                <w:t xml:space="preserve">R.P. de Groote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Al Ayoubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Soumagne</w:t>
+                <w:t xml:space="preserve">O. Beliuskina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Marques da Silva</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Martin</w:t>
+                <w:t xml:space="preserve">M.L. Bissell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Maladies Respiratoires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rmr.2021.02.070⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (1), pp.4596. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-021-24888-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03280076v1</w:t>
+                <w:t xml:space="preserve">hal-03346682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of a sudden increase in the nuclear size of proton-rich silver-96</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimisation du traitement médicamenteux des patients atteints de BPCO en état stable. Position de la Société de pneumologie de langue française. Actualisation 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Zysman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Reponen</w:t>
+                <w:t xml:space="preserve">B. Ribeiro Baptista</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R.P. de Groote</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L. Al Ayoubi</w:t>
+                <w:t xml:space="preserve">T. Soumagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Beliuskina</w:t>
+                <w:t xml:space="preserve">V. Marques da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.L. Bissell</w:t>
+                <w:t xml:space="preserve">C. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12 (1), pp.4596. </w:t>
+              <w:t xml:space="preserve">Revue des Maladies Respiratoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 38 (5), pp.539-561. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-021-24888-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.rmr.2021.02.070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03346682v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03280076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charged-particle branching ratios above the neutron threshold in $^{19}$F: constraining $^{15}$N production in core-collapse supernovae</w:t>
               </w:r>
@@ -1982,90 +1982,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Excitations of the magic $N=50$ neutron-core revealed in $^{81}$Ga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dudouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Maquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Nowacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Verney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2384,77 +2384,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">$^{96}_{36}$Kr$_{60}$–Low-Z Boundary of the Island of Deformation at N =60</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dudouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Duchêne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3080,295 +3080,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02886894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectroscopy of Neutron Induced Reactions with the v-ball Spectrometer</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental Study of the ${^{30}}{\text {P}({\text {p}}}{,}{\gamma })^{31}\text {S}$ Reaction in Classical Novae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.N. Wilson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">D. Thisse</w:t>
+                <w:t xml:space="preserve">A. Meyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. de Séréville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Hammache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Adsley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Qi</w:t>
+                <w:t xml:space="preserve">A. Parikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zakopane Conference on Nuclear Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Zakopane, Poland. pp.297, </w:t>
+              <w:t xml:space="preserve">15th International Symposium on Nuclei in the Cosmos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Assergi, Italy. pp.195-200, </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5506/APhysPolB.50.297⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-13876-9_32⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02143911v1</w:t>
+                <w:t xml:space="preserve">hal-02317359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Study of the ${^{30}}{\text {P}({\text {p}}}{,}{\gamma })^{31}\text {S}$ Reaction in Classical Novae</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spectroscopy of Neutron Induced Reactions with the v-ball Spectrometer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Jovančević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lebois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Meyer</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">P. Adsley</w:t>
+                <w:t xml:space="preserve">J.N. Wilson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Thisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Parikh</w:t>
+                <w:t xml:space="preserve">L. Qi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Symposium on Nuclei in the Cosmos</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Assergi, Italy. pp.195-200, </w:t>
+              <w:t xml:space="preserve">Zakopane Conference on Nuclear Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Zakopane, Poland. pp.297, </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-13876-9_32⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5506/APhysPolB.50.297⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02317359v1</w:t>
+                <w:t xml:space="preserve">hal-02143911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lifetime Measurements Using RDDS Method in the Vicinity of $^{78}$Ni</w:t>
               </w:r>
@@ -3622,51 +3622,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of key resonances in the $^{30}$P(p,γ)$^{31}$S reaction in classical novae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. de Séréville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4059,51 +4059,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393069v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tocabens" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Verney" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P&#233;ru" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hilaire" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cantacuz&#232;ne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.111.034306" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837702v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hukkanen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Ryssens" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ascher" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bender" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Eronen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.107.014306" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912454v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Foug&#232;res" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois de Oliveira Santos" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Jos&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Michelagnoli" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cl&#233;ment" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-40121-3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626020v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rezynkina" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.D. Dao" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duch&#234;ne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dudouet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nowacki" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.106.014320" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664558v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Ge" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Roubin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ramalho" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kostensalo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2022.137135" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594135v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Suhonen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.106.015502" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621378v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delafosse" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goasduff" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kankainen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Al Ayoubi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-022-00698-7" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312933v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. H&#228;fner" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lozeva" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Na&#239;dja" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lebois" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jovan&#269;evi&#263;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.104.014316" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03280076v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zysman" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ribeiro Baptista" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Soumagne" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Marques da Silva" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmr.2021.02.070" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346682v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Reponen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.P. de Groote" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Beliuskina" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Bissell" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-24888-x" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908409v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Adsley" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hammache" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. de S&#233;r&#233;ville" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Alcindor" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Assi&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.103.035804" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186178v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.103.034317" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330321v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. N. N Wilson" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Thisse" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gjestvang" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-021-03304-w" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094623v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.-B. Gerst" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Blazhev" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Warr" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wilson" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.102.064323" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188091v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lemasson" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Maquart" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.100.011301" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266320v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Testov" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Penionzhkevich" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boso" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/14/08/P08002" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922075v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marevi&#263;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gottardo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Michelagnoli" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.192502" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01518704v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rejmund" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.162501" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582765v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Deloncle" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.06.050" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01325728v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ibrahim" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Roussiere" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.182501" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01178156v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Etil&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. N. Arsenyev" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bettane" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. N. Borzov" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.91.064317" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886894v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Adamska" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Korgul" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fija&#322;kowska" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Miernik" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Piersa" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.51.843" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143911v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.N. Wilson" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Qi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.50.297" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317359v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Meyer" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Parikh" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-13876-9_32" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116524v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Franchoo" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.50.633" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058341v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Beaumel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-13876-9_45" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833803v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201818402010" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669727v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.Cheikh Mhamed" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Essabaa" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789813226548_0049" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05393069v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tocabens" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Verney" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P&#233;ru" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hilaire" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cantacuz&#232;ne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.111.034306" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837702v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hukkanen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Ryssens" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ascher" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bender" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Eronen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.107.014306" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912454v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Foug&#232;res" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois de Oliveira Santos" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Jos&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Michelagnoli" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cl&#233;ment" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-40121-3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594135v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Ge" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Roubin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kostensalo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Suhonen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.106.015502" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626020v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rezynkina" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.D. Dao" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duch&#234;ne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dudouet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nowacki" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.106.014320" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03664558v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ramalho" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2022.137135" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621378v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delafosse" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goasduff" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kankainen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Al Ayoubi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-022-00698-7" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03312933v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. H&#228;fner" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lozeva" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Na&#239;dja" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lebois" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jovan&#269;evi&#263;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.104.014316" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346682v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Reponen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.P. de Groote" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Beliuskina" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Bissell" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-24888-x" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03280076v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Zysman" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ribeiro Baptista" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Soumagne" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Marques da Silva" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Martin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmr.2021.02.070" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908409v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Adsley" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hammache" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. de S&#233;r&#233;ville" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Alcindor" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Assi&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.103.035804" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186178v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.103.034317" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330321v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. N. N Wilson" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Thisse" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gjestvang" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-021-03304-w" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094623v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.-B. Gerst" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Blazhev" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Warr" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wilson" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.102.064323" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188091v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lemasson" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Maquart" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.100.011301" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266320v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Testov" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Penionzhkevich" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boso" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/14/08/P08002" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922075v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marevi&#263;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gottardo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Michelagnoli" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.192502" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01518704v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rejmund" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.162501" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582765v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Deloncle" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.06.050" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01325728v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ibrahim" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Roussiere" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.182501" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01178156v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Etil&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. N. Arsenyev" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bettane" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. N. Borzov" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.91.064317" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886894v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Adamska" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Korgul" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fija&#322;kowska" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Miernik" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Piersa" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.51.843" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317359v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Meyer" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Parikh" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-13876-9_32" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143911v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.N. Wilson" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Qi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.50.297" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116524v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Franchoo" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.50.633" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02058341v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Beaumel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-13876-9_45" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833803v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201818402010" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669727v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.Cheikh Mhamed" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Essabaa" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789813226548_0049" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>