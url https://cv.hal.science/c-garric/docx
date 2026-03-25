--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -66,77 +66,1300 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Measuring metacognition in hemianopic and blindsight patients: perceptual profiles and theoretical implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Derrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Sergent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Chokron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cognitive Neuropsychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 42 (7-8), pp.249-269. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02643294.2025.2570940⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05562886v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dynamics of low-pass-filtered object categories: A decoding approach to ERP recordings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Wamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clementine Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Lenoble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vision Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Vision Research, 204, p. 108165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.visres.2022.108165⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04353959v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brain Lateralization for Language, Vocabulary Development and Handedness at 18 Months</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Potdevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parvaneh Adibpour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eszter Somogyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislaine Dehaene-Lambertz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symmetry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (5), pp.989. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/sym15050989⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04290757v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Central Visual Attention in Primary Open-angle Glaucoma.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Béal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Rouland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Lenoble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Optometry and vision science : official publication of the American Academy of Optometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 100 (7), pp.459-466. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/OPX.0000000000002036⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04699923v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glaucoma-associated abnormalities in cortical activity during a visuocognitive task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clementine Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Wamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Rouland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Lenoble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Neurophysiologie Clinique = Clinical Neurophysiology, 156, p. 47-56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clinph.2023.09.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04354013v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The nature of blindsight: implications for current theories of consciousness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Derrien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Sergent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Chokron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neuroscience of Consciousness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2022 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nc/niab043⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03821404v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glaucoma and Computer Use: Do Contrast and Color Enhancements Improve Visual Comfort in Patients ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Rouland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Lenoble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ophthalmology Glaucoma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4 (5), pp.531-540. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ogla.2021.01.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04702663v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dissociations between perception and awareness in hemianopia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Chokron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Dubourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiora Martinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Restorative Neurology and Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 38 (3), pp.189-201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/RNN-190951⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03031522v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Making sense of blindsense-Author's response to: Commentary by Ian Phillips,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Caetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Sergent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Chokron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 127, pp.393-395. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cortex.2020.03.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03031396v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dissociation between objective and subjective perceptual experiences in a population of hemianopic patients: A new form of blindsight?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Garric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïda Sebaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Caetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Savatovsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 117, pp.299-310. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cortex.2019.05.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02396090v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complete characterisation of residual perception in the blind field of hemianopic patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Derrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -178,73 +1401,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR Vision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04700368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Blindsight Spectrum: evidence from behavioural and neurophysiological assessment of hemianopic patient</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Derrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -286,1772 +1509,666 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">the Association for the Scientific Study of Consciousness (ASSC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Tokyo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04700358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of central or peripheral visual field loss on object reachability.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Garric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Corveleyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Ha Chau Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Rouland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Boucart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Society for Low Vision Research and Rehabilitation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Manchester (UK), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04700211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissociation between objective and subjective perceptual experiences in a population of hemianopic patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Garric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïda Sebaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Caetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Savatovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR VISION</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04700221v1</w:t>
-              </w:r>
-[...1104 lines deleted...]
-                <w:t xml:space="preserve">hal-02396090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réhabilitation des capacités visuelles des patients porteurs d'hémianopsie latérale homonyme à la suite d'un AVC: Projet REVOIR</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Léa Conversy</w:t>
+                <w:t xml:space="preserve">Full perceptual profile characterisation for hemianopic patients: a pilot study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Derrien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Garric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Chokron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4e Journée Innovation et Recherche en Soins en Ile-de-France (JIRSI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">European Congress for Clinical Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04700251v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04702670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Full perceptual profile characterisation for hemianopic patients: a pilot study.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Diane Derrien</w:t>
+                <w:t xml:space="preserve">Réhabilitation des capacités visuelles des patients porteurs d'hémianopsie latérale homonyme à la suite d'un AVC: Projet REVOIR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Antonini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Caetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Conversy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Garric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Chokron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Congress for Clinical Neurophysiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Marseille, France</w:t>
+              <w:t xml:space="preserve">4e Journée Innovation et Recherche en Soins en Ile-de-France (JIRSI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04702670v1</w:t>
+                <w:t xml:space="preserve">hal-04700251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de l’atteinte visuelle sur la cognition : application des connaissances théoriques pour le développement d’outils numériques adaptés aux patients glaucomateux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Garric</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Médecine humaine et pathologie. Université de Lille, 2021. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2021LILUS029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03528467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId58"/>
+      <w:footerReference w:type="default" r:id="rId60"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2198,51 +2315,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700368v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Derrien" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Garric" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Sergent" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chokron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700358v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700211v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Corveleyn" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Ha Chau Tran" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Rouland" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Boucart" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700221v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;da Sebaa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Caetta" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Perez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Savatovsky" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04353959v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Wamain" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementine Garric" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lenoble" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.visres.2022.108165" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290757v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Potdevin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parvaneh Adibpour" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eszter Somogyi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Dehaene-Lambertz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sym15050989" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699923v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis B&#233;al" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/OPX.0000000000002036" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04354013v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2023.09.012" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821404v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nc/niab043" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702663v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ogla.2021.01.006" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031396v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2020.03.004" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031522v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Dubourg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiora Martinelli" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/RNN-190951" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396090v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Savatovsky" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2019.05.006" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700251v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Antonini" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Conversy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702670v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03528467v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021LILUS029" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05562886v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Derrien" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Garric" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Sergent" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chokron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02643294.2025.2570940" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04353959v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Wamain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementine Garric" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lenoble" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.visres.2022.108165" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290757v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Potdevin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parvaneh Adibpour" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eszter Somogyi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Dehaene-Lambertz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sym15050989" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699923v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis B&#233;al" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Rouland" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/OPX.0000000000002036" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04354013v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2023.09.012" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03821404v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nc/niab043" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702663v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ogla.2021.01.006" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031522v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Dubourg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiora Martinelli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Perez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/RNN-190951" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031396v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Caetta" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2020.03.004" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396090v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;da Sebaa" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Savatovsky" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2019.05.006" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700368v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700358v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700211v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Corveleyn" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Ha Chau Tran" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Boucart" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700221v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Savatovsky" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702670v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700251v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Antonini" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Conversy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03528467v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021LILUS029" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>