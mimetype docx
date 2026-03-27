--- v0 (2026-03-03)
+++ v1 (2026-03-27)
@@ -368,299 +368,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04427488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Underlying evidence for the health benefits of fermented foods in humans</w:t>
+                <w:t xml:space="preserve">Increasing the diversity of dietary fibers in a daily-consumed bread modifies gut microbiota and metabolic profile in subjects at cardiometabolic risk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Rul</w:t>
+                <w:t xml:space="preserve">H. Ranaivo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christel Béra-Maillet</w:t>
+                <w:t xml:space="preserve">F. Thirion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Christine Champomier Vergès</w:t>
+                <w:t xml:space="preserve">C. Béra-Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kamel E El-Mecherfi</w:t>
+                <w:t xml:space="preserve">S. Guilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Foligné</w:t>
+                <w:t xml:space="preserve">C. Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food and Function</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 13, pp.4804 - 4824. </w:t>
+              <w:t xml:space="preserve">Gut microbes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (1), pp. 2044722. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d1fo03989j⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/19490976.2022.2044722⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04345288v2</w:t>
+                <w:t xml:space="preserve">inserm-03755432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increasing the diversity of dietary fibers in a daily-consumed bread modifies gut microbiota and metabolic profile in subjects at cardiometabolic risk</w:t>
+                <w:t xml:space="preserve">Underlying evidence for the health benefits of fermented foods in humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Ranaivo</w:t>
+                <w:t xml:space="preserve">Françoise Rul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Thirion</w:t>
+                <w:t xml:space="preserve">Christel Béra-Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Béra-Maillet</w:t>
+                <w:t xml:space="preserve">Marie Christine Champomier Vergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Guilly</w:t>
+                <w:t xml:space="preserve">Kamel E El-Mecherfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Simon</w:t>
+                <w:t xml:space="preserve">Benoit Foligné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gut microbes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 14 (1), pp. 2044722. </w:t>
+              <w:t xml:space="preserve">Food and Function</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, pp.4804 - 4824. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/19490976.2022.2044722⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d1fo03989j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-03755432v1</w:t>
+                <w:t xml:space="preserve">hal-04345288v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hemicellulosic biomass conversion by Moroccan hot spring Bacillus paralicheniformis CCMM B940 evidenced by glycoside hydrolase activities and whole genome sequencing</w:t>
               </w:r>
@@ -966,51 +966,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda Fonseca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Béra-Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Pharmacie Clinique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 37 (2), pp.73-83</w:t>
@@ -1333,51 +1333,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Mirande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Mosoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Béra-Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Bernalier Donadille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1583,51 +1583,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a RT-qPCR method for the quantification of Fibrobacter succinogenes S85 glycoside hydrolase transcripts in the rumen content of gnotobiotic and conventional sheep</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Béra-Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Mosoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1755,51 +1755,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Mosoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Chaucheyras-Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Béra-Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Forano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1846,51 +1846,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xylanases and carboxymethylcellulases of the rumen protozoa Polyplastron multivesiculatum, Eudiplodinium maggii and Entodinium sp</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Béra-Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Devillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1976,51 +1976,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiber-Degrading Systems of Different Strains of the Genus Fibrobacter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Béra-Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Ribot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2093,51 +2093,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of XYN10B, a modular xylanase from the ruminal protozoan Polyplastron multivesiculatum, with a family 22 carbohydrate-binding module that binds to cellulose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Devillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Béra-Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry J. Flint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2253,51 +2253,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pochart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Doré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Béra-Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Bernalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2348,51 +2348,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterisation of endoglucanases EGB and EGC from Fibrobacter succinogenes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Béra-Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Broussolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2494,51 +2494,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Endoglucanase activity and relative expression of glycoside hydrolase genes of Fibrobacter succinogenes S85 grown on different substrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Béra-Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Gaudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2610,51 +2610,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biochemical characterization of MI-ENG1, a family 5 endoglucanase secreted by the root-knot nematode Meloidogyne incognita</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christel Béra-Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laury Arthaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3808,51 +3808,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684274v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Aubin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Hornero-Ramirez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harimalala Ranaivo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Simon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie van den Berghe" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jhn.13350" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04427488v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serigne Inssa Ngom" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufiane Maski" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahia Rached" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Chouati" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Oliveira Correia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-49724-8" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04345288v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Rul" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel B&#233;ra-Maillet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Christine Champomier Verg&#232;s" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel E El-Mecherfi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Folign&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1fo03989j" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03755432v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ranaivo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Thirion" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. B&#233;ra-Maillet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guilly" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Simon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2022.2044722" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03802937v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benabdelkhalek" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13205-021-02919-0" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02466120v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian D Burz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Abraham" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Fonseca" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier David" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Chapron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-45173-4" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628188v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dubuisson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Juste" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Lepage" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606551v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlane Patrascu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Beguet-Crespel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovica Marinelli" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Le Chatelier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep40248" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03802862v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mirande" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kadlecikova" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Matulova" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Capek" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bernalier Donadille" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2010.04671.x" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662110v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mirande" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mosoni" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Forano" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-010-2694-0" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-X1CJQ0T4-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204251v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Kadlecikova" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Matulova" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavol Capek" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bernalier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03802846v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Kwasiborski" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Suau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Ribot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2008.11.009" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-67NMRQN2-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03802827v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chaucheyras-Durand" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Forano" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2007.03517.x" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683234v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Devillard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Cezette" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Pierre Jouany" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.femsle.2005.01.035" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03802802v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.70.4.2172-2179.2004" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681398v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry J. Flint" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Scott" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. James Newbold" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BJ20021784" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683418v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marteau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pochart" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Dor&#233;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.67.10.4939-4942.2001" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03802697v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Broussolle" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Pristas" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Girardeau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Gaudet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0167-4838(99)00255-1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R5KK5T9G-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699153v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-4838(00)00194-1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5QL0GK2B-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698949v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laury Arthaud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Abad" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Rosso" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1432-1327.2000.01356.x" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900068v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Forano" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C B&#233;ra" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889658v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bera" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Gaudet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Ribot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695587v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel B&#233;ra" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique V. Broussolle" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0378-1097(95)00496-3" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606599v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Maillet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605701v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Dore" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dusko Ehrlich" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Monnet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne de Paepe" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268928v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Dore" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rabot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829802v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Kwasiborski" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02843021v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684274v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Aubin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Hornero-Ramirez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harimalala Ranaivo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Simon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie van den Berghe" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jhn.13350" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04427488v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serigne Inssa Ngom" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufiane Maski" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahia Rached" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Chouati" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Oliveira Correia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-49724-8" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03755432v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ranaivo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Thirion" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. B&#233;ra-Maillet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guilly" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Simon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2022.2044722" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04345288v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Rul" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel B&#233;ra-Maillet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Christine Champomier Verg&#232;s" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel E El-Mecherfi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Folign&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1fo03989j" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03802937v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benabdelkhalek" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13205-021-02919-0" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02466120v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian D Burz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Abraham" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Fonseca" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier David" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Chapron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-45173-4" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628188v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dubuisson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Juste" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Lepage" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606551v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orlane Patrascu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Beguet-Crespel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovica Marinelli" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Le Chatelier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep40248" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03802862v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mirande" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kadlecikova" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Matulova" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Capek" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bernalier Donadille" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2010.04671.x" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662110v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mirande" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mosoni" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Forano" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-010-2694-0" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-X1CJQ0T4-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204251v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Kadlecikova" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Matulova" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavol Capek" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bernalier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03802846v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Kwasiborski" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Suau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Ribot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2008.11.009" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-67NMRQN2-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03802827v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chaucheyras-Durand" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Forano" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2007.03517.x" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683234v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Devillard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Cezette" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Pierre Jouany" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.femsle.2005.01.035" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03802802v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.70.4.2172-2179.2004" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681398v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry J. Flint" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Scott" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. James Newbold" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BJ20021784" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683418v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marteau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pochart" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Dor&#233;" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.67.10.4939-4942.2001" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03802697v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Broussolle" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Pristas" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Girardeau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Gaudet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0167-4838(99)00255-1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R5KK5T9G-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699153v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-4838(00)00194-1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5QL0GK2B-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698949v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laury Arthaud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Abad" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Rosso" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1432-1327.2000.01356.x" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900068v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Forano" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C B&#233;ra" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889658v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bera" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Gaudet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Ribot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695587v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel B&#233;ra" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique V. Broussolle" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0378-1097(95)00496-3" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606599v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Maillet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605701v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Dore" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dusko Ehrlich" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Monnet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne de Paepe" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268928v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Dore" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Rabot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829802v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Kwasiborski" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02843021v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>