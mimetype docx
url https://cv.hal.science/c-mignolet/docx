--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1356,303 +1356,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03228080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction d’un système alimentaire sain et territorialisé</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La construction d'un système agri-alimentaire sain et localisé en zone rurale : l'exemple de Mirecourt, entre initiatives locales et reconnaissance institutionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Feche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Barataud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Gamache</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Mignolet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres ESA-INRA : Changement de pratiques pour des systèmes alimentaires agricoles et alimentaires durables</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ecole Superieure Agronomique (ESA). FRA., Oct 2018, Angers, France. 13 p</w:t>
+              <w:t xml:space="preserve">Légitimités d'en haut, légitimités d'en bas : postures d'acteurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Jun 2018, Nanterre, France. 7 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02791787v1</w:t>
+                <w:t xml:space="preserve">hal-02791700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La construction d'un système agri-alimentaire sain et localisé en zone rurale : l'exemple de Mirecourt, entre initiatives locales et reconnaissance institutionnelle</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La place des légumineuses dans les systèmes de culture d'aujourd'hui et de demain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Coquil</w:t>
+                <w:t xml:space="preserve">Rémy Ballot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Soulié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Pelzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Légitimités d'en haut, légitimités d'en bas : postures d'acteurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre National de la Recherche Scientifique (CNRS). FRA., Jun 2018, Nanterre, France. 7 p</w:t>
+              <w:t xml:space="preserve">Colloque final ANR LEGITIMES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Agence Nationale de la Recherche (ANR). Paris, FRA., Jul 2018, Paris, France. 18 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02791700v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02786416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organisation spatiale des changements d'usages des sols et des systèmes agricoles dans les territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Puech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1684,182 +1684,182 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire interne "Territoires"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Nancy, France. 9 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02790244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La place des légumineuses dans les systèmes de culture d'aujourd'hui et de demain</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marion Soulié</w:t>
+                <w:t xml:space="preserve">Construction d’un système alimentaire sain et territorialisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Barataud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Feche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Guichard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Mignolet</w:t>
+                <w:t xml:space="preserve">Guillaume Gamache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Pelzer</w:t>
+                <w:t xml:space="preserve">Juliette Anglade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque final ANR LEGITIMES</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Agence Nationale de la Recherche (ANR). Paris, FRA., Jul 2018, Paris, France. 18 p</w:t>
+              <w:t xml:space="preserve">Rencontres ESA-INRA : Changement de pratiques pour des systèmes alimentaires agricoles et alimentaires durables</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole Superieure Agronomique (ESA). FRA., Oct 2018, Angers, France. 13 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02786416v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02791787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre la localisation de systèmes de production sur le bassin Rhin-Meuse et leurs évolutions : une analyse par la diversité des systèmes alimentaires</w:t>
               </w:r>
@@ -1921,277 +1921,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01770344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Membre du comité d'organisation scientifique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Cardona</w:t>
+                <w:t xml:space="preserve">La cascade de l'azote : que va-t-on encore faire avec les mesures ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josette Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Anglade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Ingrand</w:t>
+                <w:t xml:space="preserve">Julie Berthou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Meynard</w:t>
+                <w:t xml:space="preserve">Abdelkader Azougui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Munier-Jolain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sylvaine Simon</w:t>
+                <w:t xml:space="preserve">Benjamin Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Exyst INRA-CIRAD sur les expérimentations Systèmes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Séminaire de cloture ANR ESCAPADE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Agence Nationale de la Recherche (ANR). FRA., Jun 2017, Paris, France. 136 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03210662v1</w:t>
+                <w:t xml:space="preserve">hal-02738049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La cascade de l'azote : que va-t-on encore faire avec les mesures ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Juliette Anglade</w:t>
+                <w:t xml:space="preserve">Membre du comité d'organisation scientifique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Cardona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ingrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Berthou</w:t>
+                <w:t xml:space="preserve">Jean-Marc Meynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelkader Azougui</w:t>
+                <w:t xml:space="preserve">Nicolas Munier-Jolain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Mercier</w:t>
+                <w:t xml:space="preserve">Sylvaine Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de cloture ANR ESCAPADE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Agence Nationale de la Recherche (ANR). FRA., Jun 2017, Paris, France. 136 p</w:t>
+              <w:t xml:space="preserve">Séminaire Exyst INRA-CIRAD sur les expérimentations Systèmes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738049v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03210662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation des dépôts atmosphériques d’ammoniac dans les territoires à partir de typologies paysagères</w:t>
               </w:r>
@@ -2421,286 +2421,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de la distribution spatiale de déterminants biophysiques de services écosystémiques à l'échelle régionale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamiques passées des systèmes agricoles en France : une spécialisation des exploitations et des territoires permise par un usage accru des intrants de synthèse au détriment des formes de polycultures-élevages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Schott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Puech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Felix Attia</w:t>
+                <w:t xml:space="preserve">Calypso Picaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julie Wohlfahrt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque PAYOTE 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Paris, France. 31 p</w:t>
+              <w:t xml:space="preserve">Colloque « Les polycultures-élevages: valoriser leurs atouts pour la transition agro-écologique »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'Elevage (IDELE). FRA., Oct 2017, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02737470v1</w:t>
+                <w:t xml:space="preserve">hal-02737714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamiques passées des systèmes agricoles en France : une spécialisation des exploitations et des territoires permise par un usage accru des intrants de synthèse au détriment des formes de polycultures-élevages</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Puech</w:t>
+                <w:t xml:space="preserve">Caractérisation de la distribution spatiale de déterminants biophysiques de services écosystémiques à l'échelle régionale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felix Attia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Mignolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Therond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calypso Picaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Mignolet</w:t>
+                <w:t xml:space="preserve">Julie Wohlfahrt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque « Les polycultures-élevages: valoriser leurs atouts pour la transition agro-écologique »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de l'Elevage (IDELE). FRA., Oct 2017, Dijon, France</w:t>
+              <w:t xml:space="preserve">Colloque PAYOTE 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Paris, France. 31 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737714v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation des produits phytosanitaires en France : Bilan synthétique des pratiques et de leurs évolutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3245,454 +3245,454 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02404505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changements de pratiques et systèmes agricoles pour l'amélioration de la qualité de l'eau. Performance environnementale de l'AB vs AC et reconnexion élevage et grande culture</w:t>
+                <w:t xml:space="preserve">Le bassin de l'Orgeval : un site rassembleur pour l'étude de la zone critique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josette Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Tallec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Puech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Anglade</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Paul Passy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque 2015 du PIREN-Seine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Pierre et Marie Curie - Paris 6 (UPMC). FRA., 2015, Paris, France. 74 p</w:t>
+              <w:t xml:space="preserve">Journée du SOERE-RBV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau des Bassins Versants (RBV). Paris, FRA., 2015, Paris, France. 25 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02743967v1</w:t>
+                <w:t xml:space="preserve">hal-02800193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Farmer's proximity to organic farming in two cash crop French regions: focus on technical practices, commercial strategies and professional networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Changements de pratiques et systèmes agricoles pour l'amélioration de la qualité de l'eau. Performance environnementale de l'AB vs AC et reconnexion élevage et grande culture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josette Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Anglade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Billen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Petit</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Paul Passy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. International Symposium for Farming Systems Design (AGRO2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, NA, France</w:t>
+              <w:t xml:space="preserve">Colloque 2015 du PIREN-Seine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Pierre et Marie Curie - Paris 6 (UPMC). FRA., 2015, Paris, France. 74 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01535312v1</w:t>
+                <w:t xml:space="preserve">hal-02743967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le bassin de l'Orgeval : un site rassembleur pour l'étude de la zone critique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie Benoit</w:t>
+                <w:t xml:space="preserve">Farmer's proximity to organic farming in two cash crop French regions: focus on technical practices, commercial strategies and professional networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Leblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Tallec</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Julia Sicard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Mignolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Barataud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée du SOERE-RBV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Réseau des Bassins Versants (RBV). Paris, FRA., 2015, Paris, France. 25 p</w:t>
+              <w:t xml:space="preserve">5. International Symposium for Farming Systems Design (AGRO2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, NA, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02800193v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01535312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des assolements, des successions culturales et des systèmes de culture passés et présents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Soulié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3747,51 +3747,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation de ModelBuilder dans ArcGIS pour un traitement semi-automatisé du Registre Parcellaire Graphique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calypso Picaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3868,759 +3868,759 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Puech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Beaudoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Le Bas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque 2015 du PIREN-Seine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Pierre et Marie Curie - Paris 6 (UPMC). FRA., 2015, Paris, France. 74 p</w:t>
+              <w:t xml:space="preserve">Colloque de fin de phase VI du PIREN Seine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02743444v1</w:t>
+                <w:t xml:space="preserve">hal-01258379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation des transferts de contaminants nitriques vers les aquifères du bassin Seine-Normandie : Agricultures, Modèles, Flux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Puech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Bruno Mary</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Viennot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Schott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de fin de phase VI du PIREN Seine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque 2015 du PIREN-Seine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Pierre et Marie Curie - Paris 6 (UPMC). FRA., 2015, Paris, France. 74 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01258379v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02743444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réduction de la diversité liée à la spécialisation des grandes cultures dans le bassin de la Seine. Une simplification des systèmes de culture permise par un usage accru des pesticides</w:t>
+                <w:t xml:space="preserve">Spatio-temporal dynamics in crop sequence patterns at national scale : the French case study based on historical land survey data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ying Xiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SciencesPo / Anses - Perte de biodiversité et vulnérabilité sanitaire des systèmes de production</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Agence nationale de sécurité sanitaire de l'alimentation, de l'environnement et du travail (ANSES). FRA., 2014, Paris, France. 16 p</w:t>
+              <w:t xml:space="preserve">2. Global Land Project Open Science Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Global Land Project. INT., 2014, Berlin, Germany. 528 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02796125v1</w:t>
+                <w:t xml:space="preserve">hal-02739457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Localisation des systèmes de culture en France et évolutions depuis les années 1970 : une spécialisation des territoires aux conséquences environnementales majeures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Actualiser une base de données agricole pour analyser les transformations récentes des systèmes de culture du territoire Seine-Normandie et contribuer à la modélisation STICS/MODCOU des transferts d'azote</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Puech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Schott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Céline Schott</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Viennot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gallois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire INRA Confédaration Paysanne "Localisation"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Confédération Paysanne. FRA., 2014, Arras, France. 18 p</w:t>
+              <w:t xml:space="preserve">Colloque 2014 du PIREN-SEINE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Pierre et Marie Curie - Paris 6 (UPMC). Paris, FRA., 2014, Paris, France. 68 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02799363v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatio-temporal dynamics in crop sequence patterns at national scale : the French case study based on historical land survey data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ying Xiao</w:t>
+                <w:t xml:space="preserve">Spatialiser les systèmes de culture sur un grand territoire : une proposition basée sur les statistiques agricoles nationales et des dires d'acteurs sur le bassin Seine-Normandie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Puech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Global Land Project Open Science Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Global Land Project. INT., 2014, Berlin, Germany. 528 p</w:t>
+              <w:t xml:space="preserve">Utilisation des données spatialisées pour la gestion des AAC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AgroParisTech. FRA., 2014, Paris, France. 18 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02739457v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02799500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Actualiser une base de données agricole pour analyser les transformations récentes des systèmes de culture du territoire Seine-Normandie et contribuer à la modélisation STICS/MODCOU des transferts d'azote</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Localisation des systèmes de culture en France et évolutions depuis les années 1970 : une spécialisation des territoires aux conséquences environnementales majeures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Puech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Schott</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Gallois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque 2014 du PIREN-SEINE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Pierre et Marie Curie - Paris 6 (UPMC). Paris, FRA., 2014, Paris, France. 68 p</w:t>
+              <w:t xml:space="preserve">Séminaire INRA Confédaration Paysanne "Localisation"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Confédération Paysanne. FRA., 2014, Arras, France. 18 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02740044v1</w:t>
+                <w:t xml:space="preserve">hal-02799363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatialiser les systèmes de culture sur un grand territoire : une proposition basée sur les statistiques agricoles nationales et des dires d'acteurs sur le bassin Seine-Normandie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Puech</w:t>
+                <w:t xml:space="preserve">Réduction de la diversité liée à la spécialisation des grandes cultures dans le bassin de la Seine. Une simplification des systèmes de culture permise par un usage accru des pesticides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoît</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Schott</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Utilisation des données spatialisées pour la gestion des AAC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AgroParisTech. FRA., 2014, Paris, France. 18 p</w:t>
+              <w:t xml:space="preserve">SciencesPo / Anses - Perte de biodiversité et vulnérabilité sanitaire des systèmes de production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Agence nationale de sécurité sanitaire de l'alimentation, de l'environnement et du travail (ANSES). FRA., 2014, Paris, France. 16 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02799500v1</w:t>
+                <w:t xml:space="preserve">hal-02796125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ESCAPADE to quantify nitrogen losses in territories and assess mitigation strategies</w:t>
               </w:r>
@@ -4731,51 +4731,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des évolutions de systèmes de culture : diversité des pratiques des agriculteurs, performance agronomique et efficacité économique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4882,51 +4882,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El Ghali Lazrak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5106,90 +5106,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data mining on land-cover survey datasets to explore grassland conversion in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ying Xiao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean François Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. International Symposium for Farming Systems Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Lanzhou, China. 277 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5208,316 +5208,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02746107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of cover crops to reduce nitrate leaching. Effect on the water and nitrogen balance and other ecosystem services</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modeling the spatial distribution of cropping systems at a large regional scale : a case of crop sequence patterns in France between 1992 and 2003</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ying Xiao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean François Mari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoît</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Fertiliser Society Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2012, Cambridge, United Kingdom</w:t>
+              <w:t xml:space="preserve">ESA 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Society for Agronomy (ESA). INT., 2012, Helsinki, Finland. 598 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02749850v1</w:t>
+                <w:t xml:space="preserve">hal-02746360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the spatial distribution of cropping systems at a large regional scale : a case of crop sequence patterns in France between 1992 and 2003</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The use of cover crops to reduce nitrate leaching. Effect on the water and nitrogen balance and other ecosystem services</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Justes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Beaudoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bertuzzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Constantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESA 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Society for Agronomy (ESA). INT., 2012, Helsinki, Finland. 598 p</w:t>
+              <w:t xml:space="preserve">The International Fertiliser Society Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02746360v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02749850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réduire les fuites de nitrate au moyen de cultures intermédiaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Justes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Beaudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bertuzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5611,51 +5611,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Blanchoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5920,381 +5920,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02814571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation de l'organisation spatiale des systèmes agricoles et de son évolution dans une démarche de protection de la ressource en eau</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les flux d'N à l'échelle du bassin de la Seine : Modélisation et scénarios pour l'avenir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Schott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Viennot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Ledoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque 2009 du PIREN-Seine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">9. Rencontres de la fertilisation raisonnée et analyse de terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Blois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02752567v1</w:t>
+                <w:t xml:space="preserve">hal-02753829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les flux d'N à l'échelle du bassin de la Seine : Modélisation et scénarios pour l'avenir</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Schott</w:t>
+                <w:t xml:space="preserve">La diversité et l'intensité des pratiques agricoles affectent les diversités taxonomique et fonctionnelle de la végétation des prairies permanentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Gaujour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Ledoux</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Amiaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. Rencontres de la fertilisation raisonnée et analyse de terre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Blois, France</w:t>
+              <w:t xml:space="preserve">8. Séminaire de l'Ecole Doctorale RP2E</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2009, Vandoeuvres-Lès-Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753829v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La diversité et l'intensité des pratiques agricoles affectent les diversités taxonomique et fonctionnelle de la végétation des prairies permanentes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modélisation de l'organisation spatiale des systèmes agricoles et de son évolution dans une démarche de protection de la ressource en eau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bernard Amiaud</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Schott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. Séminaire de l'Ecole Doctorale RP2E</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2009, Vandoeuvres-Lès-Nancy, France</w:t>
+              <w:t xml:space="preserve">Colloque 2009 du PIREN-Seine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02752449v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets de la dynamique des pratiques culturales lors de la conversion à l'Agriculture Biologique sur la végétation des prairies permanentes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Gaujour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Amiaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis J.-L. Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6397,51 +6397,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier X. Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Gouttenoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Gaujour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Bazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6733,64 +6733,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grassland field margins are able to maximise plant diversity at field scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Gaujour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Amiaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6966,51 +6966,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une chaîne de modélisation intégrée du transfert des nitrates sur un système hydrologique: application à l'évolution depuis 1970 des pratiques agricoles dans le bassin de la Seine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7018,51 +7018,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire STICS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2005, Carry-le-Rouet, France</w:t>
@@ -7307,64 +7307,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CarrotAge, a software for mining land-use data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7790,77 +7790,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CarrotAge, un logiciel pour la fouille de données agricoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8673,64 +8673,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorène Prost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Ballot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques-Eric Bergez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8807,51 +8807,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise de La Haye Saint Hilaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Aubry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9117,161 +9117,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03897998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taking the steps toward sustainable livestock: our multidisciplinary global farm platform journey</w:t>
+                <w:t xml:space="preserve">Key traits for ruminant livestock across diverse production systems in the context of climate change: perspectives from a global platform of research farms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Jordana Rivero</w:t>
+                <w:t xml:space="preserve">M. Jordana Rivero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Nicolas N. Lopez-Villalobos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Alex Evans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Berndt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Cartmill</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andrew Dowsey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Frontiers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (5), pp.52-58. </w:t>
+              <w:t xml:space="preserve">Reproduction, Fertility and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33 (2), pp.1-19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/af/vfab048⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1071/RD20205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03390291v1</w:t>
+                <w:t xml:space="preserve">hal-03103808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un réseau pour accompagner l’innovation ouverte dans les installations et unités expérimentales INRAE</w:t>
               </w:r>
@@ -9287,51 +9287,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Cardona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOV'AE</w:t>
+              <w:t xml:space="preserve">NOV'AE - Numéros spéciaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Sciences et Recherches Participatives à INRAE, Numéro Special, pp.142-145. </w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/novae-2022-NS01-art12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
@@ -9342,516 +9342,516 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03644468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Key traits for ruminant livestock across diverse production systems in the context of climate change: perspectives from a global platform of research farms</w:t>
+                <w:t xml:space="preserve">Taking the steps toward sustainable livestock: our multidisciplinary global farm platform journey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Jordana Rivero</w:t>
+                <w:t xml:space="preserve">M Jordana Rivero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Evans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Berndt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Cartmill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas N. Lopez-Villalobos</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Andrew Cartmill</w:t>
+                <w:t xml:space="preserve">Andrew Dowsey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reproduction, Fertility and Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 33 (2), pp.1-19. </w:t>
+              <w:t xml:space="preserve">Animal Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (5), pp.52-58. </w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1071/RD20205⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/af/vfab048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03103808v1</w:t>
+                <w:t xml:space="preserve">hal-03390291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterising the diversity and spatial differentiation of crop managements at a regional scale</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">C. Mignolet</w:t>
+                <w:t xml:space="preserve">Une méthode pour caractériser l’organisation spatiale des parcellaires d’exploitations agricoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Puech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Durpoix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Barataud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Agronomy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.eja.2020.126112⟩</w:t>
+              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.1-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cybergeo.34181⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02899293v1</w:t>
+                <w:t xml:space="preserve">hal-02548135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une méthode pour caractériser l’organisation spatiale des parcellaires d’exploitations agricoles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Amandine Durpoix</w:t>
+                <w:t xml:space="preserve">Can living labs offer a pathway to support local agri-food sustainability transitions?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gamache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Anglade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Feche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Barataud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/cybergeo.34181⟩</w:t>
+              <w:t xml:space="preserve">Environmental Innovation and Societal Transitions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 37, pp.93-107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eist.2020.08.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02548135v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03143833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can living labs offer a pathway to support local agri-food sustainability transitions?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterising the diversity and spatial differentiation of crop managements at a regional scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Puech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Schott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mignolet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Innovation and Societal Transitions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 37, pp.93-107. </w:t>
+              <w:t xml:space="preserve">European Journal of Agronomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 120, pp.126112. </w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.eist.2020.08.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.eja.2020.126112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03143833v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02899293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Produire et s’alimenter localement en bio : histoires d’engagements et de compromis collectifs</w:t>
               </w:r>
@@ -10464,368 +10464,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01843726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconstituer des parcellaires agricoles par rapprochement de données sur les caractéristiques des exploitations agricoles à partir du RPG (registre parcellaire graphique) pour différentes applications</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Barataud</w:t>
+                <w:t xml:space="preserve">Évolutions récentes des pratiques de grande culture en France métropolitaine : techniques de raisonnement et usages des intrants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Reau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Deytieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Sophie Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 92, pp.14</w:t>
+              <w:t xml:space="preserve">Agronomie, Environnement &amp; Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (2), pp.115-125</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01717924v1</w:t>
+                <w:t xml:space="preserve">hal-02617683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fourrages et systèmes d'élevage biologiques : Approches aux échelles de la ferme et du territoire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Experton</w:t>
+                <w:t xml:space="preserve">Reconstituer des parcellaires agricoles par rapprochement de données sur les caractéristiques des exploitations agricoles à partir du RPG (registre parcellaire graphique) pour différentes applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Durpoix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Puech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Barataud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 231, pp.177-178</w:t>
+              <w:t xml:space="preserve">Cahier des Techniques de l'INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 92, pp.14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02619463v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01717924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évolutions récentes des pratiques de grande culture en France métropolitaine : techniques de raisonnement et usages des intrants</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Violaine Deytieux</w:t>
+                <w:t xml:space="preserve">Fourrages et systèmes d'élevage biologiques : Approches aux échelles de la ferme et du territoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Experton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomie, Environnement &amp; Sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 7 (2), pp.115-125</w:t>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 231, pp.177-178</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02617683v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers de nouveaux enjeux pour concilier développement de l'agriculture biologique, respect de ses valeurs et attentes sociétales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Experton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10863,90 +10863,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterizing historical (1992–2010) transitions between grassland and cropland in mainland France through mining land-cover survey data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ying Xiao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Integrative Agriculture </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 14 (8), pp."1511 - 1523". </w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10980,90 +10980,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling the spatial distribution of crop sequences at a large regional scale using land-cover survey data: A case from France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ying Xiao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 102, pp.51-63. </w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11453,165 +11453,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02645746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle représentation des systèmes de culture pour la gestion de l’eau sur un grand territoire ?</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transformations des systèmes de production et des systèmes de culture du bassin de la Seine depuis les années 1970 : une spécialisation des territoires aux conséquences environnementales majeures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Schott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoît</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Meynard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomie, Environnement &amp; Sociétés</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 22, pp.1-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/bpnj-j332⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02648041v1</w:t>
+                <w:t xml:space="preserve">hal-02650527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Factors and processes affecting plant biodiversity in permanent grasslands. A review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Gaujour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Amiaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11665,174 +11687,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00930482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transformations des systèmes de production et des systèmes de culture du bassin de la Seine depuis les années 1970 : une spécialisation des territoires aux conséquences environnementales majeures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quelle représentation des systèmes de culture pour la gestion de l’eau sur un grand territoire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Leenhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Therond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Meynard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Agronomie, Environnement &amp; Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2 (2), pp.77-89</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02650527v1</w:t>
+                <w:t xml:space="preserve">hal-02648041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expliquer la végétation des prairies et des champs cultivés : l’importance de la dynamique des pratiques agricoles et de la mosaïque paysagère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Gaujour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11922,51 +11922,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Meynard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oléagineux, Corps Gras, Lipides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 17 (5), pp.276-291</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12108,51 +12108,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Describing and locating cropping systems on a regional scale. A review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Leenhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Angevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12242,64 +12242,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets de la dynamique des pratiques culturales lors de la conversion à l'Agriculture Biologique sur la végétation des prairies permanentes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Gaujour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Amiaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis J.-L. Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12522,51 +12522,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation multicritère de la durabilité agro-environnementale de systèmes de polyculture élevage laitiers biologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fiorelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12650,319 +12650,319 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01195224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long term prospective of the Seine River system: Confronting climatic and direct anthropogenic changes</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+                <w:t xml:space="preserve">Spatial dynamics of farming practices in the Seine basin : Methods for agronomic approaches on a regional scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Schott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 375 (1-3), pp.292-311. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2007, 375 (1-3), pp.13-32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2006.12.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2006.12.011⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00578551v1</w:t>
+                <w:t xml:space="preserve">hal-02664293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial dynamics of farming practices in the Seine basin : Methods for agronomic approaches on a regional scale</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+                <w:t xml:space="preserve">Long term prospective of the Seine River system: Confronting climatic and direct anthropogenic changes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Ducharne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Baubion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Beaudoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Billen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 375 (1-3), pp.13-32. </w:t>
+              <w:t xml:space="preserve">, 2007, 375 (1-3), pp.292-311. </w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2006.12.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2006.12.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02664293v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00578551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agriculture and groundwater nitrate contamination in the Seine basin. The STICS-MODCOU modelling chain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13077,77 +13077,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Studying crop sequences with CarrotAge, a HMM-based data mining software</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Le Ber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14362,51 +14362,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Barataud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Rapport 2020, PIREN-Seine Phase 8. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -14616,51 +14616,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Volet &amp;quot;écosystèmes agricoles&amp;quot; de l’Évaluation Française des Écosystèmes et des Services Écosystémiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Therond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Tichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14738,51 +14738,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un dispositif d'échange de savoirs et savoir-faire pour accompagner la transition agroécologique vers des systèmes de polyculture-élevage autonomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Anglade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Barataud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14790,51 +14790,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Godfroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Blouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Coquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -14860,103 +14860,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des systèmes de culture présents en Bourgogne, Midi-Pyrénées et Pays de la Loire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Ballot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Soulié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Guichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Pelzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Contrat] 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -14976,241 +14976,241 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02790040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de faisabilité pour accéder aux dynamiques territorialisées d'usage des produits phytopharmaceutiques afin de maîtriser les risques : apport et limites des enregistrements actuels à l'exploitation agricole. Projet FILATURES</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">DEAUMIN'EAU : Description de territoires pour l'accompagnement des acteurs de l'eau et leur mise en réseau. Rapport de la phase 3 : retour sur les formations et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Durpoix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Barataud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Mignolet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Contrat] 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02796124v1</w:t>
+                <w:t xml:space="preserve">hal-02798331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DEAUMIN'EAU : Description de territoires pour l'accompagnement des acteurs de l'eau et leur mise en réseau. Rapport de la phase 3 : retour sur les formations et perspectives</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Étude de faisabilité pour accéder aux dynamiques territorialisées d'usage des produits phytopharmaceutiques afin de maîtriser les risques : apport et limites des enregistrements actuels à l'exploitation agricole. Projet FILATURES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Vallee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Sac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Thenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Schott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Contrat] 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02798331v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02796124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation exploratoire de la pollution des eaux souterraines par deux pesticides : isoproturon et atrazine</w:t>
               </w:r>
@@ -15308,141 +15308,119 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02798378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modéliser la pollution nitrique des grands aquifères du bassin Seine-Normandie à l'échelle des masses d'eau</w:t>
-[...71 lines deleted...]
-              <w:t xml:space="preserve">[0] 2015, pp.4</w:t>
+                <w:t xml:space="preserve">Création d'une base de données sur le bassin Rhin Meuse. Etat d'avancement du projet DEAUMINEAU</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Durpoix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Barataud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Mignolet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Contrat] 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02795558v1</w:t>
+                <w:t xml:space="preserve">hal-02798330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation hydrogéologique des pollutions diffuses d’origine agricole : Modélisation exploratoire de la pollution des eaux souterraines par deux pesticides : Isoproturon et Atrazine</w:t>
               </w:r>
@@ -15540,329 +15518,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01272967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Création d'une base de données sur le bassin Rhin Meuse. Etat d'avancement du projet DEAUMINEAU</w:t>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">[Contrat] 2015</w:t>
+                <w:t xml:space="preserve">Modéliser la pollution nitrique des grands aquifères du bassin Seine-Normandie à l'échelle des masses d'eau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Puech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gallois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Viennot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Schott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] 2015, pp.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02798330v1</w:t>
+                <w:t xml:space="preserve">hal-02795558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation hydrogéologique des pollutions diffuses d’origine agricole Vol. 4/4. Modélisation exploratoire de la pollution des eaux souterraines par deux pesticides : Isoproturon et Atrazine</w:t>
+                <w:t xml:space="preserve">Modélisation de la pollution nitrique d’origine agricole des grands aquifères du bassin de Seine-Normandie à l’échelle des masses d’eau. Vol. 1. Évolution des systèmes de culture sur le bassin Seine- Normandie depuis les années 2000 : construction d’une base de données spatialisée sur les pratiques agricoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Puech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">[Contrat] Agence de l'Eau Seine Normandie (AESN); MINES ParisTech - École nationale supérieure des mines de Paris; ARMINES. 2015</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Contrat] Agence de l'Eau Seine Normandie (AESN). 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02801101v1</w:t>
+                <w:t xml:space="preserve">hal-02799830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation de la pollution nitrique d’origine agricole des grands aquifères du bassin de Seine-Normandie à l’échelle des masses d’eau. Vol. 1. Évolution des systèmes de culture sur le bassin Seine- Normandie depuis les années 2000 : construction d’une base de données spatialisée sur les pratiques agricoles</w:t>
+                <w:t xml:space="preserve">Modélisation hydrogéologique des pollutions diffuses d’origine agricole Vol. 4/4. Modélisation exploratoire de la pollution des eaux souterraines par deux pesticides : Isoproturon et Atrazine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Puech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Contrat] Agence de l'Eau Seine Normandie (AESN). 2015</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gallois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Viennot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Contrat] Agence de l'Eau Seine Normandie (AESN); MINES ParisTech - École nationale supérieure des mines de Paris; ARMINES. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02799830v1</w:t>
+                <w:t xml:space="preserve">hal-02801101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamique de changement des pratiques agricoles dans le bassin versant de l'Orgeval et création de la base de données APOCA (Agricultural Practices of the Orgeval Catchment Area)</w:t>
               </w:r>
@@ -15936,265 +15936,265 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réduire les fuites de nitrate au moyen de cultures intermédiaires : conséquences sur les bilans d'eau et d'azote, autres services écosystémiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Justes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Beaudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bertuzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Constantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[0] 2100450303, Ministère de l'Ecologie, du Développement Durable et de l'Energie. 2012, 60 p</w:t>
+              <w:t xml:space="preserve">[0] 2100450303, Ministère de l'Ecologie, du Développement Durable et de l'Energie. 2012, pp.415</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03130201v1</w:t>
+                <w:t xml:space="preserve">hal-01197961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réduire les fuites de nitrate au moyen de cultures intermédiaires : conséquences sur les bilans d'eau et d'azote, autres services écosystémiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Justes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Beaudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bertuzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Constantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[0] 2100450303, Ministère de l'Ecologie, du Développement Durable et de l'Energie. 2012, pp.415</w:t>
+              <w:t xml:space="preserve">[0] 2100450303, Ministère de l'Ecologie, du Développement Durable et de l'Energie. 2012, 60 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01197961v1</w:t>
+                <w:t xml:space="preserve">hal-03130201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Création d'une base de données sur les pratiques agricoles de Basse-Normandie de 1970 à 2006</w:t>
               </w:r>
@@ -16285,77 +16285,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamiques des systèmes de culture du bassin de la Seine : mise en évidence d'une intensification des pratiques culturales au cours des trois dernières décennies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Mari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -16416,51 +16416,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Angevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katarzyna Adamczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Colbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -16547,51 +16547,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Ruelland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16635,64 +16635,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Contrat] A03-R-235 || mignolet03a, 2003, 21 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
@@ -17475,64 +17475,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Aubertot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Bardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bertuzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Constantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rizzo Davide; Marraccini Elisa; Lardon Sylvie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Landscape Agronomy</w:t>
@@ -17725,64 +17725,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Décrire les systèmes de culture pour la gestion intégrée des ressources en eau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Leenhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Therond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -17833,103 +17833,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study context and methodology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Justes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Constantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carolyne Durr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Hermon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Bas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cover crops for sustainable Farming</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -18235,64 +18235,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Rat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pesticides : impacts environnementaux, gestion et traitements</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses de l'école nationale des Ponts et Chaussées, 2007, 978-2-85978-431-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -18369,51 +18369,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Bienaimé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Changing european farming systems for a better Future. New visions for rural areas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wageningen Academic Publishers, 2006, 90-86860-02-8 978-90-8686-002-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19125,51 +19125,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Landscape as designed by farming systems: a challenge for landscape agronomists in Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19371,376 +19371,376 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation des typologies paysagères produites sur les territoires du projet et utilisation par les modèles atmosphériques de dispersion, de transfert et de dépôt d'ammoniac (NH3) à l'échelle territoriale</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Couverts végétaux gérés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Livrable 3.2.1. 2017</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Schott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Calypso Picaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Puech</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Partie 2. État et tendances d’évolutions Chapitre 5. Indicateurs d'état et de fonctionnement : Déterminants biophysiques majeurs de la fourniture de biens et de SE. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre de rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02790051v1</w:t>
+                <w:t xml:space="preserve">hal-02788284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Couverts végétaux gérés</w:t>
-[...58 lines deleted...]
-              <w:t xml:space="preserve">Partie 2. État et tendances d’évolutions Chapitre 5. Indicateurs d'état et de fonctionnement : Déterminants biophysiques majeurs de la fourniture de biens et de SE. 2017</w:t>
+                <w:t xml:space="preserve">Biens produits par l'écosystème</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Therond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Tichit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Tibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Accatino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Biju‐duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">DEPE; Etude_9-EFESE-Agri. Partie III Chapitre 10. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre de rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport technique)</w:t>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02788284v1</w:t>
+                <w:t xml:space="preserve">hal-02791226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biens produits par l'écosystème</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adaptation des typologies paysagères produites sur les territoires du projet et utilisation par les modèles atmosphériques de dispersion, de transfert et de dépôt d'ammoniac (NH3) à l'échelle territoriale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niramson Azouz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Drouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Cellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Mignolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El-Ghali Lazrak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Livrable 3.2.1. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre de rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Biju‐duval</w:t>
-[...33 lines deleted...]
-                <w:t xml:space="preserve">hal-02791226v1</w:t>
+                <w:t xml:space="preserve">hal-02790051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Définition de l'écosystème</w:t>
               </w:r>
@@ -19812,271 +19812,271 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02789931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application du modèle SENEQUE 3.7 sur les territoires du projet ESCAPADE ; Évaluation des scénarios</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nouraya Akkal-Corfini</w:t>
+                <w:t xml:space="preserve">Services culturels et récréatifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Therond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Tichit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Tibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Accatino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Biju‐duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Livrables 3.2.2 et 3.2.3. 2017</w:t>
+              <w:t xml:space="preserve">DEPE; Etude_9-EFESE-Agri. Partie III Chapitre 9. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre de rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02790048v1</w:t>
+                <w:t xml:space="preserve">hal-02791448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Services culturels et récréatifs</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Luc Biju‐duval</w:t>
+                <w:t xml:space="preserve">Application du modèle SENEQUE 3.7 sur les territoires du projet ESCAPADE ; Évaluation des scénarios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Billen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antsiva Ramarson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josette Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Vertès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouraya Akkal-Corfini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">DEPE; Etude_9-EFESE-Agri. Partie III Chapitre 9. 2017</w:t>
+              <w:t xml:space="preserve">Livrables 3.2.2 et 3.2.3. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre de rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
-[...10 lines deleted...]
-                <w:t xml:space="preserve">hal-02791448v1</w:t>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02790048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actualisation de la base de données Agricole Régionalisée sur le bassin SEIne-NormandiE pour l'analyse de l'évolution récente des pratiques agricoles (ARSEINE : 2006-2014)</w:t>
               </w:r>
@@ -20180,77 +20180,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Viennot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Beaudoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Mary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Bas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PIREN-Seine - Phase 6 - Rapport de fin de phase - " Quelle agriculture pour demain ? ". 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre de rapport</w:t>
@@ -20328,51 +20328,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N. Beaudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno B. Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Le Bas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport d'activité PIREN-Seine Phase 6 - 2014 Axe 1 : L'agriculture de demain Bloc 1 : Pratiques agricoles et cascades de contamination. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre de rapport</w:t>
@@ -20739,51 +20739,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Foissy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport d'activité PIREN-Seine Phase 6 - 2012. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre de rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
@@ -20831,51 +20831,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport d'activités 2008. Territoires, carbone, azote et changements globaux. L'agriculture du bassin de la Seine: évolution des pratiques, distribution spatiale, facteurs économiques. Extraits de la thèse de Catherine Mignolet. 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre de rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
@@ -20936,51 +20936,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport d'activité 2007, Micropolluants, Pesticides Diffusion du document : Public. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre de rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
@@ -21015,77 +21015,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamiques des systèmes de culture du bassin de la Seine : mise en évidence d'une intensification des pratiques culturales au cours des trois dernières décennies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Mari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amelina Bidel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -21150,51 +21150,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport d'activités 2006, Résultats des activités d'Atelier et approfondissement d'actions de recherches, Agriculture et qualité de l'eau. 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre de rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
@@ -21248,103 +21248,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les cultures intermédiaires pour une production agricole durable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Justes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Beaudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bertuzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Constantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Quae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
@@ -21493,51 +21493,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine C. Mignolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agence de l'Eau Seine-Normandie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 5, 79 p., 2009, Programme Piren - Seine, 978-2-918251-04-0</w:t>
             </w:r>
           </w:p>
@@ -22276,51 +22276,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05422797v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mignolet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise, De La Haye Saint Hilaire" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Herm&#232;s" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Schott" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guillemin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04708737v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise de La Haye Saint Hilaire" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04174552v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Puech" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Durpoix" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brunet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Foissy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Huot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04303650v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lesur-Dumoulin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04174538v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Thiery" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04302128v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700664v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dedieu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cardona" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fiorelli" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03781793v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03227970v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Barataud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02404818v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Billen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Garnier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Le No&#235;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gallois" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Viennot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03228080v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791787v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Feche" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gamache" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Anglade" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Coquil" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791700v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790244v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786416v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Ballot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Souli&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guichard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Pelzer" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01770344v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03210662v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ingrand" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Meynard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Munier-Jolain" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Simon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738049v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Berthou" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Azougui" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Mercier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733830v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niramson Azouz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Drouet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Beekmann" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Siour" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Ghali Lazrak" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734977v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Vert&#232;s" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouraya Akkal-Corfini" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Parnaudeau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gascuel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737470v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Attia" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Michel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Wohlfahrt" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737714v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calypso Picaud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787357v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741566v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blanchoud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Mattei" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nills Fauchon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742019v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570303v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Laurent" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Durand" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cellier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02404505v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Fauchon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743967v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Benoit" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Passy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535312v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Petit" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Leblanc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Sicard" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800193v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tallec" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798383v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792458v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Mignolet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743444v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01258379v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beaudoin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Bas" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mary" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796125v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Beno&#238;t" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799363v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739457v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Xiao" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Mari" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740044v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799500v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192504v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Laurent" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173362v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Boussemart" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Butault" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803860v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Ghali Lazrak" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Osmuk" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01947242v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis J.-L. Fiorelli" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Coquil" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne F. Barataud" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Blouet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Trommenschlager" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746107v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Mari" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749850v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Justes" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bertuzzi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Charles" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Constantin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746360v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000809v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Charles" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie J. Constantin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745821v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Nicola" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749216v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bazard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814571v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Duc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Carrou&#233;e" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Huyghe" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752567v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753829v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ledoux" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752449v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gaujour" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Amiaud" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754408v2" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754689v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gouttenoire" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172902v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cantelaube" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ducharne" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Habets" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Jayet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751670v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751011v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Plantureux" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756411v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762402v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gomez" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762245v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Thenail" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre A. Joannon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Maigrot" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759325v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schott" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benoit" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099884v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Le Ber" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761316v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Capitaine" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Souch&#232;re" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763581v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759769v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107651v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762307v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759637v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Le Ber" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Mari" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765891v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769286v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Fiorelli" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Peyre" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Danguy Des D&#233;serts" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Georgel" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766986v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thenard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766114v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05441909v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Angeon" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Caillat" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Deytieux" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-025-01069-4" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03957484v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Prost" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric Bergez" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-022-00855-8" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03837750v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Aubry" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.9339" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03829175v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bradel" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Carbonnel" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chauchard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art04" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03897998v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.39924" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03390291v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Jordana Rivero" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Evans" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berndt" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Cartmill" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Dowsey" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/af/vfab048" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03644468v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/novae-2022-NS01-art12" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03103808v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jordana Rivero" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Lopez-Villalobos" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RD20205" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02899293v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Puech" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mignolet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2020.126112" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02548135v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.34181" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03143833v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eist.2020.08.002" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622362v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain F&#232;che" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Garcia-Parrilla" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.14065" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-WVGWS1FB-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02440586v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie G&#233;nermont" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maharavo Marie Julie Ramanantenasoa" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Dufosse" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maury" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2018.09.119" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621023v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624595v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01843726v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maharavo Marie Julie Ramanantenasoa Radomahaleo" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Gilliot" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bedos" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Mathias" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.06.202" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FKG60CDP-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717924v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619463v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Experton" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617683v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Reau" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sophie Petit" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617637v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01202510v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2095-3119(15)61103-0" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00967890v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2014.01.010" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637137v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632612v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence L. Guichard" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636459v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2013.09.010" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JMN7DLP4-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645746v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648041v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Leenhardt" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00930482v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-011-0015-3" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650527v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/bpnj-j332" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939227v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard B. Amiaud" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657247v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658338v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/1abm-8q30" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00886439v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Angevin" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Biarn&#232;s" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Colbach" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro/2009002" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662928v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/39yn-0v31" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210912v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Joannon" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2009.01.015" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5KVDL0PV-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195224v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Fiorelli" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/3hmr-m902" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00578551v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Baubion" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2006.12.011" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NJVHXWS3-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664293v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2006.12.004" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M680PTW7-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00578177v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Monget" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Viavattene" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2006.12.002" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GTVDFL8S-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017169v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2005.08.031" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-320B90WL-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678931v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:2004015" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673129v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Meybeck" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Th&#233;ry" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Billen" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garnier" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bo&#235;t" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671336v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gomez" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ledoux" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Viennot" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670329v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670114v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bornerand" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674000v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695732v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Anfrie" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698831v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Saintot" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072912v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Morhain" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Perrot" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04881946v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03228015v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953363v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790161v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791232v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Tichit" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tibi" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Accatino" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju-Duval" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791090v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Godfroy" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790040v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796124v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vallee" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Sac" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Thenot" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798331v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798378v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795558v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01272967v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798330v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801101v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799830v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808681v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130201v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197961v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824861v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mimet" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00586728v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811988v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lavigne" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Adamczyk" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833973v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Brajot" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Ruelland" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099571v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04980642v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13dvd" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04969557v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Angles" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13dve" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162798v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awa Amadou Sall" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03822587v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03891939v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03891470v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777601v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Debaeke" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aubertot" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bardy" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-05263-7_3" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02404947v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/698_2019_393" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/698_2019_393" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02926185v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1611/9782759231249/l-eau-en-milieu-agricole" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784893v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyne Durr" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Hermon" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-94-024-0986-4" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798290v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Jeuffroy" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805903v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine D. Burger-Leenhardt" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-0394-0_6" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823423v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rat" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816192v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Bienaim&#233;" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822087v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833880v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789678v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826829v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Trochard" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604534v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cahuzac" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742686v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607575v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Herrmann" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Rizzo" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Camilla Moonen" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834384v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790051v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788284v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791226v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju&#8208;duval" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789931v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pom&#233;on" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790048v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antsiva Ramarson" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791448v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801789v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800063v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795673v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Beaudoin" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Mary" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794957v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795529v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803623v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802052v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818535v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818427v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fournier" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823478v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelina Bidel" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822932v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072297v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r3051-les-cultures-intermediaires-pour-une-production-agricole-durable.html" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805979v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816366v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisyphe.upmc.fr/piren/webfm_send/820" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829037v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835405v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834795v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836312v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Caty" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835718v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02824275v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05422797v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Mignolet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise, De La Haye Saint Hilaire" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Herm&#232;s" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Schott" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guillemin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04708737v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise de La Haye Saint Hilaire" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04174552v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Puech" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Durpoix" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brunet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Foissy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Huot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04303650v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lesur-Dumoulin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04174538v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Thiery" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04302128v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700664v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dedieu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cardona" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fiorelli" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03781793v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03227970v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Barataud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02404818v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Billen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Garnier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Le No&#235;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gallois" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Viennot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03228080v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791700v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Feche" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Coquil" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786416v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Ballot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Souli&#233;" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guichard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Pelzer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790244v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791787v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gamache" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Anglade" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01770344v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738049v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Berthou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Azougui" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Mercier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03210662v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ingrand" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Meynard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Munier-Jolain" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Simon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733830v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niramson Azouz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Drouet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Beekmann" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Siour" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Ghali Lazrak" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734977v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Vert&#232;s" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouraya Akkal-Corfini" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Parnaudeau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gascuel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737714v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Calypso Picaud" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737470v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Attia" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Therond" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Michel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Wohlfahrt" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787357v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741566v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blanchoud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Mattei" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nills Fauchon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742019v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570303v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Laurent" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Durand" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cellier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02404505v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Fauchon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800193v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Benoit" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Tallec" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743967v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Passy" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535312v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Petit" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Leblanc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Sicard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798383v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792458v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine C. Mignolet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01258379v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beaudoin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Le Bas" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mary" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743444v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739457v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Xiao" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Mari" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Beno&#238;t" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740044v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799500v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799363v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796125v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192504v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Laurent" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173362v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Boussemart" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Butault" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803860v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Ghali Lazrak" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Osmuk" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-01947242v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis J.-L. Fiorelli" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Coquil" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne F. Barataud" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Blouet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Trommenschlager" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746107v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Mari" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746360v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749850v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Justes" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bertuzzi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Charles" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Constantin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000809v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Charles" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie J. Constantin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745821v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Nicola" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749216v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bazard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814571v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Duc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Carrou&#233;e" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Huyghe" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753829v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ledoux" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752449v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gaujour" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Amiaud" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752567v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754408v2" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754689v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gouttenoire" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172902v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cantelaube" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ducharne" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Habets" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Jayet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751670v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751011v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Plantureux" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756411v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762402v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gomez" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762245v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Thenail" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre A. Joannon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Maigrot" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759325v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schott" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benoit" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099884v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Le Ber" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761316v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Capitaine" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Souch&#232;re" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763581v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759769v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00107651v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762307v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759637v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Le Ber" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Mari" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02765891v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769286v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Fiorelli" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Peyre" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Danguy Des D&#233;serts" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Georgel" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766986v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thenard" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02766114v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05441909v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Angeon" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Caillat" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Deytieux" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-025-01069-4" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03957484v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Prost" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric Bergez" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-022-00855-8" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03837750v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Aubry" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.9339" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03829175v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bradel" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Carbonnel" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Chauchard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art04" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03897998v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.39924" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03103808v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jordana Rivero" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Lopez-Villalobos" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Evans" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berndt" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Cartmill" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/RD20205" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03644468v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/novae-2022-NS01-art12" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03390291v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Jordana Rivero" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Dowsey" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/af/vfab048" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02548135v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.34181" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03143833v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eist.2020.08.002" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02899293v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Puech" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mignolet" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2020.126112" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622362v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain F&#232;che" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Garcia-Parrilla" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.14065" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-WVGWS1FB-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02440586v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie G&#233;nermont" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maharavo Marie Julie Ramanantenasoa" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Dufosse" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maury" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2018.09.119" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621023v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624595v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01843726v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maharavo Marie Julie Ramanantenasoa Radomahaleo" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Gilliot" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bedos" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Mathias" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.06.202" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FKG60CDP-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617683v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Reau" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sophie Petit" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717924v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619463v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Experton" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617637v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01202510v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2095-3119(15)61103-0" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00967890v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2014.01.010" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637137v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632612v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence L. Guichard" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636459v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2013.09.010" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JMN7DLP4-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645746v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650527v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/bpnj-j332" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00930482v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-011-0015-3" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648041v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Leenhardt" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939227v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard B. Amiaud" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657247v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658338v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/1abm-8q30" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00886439v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Angevin" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Biarn&#232;s" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Colbach" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro/2009002" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662928v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/39yn-0v31" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210912v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Joannon" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2009.01.015" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5KVDL0PV-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195224v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Fiorelli" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/3hmr-m902" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664293v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2006.12.004" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M680PTW7-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00578551v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Baubion" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2006.12.011" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NJVHXWS3-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00578177v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Monget" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Viavattene" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2006.12.002" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GTVDFL8S-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00017169v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2005.08.031" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-320B90WL-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678931v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/agro:2004015" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673129v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Meybeck" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Th&#233;ry" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Billen" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garnier" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bo&#235;t" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671336v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gomez" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ledoux" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Viennot" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670329v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670114v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bornerand" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674000v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695732v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Anfrie" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698831v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Saintot" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072912v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Morhain" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Perrot" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04881946v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03228015v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01953363v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790161v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791232v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Tichit" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Tibi" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Accatino" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju-Duval" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791090v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Godfroy" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790040v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798331v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796124v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vallee" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Sac" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Thenot" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798378v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798330v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01272967v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795558v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799830v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801101v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808681v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197961v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130201v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824861v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mimet" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00586728v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811988v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lavigne" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Adamczyk" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833973v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Brajot" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Ruelland" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00099571v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04980642v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13dvd" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04969557v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Angles" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13dve" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162798v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awa Amadou Sall" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03822587v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03891939v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03891470v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777601v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Debaeke" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Aubertot" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bardy" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-05263-7_3" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-02404947v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/698_2019_393" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/698_2019_393" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02926185v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1611/9782759231249/l-eau-en-milieu-agricole" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784893v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyne Durr" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Hermon" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-94-024-0986-4" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798290v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Jeuffroy" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805903v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine D. Burger-Leenhardt" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-0394-0_6" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823423v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rat" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816192v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Bienaim&#233;" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822087v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833880v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789678v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826829v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Trochard" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604534v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cahuzac" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742686v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607575v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Herrmann" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Rizzo" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Camilla Moonen" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834384v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788284v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791226v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju&#8208;duval" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790051v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789931v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pom&#233;on" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791448v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790048v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antsiva Ramarson" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801789v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800063v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795673v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Beaudoin" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Mary" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794957v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795529v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803623v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802052v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818535v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818427v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fournier" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823478v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelina Bidel" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822932v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072297v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r3051-les-cultures-intermediaires-pour-une-production-agricole-durable.html" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805979v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816366v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisyphe.upmc.fr/piren/webfm_send/820" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829037v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835405v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02834795v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836312v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Caty" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835718v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02824275v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>