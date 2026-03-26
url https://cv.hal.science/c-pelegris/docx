--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2200,277 +2200,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03780477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of flexible SAW sensors for non-destructive testing of structure</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
+                <w:t xml:space="preserve">Modélisation par la méthode des éléments discrets du comportement élastique de milieux continus hétérogènes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Haddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willy Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Guessasma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Ferguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Pelegris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42nd Annual Review of Progress in Quantitative Nondestructive Evaluation, QNDE 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Minneapolis, United States</w:t>
+              <w:t xml:space="preserve">12e Colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, May 2015, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03586624v1</w:t>
+                <w:t xml:space="preserve">hal-01517277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation par la méthode des éléments discrets du comportement élastique de milieux continus hétérogènes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christine Pelegris</w:t>
+                <w:t xml:space="preserve">Development of flexible SAW sensors for non-destructive testing of structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafatou Takpara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Duquennoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Courtois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Gonon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammadi Ouaftouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12e Colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CSMA, May 2015, Giens, France</w:t>
+              <w:t xml:space="preserve">42nd Annual Review of Progress in Quantitative Nondestructive Evaluation, QNDE 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Minneapolis, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01517277v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03586624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement de capteurs interdigités souples pour le contrôle de structures</w:t>
               </w:r>
@@ -3870,51 +3870,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224153v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abrar Gasmi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Guessasma" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Davidovits" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;legris" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmapro.2025.06.015" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04717760v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Tortajada" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ceramics7040087" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03630487v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Haddad" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Leclerc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Alhajj Hassan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ammar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Pelegris" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2020.106799" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03480302v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliou Ndao" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Duquennoy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Courtois" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammadi Ouaftouh" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Rguiti" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/i2m.190305" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03630489v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guessasma" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bellenger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40571-019-00298-1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03629700v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Humaish" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Marmoret" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Beji" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03119947v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafatou Takpara" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Gonon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4940521" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03630499v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ferguen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2015.09.002" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03116778v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dame Fall" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03038937v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Ferguen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Leclerc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lorgouilloux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hocquet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjce.22091" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3J1BW62Z-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925250v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Cogn&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bellenger" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0021998312464081" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098189v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Belva" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bourbigot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Duquesne" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charaf Jama" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Le Bras" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pat.689" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-G1R8FH9S-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824591v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Ghassan Alhajj" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03594442v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03590697v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03780477v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fall" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03586624v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517277v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Haddad" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00978411v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878916v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592827v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422866v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098196v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Rivenet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Traisnel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03597031v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dupla" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sophie Renoirt" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Smagin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03596254v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassan Alhajj Hassan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Humblet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Martic" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03639151v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925126v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Laurent" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03699147v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. P&#233;legris" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fortin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bourny" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-278-6.50001-3" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224153v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abrar Gasmi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Guessasma" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralph Davidovits" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;legris" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmapro.2025.06.015" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04717760v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Tortajada" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ceramics7040087" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03630487v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Haddad" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Leclerc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Alhajj Hassan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ammar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Pelegris" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2020.106799" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03480302v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliou Ndao" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Duquennoy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Courtois" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammadi Ouaftouh" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Rguiti" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/i2m.190305" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03630489v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guessasma" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bellenger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40571-019-00298-1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03629700v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Humaish" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Marmoret" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Beji" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03119947v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafatou Takpara" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Gonon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4940521" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03630499v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ferguen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2015.09.002" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03116778v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dame Fall" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03038937v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Ferguen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Leclerc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lorgouilloux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hocquet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjce.22091" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3J1BW62Z-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925250v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Cogn&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bellenger" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0021998312464081" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098189v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Belva" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bourbigot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Duquesne" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charaf Jama" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Le Bras" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pat.689" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-G1R8FH9S-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824591v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Ghassan Alhajj" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03594442v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03590697v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03780477v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fall" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517277v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Haddad" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03586624v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00978411v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00878916v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592827v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422866v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098196v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Rivenet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Traisnel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03597031v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dupla" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sophie Renoirt" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Smagin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03596254v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassan Alhajj Hassan" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Humblet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Martic" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03639151v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925126v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Laurent" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03699147v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. P&#233;legris" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fortin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bourny" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-1-78548-278-6.50001-3" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>