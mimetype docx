--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -909,536 +909,536 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Table-ronde « aspects du métier après la thèse »</w:t>
+                <w:t xml:space="preserve">Charting modal change in Singapore English: evidence from contemporary corpus and survey data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmelo Alessandro Basile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier ALAES</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">58th Annual Meeting of the Societas Linguistica Europaea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Bordeaux Montaigne, Aug 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05245609v1</w:t>
+                <w:t xml:space="preserve">hal-05245610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charting modal change in Singapore English: evidence from contemporary corpus and survey data</w:t>
+                <w:t xml:space="preserve">Modality on the way: Modals in Singapore and British English</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmelo Alessandro Basile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas van Hoey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">58th Annual Meeting of the Societas Linguistica Europaea</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Bordeaux Montaigne, Aug 2025, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">NWAV-Asia Pacific 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nanyang Technological University Singapore, Aug 2025, Singapour, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05245610v1</w:t>
+                <w:t xml:space="preserve">hal-05245607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modality on the way: Modals in Singapore and British English</w:t>
+                <w:t xml:space="preserve">The tortoise and the hare: evolving modal constructions in Singapore and British English</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmelo Alessandro Basile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas van Hoey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NWAV-Asia Pacific 8</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nanyang Technological University Singapore, Aug 2025, Singapour, Singapore</w:t>
+              <w:t xml:space="preserve">8th Conference of the International Society for the Linguistics of English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Santiago de Compostela, Sep 2025, Compostelle, Galice, Espagne, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05245607v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05245611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The tortoise and the hare: evolving modal constructions in Singapore and British English</w:t>
+                <w:t xml:space="preserve">Table-ronde « aspects du métier après la thèse »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmelo Alessandro Basile</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas van Hoey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th Conference of the International Society for the Linguistics of English</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Santiago de Compostela, Sep 2025, Compostelle, Galice, Espagne, Spain</w:t>
+              <w:t xml:space="preserve">Atelier ALAES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05245611v1</w:t>
+                <w:t xml:space="preserve">hal-05245609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beyond Schneider’s Model: Analysing the production of modal BETTER in Global Englishes</w:t>
+                <w:t xml:space="preserve">Bordering Modalities: a comparative analysis of BETTER in World Englishes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmelo Alessandro Basile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Ways of Analyzing Variation (NWAV) 52nd Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Miami University, Nov 2024, Miami, United States</w:t>
+              <w:t xml:space="preserve">63e congrès de la SAES, Université de Lorraine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05245606v1</w:t>
+                <w:t xml:space="preserve">hal-05245598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bordering Modalities: a comparative analysis of BETTER in World Englishes</w:t>
+                <w:t xml:space="preserve">Bridging corpus and survey data: ethnicity and age impact on Singapore English modals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmelo Alessandro Basile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">63e congrès de la SAES, Université de Lorraine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Nancy, France</w:t>
+              <w:t xml:space="preserve">Societas Linguistica Europaea (SLE) 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05245598v1</w:t>
+                <w:t xml:space="preserve">hal-04760421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bridging corpus and survey data: ethnicity and age impact on Singapore English modals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmelo Alessandro Basile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Societas Linguistica Europaea (SLE) 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Helsinki, Finland</w:t>
+              <w:t xml:space="preserve">5th annual meeting of the Societas Linguistica Europaea (SLE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Helsink, Aug 2024, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04760421v1</w:t>
+                <w:t xml:space="preserve">hal-05245599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rescuing grammaticalization from construction hegemony: one isolated case study</w:t>
               </w:r>
@@ -1500,234 +1500,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04760431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bridging corpus and survey data: ethnicity and age impact on Singapore English modals</w:t>
+                <w:t xml:space="preserve">What a “pan-stratist” model tells us about modality in contact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmelo Alessandro Basile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th annual meeting of the Societas Linguistica Europaea (SLE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Helsink, Aug 2024, Helsinki, Finland</w:t>
+              <w:t xml:space="preserve">Language Change and Variation in English: Methods and Frameworks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Eric Melac, Apr 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05245599v1</w:t>
+                <w:t xml:space="preserve">hal-04760417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What a “pan-stratist” model tells us about modality in contact</w:t>
+                <w:t xml:space="preserve">What a “pan-stratist” model tells us about constructions in contact: A case study from Singapore English modals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmelo Alessandro Basile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Language Change and Variation in English: Methods and Frameworks</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Eric Melac, Apr 2024, Montpellier, France</w:t>
+              <w:t xml:space="preserve">NYU Sociolinguistics Lab weekly meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, New York University, Oct 2024, New York, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04760417v1</w:t>
+                <w:t xml:space="preserve">hal-05245602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What a “pan-stratist” model tells us about constructions in contact: A case study from Singapore English modals</w:t>
+                <w:t xml:space="preserve">Beyond Schneider’s Model: Analysing the production of modal BETTER in Global Englishes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmelo Alessandro Basile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NYU Sociolinguistics Lab weekly meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, New York University, Oct 2024, New York, United States</w:t>
+              <w:t xml:space="preserve">New Ways of Analyzing Variation (NWAV) 52nd Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Miami University, Nov 2024, Miami, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05245602v1</w:t>
+                <w:t xml:space="preserve">hal-05245606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corpus data meet survey data: A case study from Singapore English modality</w:t>
               </w:r>
@@ -1845,299 +1845,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04150635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Be having to: Progressive or modality first?</w:t>
+                <w:t xml:space="preserve">Table ronde — « L'enquête sociolinguistique à l'ère numérique »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmelo Alessandro Basile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Lenoble</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cameron Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksandra D. Savenkova</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">55th Annual Meeting of the Societas Linguistica Europaea</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Bucharest, Romania</w:t>
+              <w:t xml:space="preserve">25èmes Rencontres Jeunes Chercheurs "Étudier le langage à l’ère numérique"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03808002v1</w:t>
+                <w:t xml:space="preserve">hal-03698650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Table ronde — « L'enquête sociolinguistique à l'ère numérique »</w:t>
+                <w:t xml:space="preserve">Retentionism and contact English varieties: the case of be having to</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmelo Alessandro Basile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cameron Morin</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debra Ziegeler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aleksandra D. Savenkova</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lenoble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25èmes Rencontres Jeunes Chercheurs "Étudier le langage à l’ère numérique"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Variation, Contact, and Modal Constructions in English</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03698650v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03807992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retentionism and contact English varieties: the case of be having to</w:t>
+                <w:t xml:space="preserve">Be having to: Progressive or modality first?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmelo Alessandro Basile</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Debra Ziegeler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Lenoble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Variation, Contact, and Modal Constructions in English</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">55th Annual Meeting of the Societas Linguistica Europaea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Bucharest, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03807992v1</w:t>
+                <w:t xml:space="preserve">hal-03808002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Necessity modals in Singaporean blogs: A contrastive and comparative analysis</w:t>
               </w:r>
@@ -3165,51 +3165,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245615v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo Alessandro Basile" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lenoble" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debra Ziegeler" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1360674325100348" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285975v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Celle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cameron Morin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1360674325100531" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247559v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Coats" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Fuchs" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/eww.25018.coa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414103v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Heine" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric M&#233;lac" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/sl.25024.hei" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414101v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/flin-2025-2029" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760411v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03988751v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/eww.22019.bas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04150629v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anglophonia.5184" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245609v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245610v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245607v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas van Hoey" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245611v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245606v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245598v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760421v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760431v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245599v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760417v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245602v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477722v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04150635v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03808002v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698650v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra D. Savenkova" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03807992v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03807970v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03807957v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233919v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Caillol" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mois&#233;s Vel&#225;squez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenyang Zhao" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432579v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245614v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760405v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783111488752" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894461v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Seifen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04760395v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245615v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo Alessandro Basile" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lenoble" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debra Ziegeler" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1360674325100348" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285975v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Celle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cameron Morin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1360674325100531" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247559v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Coats" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Fuchs" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/eww.25018.coa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414103v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Heine" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric M&#233;lac" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/sl.25024.hei" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414101v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/flin-2025-2029" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760411v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03988751v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/eww.22019.bas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04150629v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anglophonia.5184" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245610v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245607v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas van Hoey" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245611v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245609v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245598v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760421v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245599v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760431v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760417v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245602v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245606v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477722v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04150635v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698650v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra D. Savenkova" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03807992v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03808002v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03807970v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03807957v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233919v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Caillol" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mois&#233;s Vel&#225;squez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenyang Zhao" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432579v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245614v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760405v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783111488752" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894461v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Seifen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04760395v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>