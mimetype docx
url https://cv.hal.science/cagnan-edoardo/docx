--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -936,217 +936,208 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04752225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation : Langages et imaginaires de Sembène Ousmane</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Edoardo Cagnan</w:t>
+                <w:t xml:space="preserve">[Compte rendu] Phéline Christian, « L’Étranger » en trois questions restées obscures, Pézenas, Domens, coll. “Littérature”, 2023, 140 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Présence francophone. Revue internationale de langue et de littérature </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 100 (1), pp.8-18</w:t>
+              <w:t xml:space="preserve">Présence d'Albert Camus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15, pp.144-150</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04598542v1</w:t>
+                <w:t xml:space="preserve">hal-04225459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la description du sublime à la poétique du mythe : étude d’un passage “maltraité” du Diable sur les collines de Cesare Pavese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des études italiennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 1 (nouvelle série), pp.101-117. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-15798-4.p.0101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04272310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Compte rendu] Michèle Monte, La Parole du poème : approche énonciative de la poésie de langue française (1900-2020)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'information grammaticale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, "Investigations stylistiques", Paris, Classiques Garnier, 2022, 692 p., 179, pp.49-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1247,743 +1238,752 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04542465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Compte rendu] Phéline Christian, « L’Étranger » en trois questions restées obscures, Pézenas, Domens, coll. “Littérature”, 2023, 140 p.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cagnan Edoardo</w:t>
+                <w:t xml:space="preserve">Chronologie d’Ousmane Sembène : trajectoire, œuvres et contextes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edoardo Cagnan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Présence d'Albert Camus</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 15, pp.144-150</w:t>
+              <w:t xml:space="preserve">Présence francophone. Revue internationale de langue et de littérature </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 100 (1), pp.208-225</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+              <w:t xml:space="preserve"> (data paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04225459v1</w:t>
+                <w:t xml:space="preserve">hal-04598557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronologie d’Ousmane Sembène : trajectoire, œuvres et contextes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Présentation : Langages et imaginaires de Sembène Ousmane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mbaye Diouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edoardo Cagnan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Présence francophone. Revue internationale de langue et de littérature </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 100 (1), pp.208-225</w:t>
+              <w:t xml:space="preserve">, 2023, 100 (1), pp.8-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04598557v1</w:t>
+                <w:t xml:space="preserve">hal-04598542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Compte rendu] Research in African Literatures, (Bloomington : Indiana University Press), vol. 51, n°1 (African Audiences : Making Meaning across Media, dir. Ruth Bush &amp; Claire Ducournau), printemps 2020, xv-188 p. – ISSN 1527-2044</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">[Compte rendu] Matthew Sharpe, Maciej Kałuża et Peter Francev (dir.), Brill’s Companion to Camus : Camus among the Philosophers, Leyde/Boston, Brill Publishers, coll. “Brill’s Companions to Philosophy : Contemporary Philosophy”, Vol. 5, 2020, 488 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Etudes Littéraires Africaines</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Présence d'Albert Camus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13, pp.143-146</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03946960v1</w:t>
+                <w:t xml:space="preserve">hal-03946946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Compte rendu] Matthew Sharpe, Maciej Kałuża et Peter Francev (dir.), Brill’s Companion to Camus : Camus among the Philosophers, Leyde/Boston, Brill Publishers, coll. “Brill’s Companions to Philosophy : Contemporary Philosophy”, Vol. 5, 2020, 488 p.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">[Compte rendu] Research in African Literatures, (Bloomington : Indiana University Press), vol. 51, n°1 (African Audiences : Making Meaning across Media, dir. Ruth Bush &amp; Claire Ducournau), printemps 2020, xv-188 p. – ISSN 1527-2044</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Présence d'Albert Camus</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Etudes Littéraires Africaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 51, pp.296-298. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1079634ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03946946v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03946960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ousmane Sembène, 1956-1966 : s’octroyer une place dans le champ littéraire</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Ousmane Sembène, un paradoxe postcolonial du cinéma africain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cagnan Edoardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mbaye Diouf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Etudes Littéraires Africaines</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Présence francophone. Revue internationale de langue et de littérature </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 95, pp.139-151</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03895201v1</w:t>
+                <w:t xml:space="preserve">hal-03945264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ousmane Sembène, un paradoxe postcolonial du cinéma africain</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mbaye Diouf</w:t>
+                <w:t xml:space="preserve">Meursault entre voix et texte : la monotonie de la ponctuation dans L’Étranger d’Albert Camus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edoardo Cagnan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Présence francophone. Revue internationale de langue et de littérature </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Etudes Françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, De Charles Baudelaire à Kamel Daoud : lectures, 56 (2), pp.67 - 81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1072479ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03945264v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03895192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meursault entre voix et texte : la monotonie de la ponctuation dans L’Étranger d’Albert Camus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Edoardo Cagnan</w:t>
+                <w:t xml:space="preserve">Ousmane Sembène, 1956-1966 : s’octroyer une place dans le champ littéraire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Etudes Françaises</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, De Charles Baudelaire à Kamel Daoud : lectures, 56 (2), pp.67 - 81. </w:t>
+              <w:t xml:space="preserve">Etudes Littéraires Africaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 49, pp.141-155. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7202/1072479ar⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7202/1073866ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03895192v1</w:t>
+                <w:t xml:space="preserve">hal-03895201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Le censeur crie ce qu’il proscrit » : souvenirs et interdit sexuel dans La Chute</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">La première adaptation cinématographique d’Ousmane Sembène : entre Négritude et ethnographie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Présence d'Albert Camus</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cahiers de littérature française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 18, pp.71-92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10062-1.p.0071⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03945272v1</w:t>
+                <w:t xml:space="preserve">hal-03950434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La première adaptation cinématographique d’Ousmane Sembène : entre Négritude et ethnographie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">« Le censeur crie ce qu’il proscrit » : souvenirs et interdit sexuel dans La Chute</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de littérature française</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Présence d'Albert Camus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11, pp.64-80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10062-1.p.0071⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03950434v1</w:t>
+                <w:t xml:space="preserve">hal-03945272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ellis Island : récit sans frontières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Cabinet d'amateur. Revue d'études perecquiennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2034,421 +2034,421 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les mots de la négritude : Aimé Césaire, Léon-Gontran Damas et Léopold Sédar Senghor</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La Parole du poème (Classiques Garnier, 2022) appliqué à un objet poétique non identifié : entretien avec Michèle Monte analysant le Petit traité du racisme en Amérique (Grasset, 2023) de Dany Laferrière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Monte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edoardo Cagnan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le "mot poétique" dans les espaces francophones</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabula / Les Colloques [En ligne]</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, "Auteurs, œuvres, périodes", </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.58282/colloques.12404⟩</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58282/colloques.12412⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04634628v1</w:t>
+                <w:t xml:space="preserve">hal-04630950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Parole du poème (Classiques Garnier, 2022) appliqué à un objet poétique non identifié : entretien avec Michèle Monte analysant le Petit traité du racisme en Amérique (Grasset, 2023) de Dany Laferrière</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les mots de la négritude : Aimé Césaire, Léon-Gontran Damas et Léopold Sédar Senghor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edoardo Cagnan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le "mot poétique" dans les espaces francophones</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabula / Les Colloques [En ligne]</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, "Auteurs, œuvres, périodes", </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.58282/colloques.12412⟩</w:t>
+                <w:t xml:space="preserve">⟨10.58282/colloques.12404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04630950v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04634628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De quoi parle Combat de nègre et de chiens de Koltès : texte, avant-texte, paratexte</w:t>
+                <w:t xml:space="preserve">Le « mot poétique », du discours lexicographique au positionnement esthétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edoardo Cagnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Dürrenmatt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Frighetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Richard de Fournival, Crenne, Corneille, Staël, Vigny, Koltès</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 21, </w:t>
+              <w:t xml:space="preserve">Le "mot poétique" dans les espaces francophones</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sorbonne Université Presses</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fabula / Les Colloques [En ligne]</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, "Auteurs, œuvres, périodes", </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58282/colloques.12182⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04781688v1</w:t>
+                <w:t xml:space="preserve">hal-04630865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le « mot poétique », du discours lexicographique au positionnement esthétique</w:t>
+                <w:t xml:space="preserve">De quoi parle Combat de nègre et de chiens de Koltès : texte, avant-texte, paratexte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edoardo Cagnan</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Frighetto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le "mot poétique" dans les espaces francophones</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Richard de Fournival, Crenne, Corneille, Staël, Vigny, Koltès</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 21, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sorbonne Université Presses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.187-204, 2024, Styles, genres, auteurs, 979-10-231-0811-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabula / Les Colloques [En ligne]</w:t>
-[...31 lines deleted...]
-                <w:t xml:space="preserve">hal-04630865v1</w:t>
+                <w:t xml:space="preserve">hal-04781688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Joseph Rabearivelo, sa vie, ses mots : entretien avec Claire Riffard sur son ouvrage Jean-Joseph Rabearivelo : une biographie (CNRS Éditions, 2022)</w:t>
               </w:r>
@@ -2538,51 +2538,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Écrire dans le « malconfort » : le mensonge lyrique dans La Chute</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Danièle Leclair; Alexis Lager. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Camus et la poésie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PUR, pp.141-151, 2022</w:t>
@@ -2611,51 +2611,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconfiguration d’un Panthéon transatlantique : pratique de l’épigraphe et prétendant·e·s de la littérature québécoise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gerardo Acerenza; Marco Modenesi; Myriam Vien. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regards croisés sur le Québec et la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, I Libri di Emil, pp.143-151, 2022</w:t>
@@ -2716,51 +2716,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Styles de positionnement : Léopold Sédar Senghor et Ousmane Sembène au tournant de l’indépendance (1956-1966)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Littératures. Sorbonne Universite; McGill University / Université McGill, 2022. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2944,51 +2944,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les archives de Léopold Sédar Senghor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Delaunay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3020,480 +3020,480 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04460015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Génétique textuelle : enjeux, outils et exemples</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Rencontre avec Sylvie Kandé et Elgas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Sébastien Macke</w:t>
+                <w:t xml:space="preserve">Sébastien Heiniger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Initiation à l’étude génétique des textes (atelier/séminaire pour les doctorant.e.s de l'UCAD)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe L. S. Senghor, Apr 2023, Dakar (Sénégal), Sénégal</w:t>
+              <w:t xml:space="preserve">Séminaire Senghor</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sébastien Heiniger; Alioune Diaw, Jun 2023, Paris (Bibliothèque Nationale de France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04101838v1</w:t>
+                <w:t xml:space="preserve">hal-04135396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rencontre avec Sylvie Kandé et Elgas</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Le fonds Senghor de la Bibliothèque nationale de France : état des lieux et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Heiniger</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Riffard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Senghor</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sébastien Heiniger; Alioune Diaw, Jun 2023, Paris (Bibliothèque Nationale de France), France</w:t>
+              <w:t xml:space="preserve">Relire Senghor à l’aune des archives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Céline Labrune Badiane; Mouhamadou Moustapha Sow, May 2023, Dakar (Sénégal), Sénégal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04135396v1</w:t>
+                <w:t xml:space="preserve">hal-04101832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le fonds Senghor de la Bibliothèque nationale de France : état des lieux et perspectives</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Étude de &amp;quot;Joal” de L. S. Senghor : genèse d’un texte, genèse d’un style de la négritude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claire Riffard</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alioune Diaw</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Relire Senghor à l’aune des archives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Céline Labrune Badiane; Mouhamadou Moustapha Sow, May 2023, Dakar (Sénégal), Sénégal</w:t>
+              <w:t xml:space="preserve">Initiation à l’étude génétique des textes (atelier/séminaire pour les doctorant.e.s de l'UCAD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe L. S. Senghor, Apr 2023, Dakar, Sénégal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04101832v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04101836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de &amp;quot;Joal” de L. S. Senghor : genèse d’un texte, genèse d’un style de la négritude</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Retours sur l’expérience de cartographie et de partage des archives de/sur Senghor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alioune Diaw</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Labrune-Badiane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Initiation à l’étude génétique des textes (atelier/séminaire pour les doctorant.e.s de l'UCAD)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe L. S. Senghor, Apr 2023, Dakar, Sénégal</w:t>
+              <w:t xml:space="preserve">Ce que le numérique fait aux humanités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Léa Saint-Raymond, Mar 2023, Paris ( Ecole normale supérieure), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04101836v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04101840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retours sur l’expérience de cartographie et de partage des archives de/sur Senghor</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Génétique textuelle : enjeux, outils et exemples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Riffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Labrune-Badiane</w:t>
+                <w:t xml:space="preserve">Jean-Sébastien Macke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ce que le numérique fait aux humanités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Léa Saint-Raymond, Mar 2023, Paris ( Ecole normale supérieure), France</w:t>
+              <w:t xml:space="preserve">Initiation à l’étude génétique des textes (atelier/séminaire pour les doctorant.e.s de l'UCAD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe L. S. Senghor, Apr 2023, Dakar (Sénégal), Sénégal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04101840v1</w:t>
+                <w:t xml:space="preserve">hal-04101838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le projet de la série Liberté : un colosse aux pieds d’argile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Relire Senghor (Rencontres des études africaines en France )</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Élara Bertho; Étienne Smith, Jun 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3518,51 +3518,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les mots de la Négritude : Aimé Césaire, Léon-Gontran Damas et Léopold Sédar Senghor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Définitions et illustrations du « mot poétique » dans les espaces francophones (XIXe-XXIe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Edoardo Cagnan; Jacques Dürrenmatt; Aurélie Frighetto, Dec 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3587,51 +3587,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sembène Ousmane par lui-même : propos sur l’engagement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sembène Ousmane, artiste-militant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Edoardo Cagnan; Andrée-Marie Diagne-Bonané; Mbaye Diouf, Jun 2019, Dakar, Sénégal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3656,51 +3656,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Noire de... d’Ousmane Sembène : à la recherche d’une voix, d’une langue et d’un langage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Expérience.s du chaos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ADELFIES, Mar 2018, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3725,51 +3725,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Défis circulatoires de Moolaadé d’Ousmane Sembène : un paradoxe postcolonial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mbaye Diouf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3807,51 +3807,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La monotonie de la ponctuation : Meursault entre voix et texte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’écriture théâtrale dans les récits d’Albert Camus</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Moustapha Trabelsi, Oct 2016, Sfax, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3876,51 +3876,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gestire l’enfasi: l’instabilità di una figura in un dattilogramma della Creazione artistica di André Malraux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cagnan Edoardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Critica genetica : storia, metodi e corpus</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Daniela Tononi, Apr 2016, Palerme, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4035,51 +4035,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4874388A"/>
+    <w:nsid w:val="C0A8B2E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4266,51 +4266,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cagnan-edoardo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-7442-7267" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/268513155" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edoardo.cagnan@sorbonne-universite.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752209v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Cagnan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Riffard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12jty" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598392v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mbaye Diouf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400135v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Poujat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sup.sorbonne-universite.fr/catalogue/revues/styles-genres-auteurs/styles-genres-auteurs-22" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630854v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques D&#252;rrenmatt" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Frighetto" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fabula.org/colloques/sommaire12181.php" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.12181" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752242v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12jtb" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752252v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12jtu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752225v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12jti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598542v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272310v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cagnan Edoardo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15798-4.p.0101" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460006v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542465v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1109963ar" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225459v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598557v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946960v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1079634ar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946946v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895201v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1073866ar" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945264v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895192v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1072479ar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945272v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950434v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10062-1.p.0071" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945284v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634628v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fabula.org/colloques/document12404.php" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.12404" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630950v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Monte" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fabula.org/colloques/document12412.php" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.12412" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781688v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sup.sorbonne-universite.fr/catalogue/litteratures-francaises-comparee-et-langue/styles-genres-auteurs/styles-genres-auteurs-21" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630865v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fabula.org/colloques/document12182.php" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.12182" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630945v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fabula.org/colloques/document12411.php" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.12411" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945299v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945307v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03946979v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923229v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elara Bertho" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Arnold" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alioune Diaw" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Garnier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460015v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Delaunay" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101838v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Macke" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135396v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Heiniger" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101832v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101836v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101840v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Labrune-Badiane" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969607v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969601v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969618v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969636v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969622v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969624v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969629v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cagnan-edoardo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-7442-7267" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/268513155" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edoardo.cagnan@sorbonne-universite.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752209v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Cagnan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Riffard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12jty" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598392v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mbaye Diouf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400135v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Poujat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sup.sorbonne-universite.fr/catalogue/revues/styles-genres-auteurs/styles-genres-auteurs-22" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630854v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques D&#252;rrenmatt" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Frighetto" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fabula.org/colloques/sommaire12181.php" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.12181" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752242v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12jtb" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752252v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12jtu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752225v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12jti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04225459v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cagnan Edoardo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272310v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15798-4.p.0101" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460006v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542465v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1109963ar" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598557v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598542v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946946v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03946960v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1079634ar" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945264v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895192v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1072479ar" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895201v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1073866ar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950434v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10062-1.p.0071" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945272v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945284v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630950v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Monte" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fabula.org/colloques/document12412.php" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.12412" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634628v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fabula.org/colloques/document12404.php" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.12404" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630865v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fabula.org/colloques/document12182.php" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.12182" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781688v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sup.sorbonne-universite.fr/catalogue/litteratures-francaises-comparee-et-langue/styles-genres-auteurs/styles-genres-auteurs-21" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630945v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fabula.org/colloques/document12411.php" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.12411" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945299v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03945307v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03946979v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923229v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elara Bertho" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Arnold" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alioune Diaw" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Garnier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460015v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Delaunay" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135396v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Heiniger" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101832v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101836v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101840v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Labrune-Badiane" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101838v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Macke" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969607v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969601v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969618v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969636v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969622v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969624v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969629v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>