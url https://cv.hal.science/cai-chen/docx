--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Cai Chen </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Doctorant-assistant au Laboratoire d'anthropologie des mondes contemporains (LAMC) à l'Université libre de Bruxelles (ULB), Belgique</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cai-chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-5348-8263</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> est doctorant-assistant au Laboratoire d’anthropologie des mondes contemporains (LAMC) de l’Université libre de Bruxelles (ULB), en Belgique. Ses recherches portent sur la migration queer, les diasporas chinoises, la mixité conjugale, les relations ethniques et raciales ainsi que les engagements Chine-Afrique. La recherche doctorale en cours de Chen explore les dynamiques ethnoraciales parmi les couples sino-congolais résidant en République démocratique du Congo postcoloniale. Il a précédemment travaillé sur les relations entre la migration et la sexualité chez les étudiants homosexuels chinois en France. Ses travaux ont été publiés dans </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">e-Migrinter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (2025), </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Made in China Journal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (2025), </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Handbook of Chinese Migration to Europe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Brill, 2024), </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journal of Chinese Overseas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (2023), </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrations société</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (2023) et </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Conversation (France)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Living the Field: How Accommodation Choices Shape Research on Global China in Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global China Pulse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 4 (1), pp.34-45. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.69131/GCP.04.01.2025.03⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05101863v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurégan Xavier &amp; Pairault Thierry (dir.), L’Afrique et ses présences chinoises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'études africaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 258, pp.571 - 574. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/145yn⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinoises en Suisse. Une perspective féministe, intersectionnelle et transnationale. Yali Chen, Lausanne, Antipodes, 2023, 385 pages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des politiques sociales et familiales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 153, pp.125-127. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rpsf.153.0125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04997424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheung Herbary, Engendering Migration Journey: Identity, Ethnicity and Gender of Thai Migrant Women in Hong Kong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 41 (2&amp;3), pp.333-335. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15aqm⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05407863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Je veux obtenir mon diplôme et avoir une relation gay ». Aspirations des gays chinois en mobilité pour études en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">e-migrinter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 25, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13r39⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05034051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poisson, Véronique, L’immigration chinoise en France. Le tapis rouge de Xi Jinping, Paris : Éd. Les Indes savantes, 2023, 158 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 36 (198), pp.141-145. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/migra.198.0143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahmane Sissako, dir. Black Tea. 2024. 110 minutes. Mandarin Chinese and French, with French subtitles. France, Mauritania, Luxembourg, Taiwan, and Ivory Coast. Gaumont. €19.99.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">African Studies Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 67 (4), pp.1176-1177. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/asr.2024.158⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04718958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Situated Researcher: A Critical Autoethnography on Migrant Researcher’s Mobility, Positionality, and Agency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2023 (4), </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/belgeo.66217⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04484223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rethinking the Gay Chinese Migrant through the Prism of Migration Aspirations: Observations from France and Belgium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aaron Raphael Ponce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chinese Overseas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 19 (2), pp.220-247. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/17932548-12341489⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04273020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un chercheur chinois sur le terrain en RD Congo : parcours, identités et relations d’enquête</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Suds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 288, pp.199-209. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/suds.897⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04538638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration et (re)socialisation sexuelle : le cas des jeunes migrants homosexuels chinois en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 35 (192), pp.131-145. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/migra.192.0131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book Review: Fresnoza-Flot, A., & Liu-Farrer, G. (Eds.). (2022). Tangled Mobilities: Places, Affects, and Personhood Across Social Spheres in Asian Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Southeast Asian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15 (2), pp.325-328. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14764/10.ASEAS-0083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03911916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexuality, Socialization, and Inequalities on the Move: The Lived Experiences of Young Chinese Gay Migrant Men in France and Belgium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aaron Raphael Ponce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Thunø; S. Wang; É. Tran Sautedé; Y. Tseng. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Chinese Migration to Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.494-525, 2024, Brill Handbooks of Chinese Overseas, 978-90-04-51930-5. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/9789004712140_019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04830215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intimité sino-congolaise : entre mixité conjugale et inégalités de pouvoir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04599407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WeChat and the Chinese Queer Diaspora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04461185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chinese Ethnographer in DR Congo: Reflections on the Field and Fieldwork</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432059v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dis·illusion in Motion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04727034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Rich but Vulnerable”: Chinese Migrants Meet Street-Level Bureaucrats in the DRC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04263769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Racisme sexuel : quand les migrants gays asiatiques font face à la fétichisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId50"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Cai Chen </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Doctorant-assistant au Laboratoire d'anthropologie des mondes contemporains (LAMC) à l'Université libre de Bruxelles (ULB), Belgique</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cai-chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-5348-8263</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> est doctorant-assistant au Laboratoire d’anthropologie des mondes contemporains (LAMC) de l’Université libre de Bruxelles (ULB), en Belgique. Ses recherches portent sur la migration queer, les diasporas chinoises, la mixité conjugale, les relations ethniques et raciales ainsi que les engagements Chine-Afrique. La recherche doctorale en cours de Chen explore les dynamiques ethnoraciales parmi les couples sino-congolais résidant en République démocratique du Congo postcoloniale. Il a précédemment travaillé sur les relations entre la migration et la sexualité chez les étudiants homosexuels chinois en France. Ses travaux ont été publiés dans </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">e-Migrinter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (2025), </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Made in China Journal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (2025), </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Handbook of Chinese Migration to Europe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (Brill, 2024), </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journal of Chinese Overseas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (2023), </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:i w:val="1"/><w:iCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrations société</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (2023) et </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Conversation (France)</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Je veux obtenir mon diplôme et avoir une relation gay ». Aspirations des gays chinois en mobilité pour études en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">e-migrinter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 25, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13r39⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05034051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurégan Xavier &amp; Pairault Thierry (dir.), L’Afrique et ses présences chinoises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'études africaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 258, pp.571 - 574. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/145yn⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05124385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Living the Field: How Accommodation Choices Shape Research on Global China in Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global China Pulse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 4 (1), pp.34-45. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.69131/GCP.04.01.2025.03⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05101863v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chinoises en Suisse. Une perspective féministe, intersectionnelle et transnationale. Yali Chen, Lausanne, Antipodes, 2023, 385 pages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des politiques sociales et familiales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 153, pp.125-127. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rpsf.153.0125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04997424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheung Herbary, Engendering Migration Journey: Identity, Ethnicity and Gender of Thai Migrant Women in Hong Kong</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 41 (2&amp;3), pp.333-335. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15aqm⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05407863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liuxue ('Studying Abroad'): A Pathway to Sexual Freedom for China's Gay Youth?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Made in China Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10 (2), pp.166-171. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22459/MIC.10.02.2025.19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05015946v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poisson, Véronique, L’immigration chinoise en France. Le tapis rouge de Xi Jinping, Paris : Éd. Les Indes savantes, 2023, 158 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 36 (198), pp.141-145. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/migra.198.0143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04887223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abderrahmane Sissako, dir. Black Tea. 2024. 110 minutes. Mandarin Chinese and French, with French subtitles. France, Mauritania, Luxembourg, Taiwan, and Ivory Coast. Gaumont. €19.99.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">African Studies Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 67 (4), pp.1176-1177. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/asr.2024.158⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04718958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Situated Researcher: A Critical Autoethnography on Migrant Researcher’s Mobility, Positionality, and Agency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2023 (4), </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/belgeo.66217⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04484223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rethinking the Gay Chinese Migrant through the Prism of Migration Aspirations: Observations from France and Belgium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aaron Raphael Ponce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chinese Overseas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 19 (2), pp.220-247. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/17932548-12341489⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04273020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un chercheur chinois sur le terrain en RD Congo : parcours, identités et relations d’enquête</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Suds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 288, pp.199-209. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/suds.897⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04538638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration et (re)socialisation sexuelle : le cas des jeunes migrants homosexuels chinois en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 35 (192), pp.131-145. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/migra.192.0131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book Review: Fresnoza-Flot, A., & Liu-Farrer, G. (Eds.). (2022). Tangled Mobilities: Places, Affects, and Personhood Across Social Spheres in Asian Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Southeast Asian Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15 (2), pp.325-328. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14764/10.ASEAS-0083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03911916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sexuality, Socialization, and Inequalities on the Move: The Lived Experiences of Young Chinese Gay Migrant Men in France and Belgium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aaron Raphael Ponce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Thunø; S. Wang; É. Tran Sautedé; Y. Tseng. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Chinese Migration to Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.494-525, 2024, Brill Handbooks of Chinese Overseas, 978-90-04-51930-5. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/9789004712140_019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04830215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intimité sino-congolaise : entre mixité conjugale et inégalités de pouvoir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04599407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dis·illusion in Motion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04727034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WeChat and the Chinese Queer Diaspora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04461185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Chinese Ethnographer in DR Congo: Reflections on the Field and Fieldwork</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432059v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Rich but Vulnerable”: Chinese Migrants Meet Street-Level Bureaucrats in the DRC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04263769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Racisme sexuel : quand les migrants gays asiatiques font face à la fétichisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cai Chen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04194632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId52"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E00F1F14"/>
+    <w:nsid w:val="81D1D6F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cai-chen" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5348-8263" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4000/13r39" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madeinchinajournal.com/2025/03/31/liuxue-studying-abroad-a-pathway-to-sexual-freedom-for-chinas-gay-youth/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/9789004712140_019" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/17932548-12341489" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3917/migra.192.0131" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theconversation.com/racisme-sexuel-quand-les-migrants-gays-asiatiques-font-face-a-la-fetichisation-209631" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101863v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cai Chen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.69131/GCP.04.01.2025.03" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124385v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/145yn" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997424v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpsf.153.0125" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407863v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15aqm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034051v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13r39" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887223v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/migra.198.0143" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718958v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/asr.2024.158" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484223v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belgeo.66217" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273020v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Raphael Ponce" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/17932548-12341489" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538638v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/suds.897" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167395v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/migra.192.0131" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911916v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14764/10.ASEAS-0083" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830215v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/display/title/63002" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004712140_019" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599407v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461185v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432059v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727034v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263769v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194632v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/cai-chen" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5348-8263" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4000/13r39" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://madeinchinajournal.com/2025/03/31/liuxue-studying-abroad-a-pathway-to-sexual-freedom-for-chinas-gay-youth/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/9789004712140_019" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1163/17932548-12341489" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3917/migra.192.0131" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theconversation.com/racisme-sexuel-quand-les-migrants-gays-asiatiques-font-face-a-la-fetichisation-209631" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034051v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cai Chen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13r39" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05124385v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/145yn" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101863v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.69131/GCP.04.01.2025.03" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997424v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpsf.153.0125" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407863v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15aqm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015946v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22459/MIC.10.02.2025.19" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04887223v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/migra.198.0143" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718958v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/asr.2024.158" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484223v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belgeo.66217" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273020v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Raphael Ponce" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/17932548-12341489" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538638v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/suds.897" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167395v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/migra.192.0131" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911916v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14764/10.ASEAS-0083" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830215v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/display/title/63002" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004712140_019" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04599407v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727034v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461185v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04432059v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04263769v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194632v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>