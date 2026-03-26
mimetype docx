--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -3569,831 +3569,831 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04578153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic diversity among main microorganisms inside an arsenic-rich ecosystem revealed by meta-and proteo-genomics</w:t>
+                <w:t xml:space="preserve">Parallel Evolution of a Type IV Secretion System in Radiating Lineages of the Host-Restricted Bacterial Pathogen Bartonella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P.N. Bertin</w:t>
+                <w:t xml:space="preserve">Philipp Engel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Heinrich-Salmeron</w:t>
+                <w:t xml:space="preserve">Walter Salzburger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Pelletier</w:t>
+                <w:t xml:space="preserve">Marius Liesch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Goulhen-Chollet</w:t>
+                <w:t xml:space="preserve">Chao-Chin Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Arsène-Ploetze</w:t>
+                <w:t xml:space="preserve">Soichi Maruyama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 5 (11), pp.1735-1747. </w:t>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 7 (2), pp.e1001296. </w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/ismej.2011.51⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1001296⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01631857v1</w:t>
+                <w:t xml:space="preserve">hal-04580576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Azospirillum genomes reveal transition of bacteria from aquatic to terrestrial environments.</w:t>
+                <w:t xml:space="preserve">Metabolic diversity among main microorganisms inside an arsenic-rich ecosystem revealed by meta-and proteo-genomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Wisniewski-Dyé</w:t>
+                <w:t xml:space="preserve">P.N. Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kirill Borziak</w:t>
+                <w:t xml:space="preserve">A. Heinrich-Salmeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gurusahai Khalsa-Moyers</w:t>
+                <w:t xml:space="preserve">E. Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gladys Alexandre</w:t>
+                <w:t xml:space="preserve">F. Goulhen-Chollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leonid O.Sukharnikov</w:t>
+                <w:t xml:space="preserve">F. Arsène-Ploetze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 7 (12), pp.e1002430. </w:t>
+              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 5 (11), pp.1735-1747. </w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1002430⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/ismej.2011.51⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00724551v1</w:t>
+                <w:t xml:space="preserve">hal-01631857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parallel Evolution of a Type IV Secretion System in Radiating Lineages of the Host-Restricted Bacterial Pathogen Bartonella</w:t>
+                <w:t xml:space="preserve">Azospirillum genomes reveal transition of bacteria from aquatic to terrestrial environments.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philipp Engel</w:t>
+                <w:t xml:space="preserve">Florence Wisniewski-Dyé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Walter Salzburger</w:t>
+                <w:t xml:space="preserve">Kirill Borziak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marius Liesch</w:t>
+                <w:t xml:space="preserve">Gurusahai Khalsa-Moyers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chao-Chin Chang</w:t>
+                <w:t xml:space="preserve">Gladys Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soichi Maruyama</w:t>
+                <w:t xml:space="preserve">Leonid O.Sukharnikov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 7 (2), pp.e1001296. </w:t>
+              <w:t xml:space="preserve">, 2011, 7 (12), pp.e1002430. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1001296⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1002430⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04580576v1</w:t>
+                <w:t xml:space="preserve">halsde-00724551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomes of three tomato pathogens within the Ralstonia solanacearum species complex reveal significant evolutionary divergence</w:t>
+                <w:t xml:space="preserve">The Genome Sequence of the Cyanobacterium Oscillatoria sp. PCC 6506 Reveals Several Gene Clusters Responsible for the Biosynthesis of Toxins and Secondary Metabolites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Remenant</w:t>
+                <w:t xml:space="preserve">Annick Méjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bénédicte Coupat-Goutaland</w:t>
+                <w:t xml:space="preserve">Rabia Mazmouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Guidot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Wicker</w:t>
+                <w:t xml:space="preserve">Stéphane Mann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Calteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Médigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-11-379⟩</w:t>
+              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 192 (19), pp.5264-5265. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/jb.00704-10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02936853v1</w:t>
+                <w:t xml:space="preserve">hal-04580588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Units of plasticity in bacterial genomes: new insight from the comparative genomics of two bacteria interacting with invertebrates, &amp;lt;em&amp;gt;Photorhabdus&amp;lt;/em&amp;gt; and &amp;lt;em&amp;gt;Xenorhabdus&amp;lt;/em&amp;gt;</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genomes of three tomato pathogens within the Ralstonia solanacearum species complex reveal significant evolutionary divergence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Remenant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Coupat-Goutaland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Ogier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Calteau</w:t>
+                <w:t xml:space="preserve">Alice Guidot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steve Forst</w:t>
+                <w:t xml:space="preserve">Gilles Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heidi Goodrich-Blair</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Roche</w:t>
+                <w:t xml:space="preserve">Emmanuel Wicker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 11, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-11-568⟩</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-11-379⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02660280v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02936853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Genome Sequence of the Cyanobacterium Oscillatoria sp. PCC 6506 Reveals Several Gene Clusters Responsible for the Biosynthesis of Toxins and Secondary Metabolites</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Units of plasticity in bacterial genomes: new insight from the comparative genomics of two bacteria interacting with invertebrates, &amp;lt;em&amp;gt;Photorhabdus&amp;lt;/em&amp;gt; and &amp;lt;em&amp;gt;Xenorhabdus&amp;lt;/em&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Ogier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Calteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annick Méjean</w:t>
+                <w:t xml:space="preserve">Steve Forst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rabia Mazmouz</w:t>
+                <w:t xml:space="preserve">Heidi Goodrich-Blair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Mann</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claudine Médigue</w:t>
+                <w:t xml:space="preserve">David Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 192 (19), pp.5264-5265. </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 11, </w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/jb.00704-10⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-11-568⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04580588v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02660280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organised genome dynamics in the Escherichia coli species results in highly diverse adaptive paths.</w:t>
               </w:r>
@@ -5018,256 +5018,256 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating complex pangenome graphs</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Gautreau</w:t>
+                <w:t xml:space="preserve">Development of methods and tools in pangenomics for analysis and services in microbial genomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Calteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 IEEE 40th International Conference on Data Engineering Workshops (ICDEW)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Methods for Interfacing with Graphs of Genomic Sequences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Camille Marchet; Guillaume Gautreau; Thomas Derrien, Sep 2024, Lille (Villeneuve d'Ascq), France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04660364v1</w:t>
+                <w:t xml:space="preserve">hal-05019213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of methods and tools in pangenomics for analysis and services in microbial genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Calteau</w:t>
+                <w:t xml:space="preserve">Integrating complex pangenome graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Arnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Bonifati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Calteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefania Dumbrava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gautreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods for Interfacing with Graphs of Genomic Sequences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2024 IEEE 40th International Conference on Data Engineering Workshops (ICDEW)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Utrecht, New Zealand. pp.350-354, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICDEW61823.2024.00052⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05019213v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04660364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PANORAMA: comparative pangenomics tools to explore interspecies diversity of microbial genomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Arnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Mainguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5417,51 +5417,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PANORAMA: comparative pangenomics tools to explore interspecies diversity of microbial genomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Arnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Bry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5646,51 +5646,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PPanGGOLiN V2: technical enhancement and new features to analyze thousands of prokaryotic genomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Mainguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Arnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gautreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6315,51 +6315,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unités de plasticité dans le génome de Photorhabdus : des réarrangements chromosomiques à l’échelle du temps du laboratoire à l’évolution des espèces.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Calteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6367,51 +6367,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lanois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Pages</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Congrès National de la Société Française de Microbiologie (SFM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Palais des Congrès, Parc Chanot, Marseille, France</w:t>
@@ -6593,51 +6593,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PANORAMA: comparative pangenomics tools to explore interspecies diversity of microbial genomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Arnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Bry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6708,247 +6708,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04358457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PANORAMA : comparative pangenomics tools to explore interspecies diversity of microbial genomes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId217" w:history="1">
+                <w:t xml:space="preserve">PANORAMA: comparative pangenomics tools to explore interspecies diversity of microbial genomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Arnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Calteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Vallenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Ouvertes en Biologie, Informatique et Mathématiques (JOBIM) 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Rennes, France</w:t>
+              <w:t xml:space="preserve">The 2nd FEMS Conference on Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04371243v1</w:t>
+                <w:t xml:space="preserve">hal-04371199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MicroScope: a web platform for microbial genome annotation through pangenomic and metabolic analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PANORAMA : comparative pangenomics tools to explore interspecies diversity of microbial genomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Arnoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Calteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Vallenet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 2nd FEMS Conference on Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Belgrade, Serbia</w:t>
+              <w:t xml:space="preserve">Journées Ouvertes en Biologie, Informatique et Mathématiques (JOBIM) 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04371191v1</w:t>
+                <w:t xml:space="preserve">hal-04371243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MicroScope: a web platform for microbial genome annotation through pangenomic and metabolic analysis</w:t>
               </w:r>
@@ -6960,215 +6930,245 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Calteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Arnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Fouteau</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adelme Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Beuvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Ouvertes en Biologie, Informatique et Mathématiques (JOBIM) 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Rennes, France</w:t>
+              <w:t xml:space="preserve">The 2nd FEMS Conference on Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04360324v1</w:t>
+                <w:t xml:space="preserve">hal-04371191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PANORAMA: comparative pangenomics tools to explore interspecies diversity of microbial genomes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId217" w:history="1">
+                <w:t xml:space="preserve">MicroScope: a web platform for microbial genome annotation through pangenomic and metabolic analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Calteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Arnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Coffion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Fouteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 2nd FEMS Conference on Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Belgrade, Serbia</w:t>
+              <w:t xml:space="preserve">Journées Ouvertes en Biologie, Informatique et Mathématiques (JOBIM) 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04371199v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04360324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MicroScope: an integrated platform for the annotation and axploration of microbial gene functions through genomic, pangenomic and metabolic comparative analysis</w:t>
               </w:r>
@@ -7180,51 +7180,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Calteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Arnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adelme Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7331,51 +7331,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adelme Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Beuvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Fouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Microbe Forum 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Virtual, United States</w:t>
@@ -7568,51 +7568,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Calteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Amours</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Arnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adelme Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7654,51 +7654,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PanFam: a pangenomic workflow for the iterative construction of gene families on thousands of genomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Arnoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Beuvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8073,51 +8073,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lajus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International symposium on environmental and agronomical genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Paris, France</w:t>
@@ -8271,103 +8271,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Units of plasticity in bacterial genomes: new insight from the comparative genomics of two bacteria interacting with invertebrates, Photorhabdus and Xenorhabdus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Ogier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Calteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve Forst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heidi Goodrich-Blair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Congress of the FEMS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Geneva, Suisse. , 2011</w:t>
@@ -8428,51 +8428,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyzing prokaryotic transcriptomics in the light of genome data with the MicroScope platform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Calteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8987,51 +8987,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D5E8CBBC"/>
+    <w:nsid w:val="AF3ACD15"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9218,51 +9218,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/calteau-alexandra" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5871-9347" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/098199102" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/202148076" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000357770535" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04284953v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erhard Bremer" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Calteau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Danchin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Harwood" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John D Helmann" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.14257" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03153704v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle A. Schorn" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Verhoeven" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Ridder" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Huber" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepa D. Acharya" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41589-020-00724-z" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04284767v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joly" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Wauquier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Dumas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Beuvin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9091924" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089210v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gautreau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelme Bazin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gachet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Planel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Burlot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1007732" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322363v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine M&#233;digue" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vallenet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btaa792" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403170v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dubois" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Amours" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkz926" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626039v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cruveiller" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bib/bbx113" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03016132v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meng Li" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Semchonok" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Witt" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Nguyen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-019-0566-x" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805749v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Partensky" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Six" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Ratin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Garczarek" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vaulot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-27542-7" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913841v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lassalle" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Penel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chapulliot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Barbe" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evx255" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01535773v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pancrace" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jouni Jokela" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sassoon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Ganneau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Desnos-Ollivier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acschembio.7b00093" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04320303v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lajus" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkw1101" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619160v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Rochat" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erina Fujiwara-Nagata" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Calvez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inger Dalsgaard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lone Madsen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01752" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01470599v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Barny" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reiko Ueoka" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Scalvenzi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep41181" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01899178v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Ficko-Blean" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Prechoux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Thomas" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Larocque" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-01832-6" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083151v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Lemire" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gouden&#232;ge" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Typhaine Versigny" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Petton" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2014.233" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444897v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Agn&#232;s Travers" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Haffner" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Labreuche" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.12699" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01370484v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David P Fewer" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Latifi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Coursin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Laurent" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-977" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01389305v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shih" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Latifi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. D. Axen" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. P. Fewer" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1217107110" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578070v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rikke Kristiansen" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hien Thi Thu Nguyen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Marc Saunders" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeppe Lund Nielsen" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Wimmer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2012.136" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00851371v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Humbert" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gugger" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0070747" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01388247v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niina Leikoski" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liwei Liu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti Wahlsten" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chembiol.2013.06.015" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01699814v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Krin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ansquer" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mangenot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2013.90" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02531835v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Normand" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Gury" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petar Pujic" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chouaia" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Crotti" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01029-12" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578153v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugeni Belda" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Engelen" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gks1194" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631857v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.N. Bertin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Heinrich-Salmeron" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pelletier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Goulhen-Chollet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ars&#232;ne-Ploetze" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2011.51" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00724551v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Wisniewski-Dy&#233;" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Borziak" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurusahai Khalsa-Moyers" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Alexandre" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonid O.Sukharnikov" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1002430" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580576v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Engel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Salzburger" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Liesch" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao-Chin Chang" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soichi Maruyama" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1001296" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02936853v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Remenant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Coupat-Goutaland" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Guidot" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cellier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Wicker" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-11-379" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660280v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Ogier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Forst" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Goodrich-Blair" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roche" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-11-568" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580588v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick M&#233;jean" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Mazmouz" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mann" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.00704-10" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00390293v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Touchon" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hoede" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tenaillon" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Baeriswyl" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1000344" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03612468v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lescat" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00123-09" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434820v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Marais" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Calteau" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Tenaillon" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00182457v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliou Fall" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mercier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bertolla" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gueguen" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0001055" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427722v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolo Gouy" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Perri&#232;re" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00239-004-0094-8" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-QBXH22MX-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04660364v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Arnoux" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Bonifati" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Dumbrava" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDEW61823.2024.00052" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019213v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371302v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mainguy" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bry" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Fernandez De Grado" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370597v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371284v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370626v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371316v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360257v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360043v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370609v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358401v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04359455v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823581v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lanois" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pages" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523557v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;o Lemane" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358457v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371243v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371191v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360324v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Coffion" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Fouteau" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371199v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360241v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360076v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360000v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04359963v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360011v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358338v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358357v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357657v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356218v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808493v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04286744v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://experiments.springernature.com/articles/10.1007/978-1-0716-2871-3_13" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2871-3_13" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605637v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caister.com/cyano3" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21775/9781910190555.03" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371147v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Medigue" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05019191v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/calteau-alexandra" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5871-9347" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/098199102" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/202148076" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000357770535" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04284953v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erhard Bremer" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Calteau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Danchin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Harwood" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John D Helmann" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1751-7915.14257" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03153704v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle A. Schorn" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Verhoeven" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Ridder" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Huber" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepa D. Acharya" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41589-020-00724-z" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04284767v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Joly" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Wauquier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Dumas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Beuvin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9091924" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089210v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gautreau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelme Bazin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gachet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Planel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Burlot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1007732" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322363v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine M&#233;digue" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vallenet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btaa792" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403170v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dubois" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Amours" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkz926" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02626039v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cruveiller" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bib/bbx113" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03016132v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meng Li" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Semchonok" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Witt" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Nguyen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-019-0566-x" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01805749v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Partensky" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Six" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Ratin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Garczarek" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vaulot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-27542-7" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913841v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lassalle" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Penel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chapulliot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Barbe" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evx255" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01535773v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Pancrace" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jouni Jokela" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sassoon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Ganneau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Desnos-Ollivier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acschembio.7b00093" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04320303v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lajus" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkw1101" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619160v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Rochat" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erina Fujiwara-Nagata" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Calvez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inger Dalsgaard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lone Madsen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01752" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01470599v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Barny" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reiko Ueoka" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Scalvenzi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep41181" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01899178v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Ficko-Blean" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Prechoux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Thomas" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Larocque" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-01832-6" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02083151v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Lemire" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gouden&#232;ge" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Typhaine Versigny" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Petton" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2014.233" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444897v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Agn&#232;s Travers" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Haffner" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Labreuche" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.12699" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01370484v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David P Fewer" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Latifi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Coursin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Laurent" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-977" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01389305v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Shih" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Latifi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. D. Axen" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. P. Fewer" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1217107110" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578070v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rikke Kristiansen" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hien Thi Thu Nguyen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Marc Saunders" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeppe Lund Nielsen" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Wimmer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2012.136" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00851371v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Humbert" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gugger" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0070747" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01388247v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niina Leikoski" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liwei Liu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matti Wahlsten" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chembiol.2013.06.015" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01699814v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Krin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ansquer" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mangenot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2013.90" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02531835v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Normand" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Gury" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petar Pujic" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chouaia" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Crotti" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JB.01029-12" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578153v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugeni Belda" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Engelen" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gks1194" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580576v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Engel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Salzburger" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Liesch" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao-Chin Chang" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soichi Maruyama" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1001296" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631857v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.N. Bertin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Heinrich-Salmeron" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pelletier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Goulhen-Chollet" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ars&#232;ne-Ploetze" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2011.51" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00724551v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Wisniewski-Dy&#233;" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Borziak" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurusahai Khalsa-Moyers" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gladys Alexandre" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonid O.Sukharnikov" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1002430" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580588v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick M&#233;jean" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Mazmouz" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mann" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.00704-10" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02936853v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Remenant" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Coupat-Goutaland" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Guidot" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cellier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Wicker" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-11-379" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660280v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Ogier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Forst" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Goodrich-Blair" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roche" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-11-568" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00390293v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Touchon" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hoede" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tenaillon" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Baeriswyl" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1000344" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03612468v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lescat" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00123-09" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00434820v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Marais" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Calteau" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Tenaillon" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00182457v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliou Fall" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mercier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bertolla" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gueguen" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0001055" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00427722v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolo Gouy" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Perri&#232;re" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00239-004-0094-8" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-QBXH22MX-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019213v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04660364v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Arnoux" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Bonifati" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Dumbrava" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDEW61823.2024.00052" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371302v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mainguy" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bry" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Fernandez De Grado" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370597v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371284v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370626v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371316v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360257v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360043v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370609v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358401v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04359455v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823581v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lanois" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pages" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523557v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;o Lemane" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358457v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371199v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371243v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371191v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360324v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Coffion" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Fouteau" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360241v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360076v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360000v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04359963v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360011v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358338v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358357v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357657v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04356218v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808493v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04286744v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://experiments.springernature.com/articles/10.1007/978-1-0716-2871-3_13" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2871-3_13" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605637v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.caister.com/cyano3" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21775/9781910190555.03" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371147v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Medigue" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05019191v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>