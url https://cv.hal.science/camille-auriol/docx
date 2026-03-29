--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -954,217 +954,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04197954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jugement de la consommation du tabac chez les femmes atteintes de cancer du poumon, auprès d'un public tout venant</w:t>
+                <w:t xml:space="preserve">Jugement d'acceptabilité des addictions chezles personnes atteintes de cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Cantisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude inter-Écoles Doctorales, (In)Dépendance(s)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Journée Scientifique des Doctorant·e·s de l’Ecole Doctorale CLESCO (JSDOC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04197922v1</w:t>
+                <w:t xml:space="preserve">hal-04197904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jugement d'acceptabilité des addictions chezles personnes atteintes de cancer</w:t>
+                <w:t xml:space="preserve">Jugement de la consommation du tabac chez les femmes atteintes de cancer du poumon, auprès d'un public tout venant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Cantisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Scientifique des Doctorant·e·s de l’Ecole Doctorale CLESCO (JSDOC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude inter-Écoles Doctorales, (In)Dépendance(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04197904v1</w:t>
+                <w:t xml:space="preserve">hal-04197922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence des comportements de santé sur le jugement des femmes consommatrices et atteintes de cancer.</w:t>
               </w:r>
@@ -1271,217 +1271,217 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jugement et stigmatisation concernant la consommation d'alcool chez les femmes ayant reçu un diagnostic de cancer colorectal : approche auprès d'un public tout venant</w:t>
+                <w:t xml:space="preserve">Le tabagisme est-il acceptable chez une patiente atteinte d'un cancer du poumon ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Cantisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque GREPACO 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Lausanne, Suisse</w:t>
+              <w:t xml:space="preserve">50ème Congrès annuel de Thérapie Comportementale et Cognitive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04197916v1</w:t>
+                <w:t xml:space="preserve">hal-04197942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le tabagisme est-il acceptable chez une patiente atteinte d'un cancer du poumon ?</w:t>
+                <w:t xml:space="preserve">Jugement et stigmatisation concernant la consommation d'alcool chez les femmes ayant reçu un diagnostic de cancer colorectal : approche auprès d'un public tout venant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Cantisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">50ème Congrès annuel de Thérapie Comportementale et Cognitive</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque GREPACO 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Lausanne, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04197942v1</w:t>
+                <w:t xml:space="preserve">hal-04197916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Factor influencing the smoking judgement of women diagnosed with lung cancer</w:t>
               </w:r>
@@ -1813,51 +1813,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488452v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Auriol" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Raynal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Pr&#233;aubert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Cantisano" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13591053261417030" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04557213v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2024.e29105" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537686v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Moulinas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Walburg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2023.12.013" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197865v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/sah0000463" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04366276v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0296409" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04920134v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024TLSEJ017" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197949v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197954v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Walburg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197922v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197904v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197881v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197916v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197942v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197930v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197898v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488452v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Auriol" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Raynal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Pr&#233;aubert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Cantisano" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13591053261417030" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04557213v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2024.e29105" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537686v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Moulinas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vera Walburg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2023.12.013" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197865v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/sah0000463" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04366276v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0296409" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04920134v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024TLSEJ017" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197949v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197954v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Walburg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197904v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197922v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197881v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197942v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197916v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197930v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197898v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>